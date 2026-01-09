--- v0 (2025-12-18)
+++ v1 (2026-01-09)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29704"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/natasamilovanovic/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavinet.sharepoint.com/teams/PAP/srp/Documents/FD&amp;R/Funding Design &amp; Communication/Foundations Guidelines_2025/Final Versions of guidance and templates/Country Foundations/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ADADEFEC-3FD7-CF4C-AF39-239A2CCE6DE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="19" documentId="8_{78992511-564E-4080-A143-C243424EE8AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6E98701C-8C22-4604-B9FE-E13BF05D19D3}"/>
   <bookViews>
-    <workbookView xWindow="4540" yWindow="620" windowWidth="26180" windowHeight="17320" tabRatio="696" xr2:uid="{8925BBD2-C329-4A54-A0EB-505E0481C4EE}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="696" firstSheet="5" activeTab="2" xr2:uid="{8925BBD2-C329-4A54-A0EB-505E0481C4EE}"/>
   </bookViews>
   <sheets>
     <sheet name="1| Instructions" sheetId="9" r:id="rId1"/>
     <sheet name="2| Technical Narrative" sheetId="11" r:id="rId2"/>
     <sheet name="3| Costed Functions" sheetId="13" r:id="rId3"/>
     <sheet name="4| HR Profile" sheetId="23" r:id="rId4"/>
     <sheet name="5| Monitoring" sheetId="21" r:id="rId5"/>
     <sheet name="6| Summary" sheetId="3" r:id="rId6"/>
     <sheet name="7| Sign-off" sheetId="10" r:id="rId7"/>
     <sheet name="HIDE Validation" sheetId="2" state="hidden" r:id="rId8"/>
     <sheet name="HIDE Named Ranges" sheetId="18" state="hidden" r:id="rId9"/>
     <sheet name="HIDE Conditional Validation" sheetId="19" state="hidden" r:id="rId10"/>
     <sheet name="HIDE Budgets" sheetId="20" state="hidden" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'HIDE Budgets'!$B$2:$F$59</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'HIDE Validation'!$M$2:$Q$46</definedName>
     <definedName name="Area1">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area10">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area11">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area12">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area13">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area14">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area15">'HIDE Named Ranges'!#REF!</definedName>
     <definedName name="Area16">'HIDE Named Ranges'!#REF!</definedName>
@@ -103,55 +103,70 @@
     <definedName name="Objective4">'HIDE Named Ranges'!$F$13:$F$15</definedName>
     <definedName name="StrategicGoal1">'HIDE Named Ranges'!$C$13:$C$15</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W10" i="13" l="1"/>
+  <c r="H25" i="3" l="1"/>
+  <c r="G25" i="3"/>
+  <c r="F25" i="3"/>
+  <c r="E25" i="3"/>
+  <c r="D25" i="3"/>
+  <c r="C25" i="3"/>
+  <c r="I25" i="3" s="1"/>
+  <c r="H26" i="3"/>
+  <c r="G26" i="3"/>
+  <c r="F26" i="3"/>
+  <c r="E26" i="3"/>
+  <c r="D26" i="3"/>
+  <c r="C26" i="3"/>
+  <c r="I26" i="3" s="1"/>
   <c r="T10" i="13"/>
   <c r="Q10" i="13"/>
+  <c r="K10" i="13"/>
+  <c r="X10" i="13" s="1"/>
+  <c r="W10" i="13"/>
   <c r="N10" i="13"/>
-  <c r="K10" i="13"/>
   <c r="E14" i="21"/>
   <c r="E13" i="21"/>
   <c r="K8" i="23"/>
   <c r="K9" i="23"/>
   <c r="K10" i="23"/>
   <c r="K11" i="23"/>
   <c r="K12" i="23"/>
   <c r="K13" i="23"/>
   <c r="K14" i="23"/>
   <c r="K15" i="23"/>
   <c r="K16" i="23"/>
   <c r="K17" i="23"/>
   <c r="K18" i="23"/>
   <c r="K19" i="23"/>
   <c r="K20" i="23"/>
   <c r="K21" i="23"/>
   <c r="K22" i="23"/>
   <c r="K23" i="23"/>
   <c r="K24" i="23"/>
   <c r="K25" i="23"/>
   <c r="K26" i="23"/>
   <c r="K27" i="23"/>
   <c r="K28" i="23"/>
   <c r="K29" i="23"/>
   <c r="K30" i="23"/>
@@ -215,97 +230,82 @@
   <c r="K88" i="23"/>
   <c r="K89" i="23"/>
   <c r="K90" i="23"/>
   <c r="K91" i="23"/>
   <c r="K92" i="23"/>
   <c r="K93" i="23"/>
   <c r="K94" i="23"/>
   <c r="K95" i="23"/>
   <c r="K96" i="23"/>
   <c r="K97" i="23"/>
   <c r="K98" i="23"/>
   <c r="K99" i="23"/>
   <c r="K100" i="23"/>
   <c r="K101" i="23"/>
   <c r="K102" i="23"/>
   <c r="K103" i="23"/>
   <c r="K104" i="23"/>
   <c r="K105" i="23"/>
   <c r="K106" i="23"/>
   <c r="K107" i="23"/>
   <c r="K108" i="23"/>
   <c r="K109" i="23"/>
   <c r="K110" i="23"/>
   <c r="K111" i="23"/>
   <c r="K7" i="23"/>
-  <c r="X10" i="13" l="1"/>
-[...10 lines deleted...]
-  <c r="D27" i="3"/>
+  <c r="D27" i="3" l="1"/>
   <c r="E27" i="3"/>
   <c r="F27" i="3"/>
   <c r="G27" i="3"/>
   <c r="H27" i="3"/>
-  <c r="C25" i="3"/>
-  <c r="C26" i="3"/>
   <c r="C7" i="3"/>
   <c r="C6" i="13"/>
   <c r="H19" i="3"/>
   <c r="G19" i="3"/>
   <c r="F19" i="3"/>
   <c r="E19" i="3"/>
   <c r="D19" i="3"/>
   <c r="C19" i="3"/>
   <c r="H18" i="3"/>
   <c r="G18" i="3"/>
   <c r="F18" i="3"/>
   <c r="E18" i="3"/>
   <c r="D18" i="3"/>
   <c r="C18" i="3"/>
   <c r="H17" i="3"/>
   <c r="G17" i="3"/>
   <c r="F17" i="3"/>
   <c r="E17" i="3"/>
   <c r="D17" i="3"/>
   <c r="C17" i="3"/>
   <c r="H16" i="3"/>
   <c r="G16" i="3"/>
   <c r="F16" i="3"/>
   <c r="E16" i="3"/>
   <c r="D16" i="3"/>
   <c r="C16" i="3"/>
-  <c r="I25" i="3" l="1"/>
-[...1 lines deleted...]
-  <c r="B9" i="21"/>
+  <c r="B9" i="21" l="1"/>
   <c r="B10" i="21"/>
   <c r="B11" i="21"/>
   <c r="B12" i="21"/>
   <c r="B13" i="21"/>
   <c r="B14" i="21"/>
   <c r="B15" i="21"/>
   <c r="B16" i="21"/>
   <c r="B17" i="21"/>
   <c r="B18" i="21"/>
   <c r="B19" i="21"/>
   <c r="B20" i="21"/>
   <c r="B21" i="21"/>
   <c r="B22" i="21"/>
   <c r="B23" i="21"/>
   <c r="B24" i="21"/>
   <c r="B25" i="21"/>
   <c r="B26" i="21"/>
   <c r="B27" i="21"/>
   <c r="B28" i="21"/>
   <c r="B29" i="21"/>
   <c r="B30" i="21"/>
   <c r="B31" i="21"/>
   <c r="B32" i="21"/>
   <c r="B33" i="21"/>
   <c r="B34" i="21"/>
@@ -1448,51 +1448,51 @@
   <c r="G20" i="3" l="1"/>
   <c r="H20" i="3"/>
   <c r="I18" i="3"/>
   <c r="I20" i="3" l="1"/>
   <c r="J27" i="3" l="1"/>
   <c r="C21" i="3"/>
   <c r="J26" i="3"/>
   <c r="J25" i="3"/>
   <c r="F21" i="3"/>
   <c r="J15" i="3"/>
   <c r="J17" i="3"/>
   <c r="J16" i="3"/>
   <c r="D21" i="3"/>
   <c r="J19" i="3"/>
   <c r="E21" i="3"/>
   <c r="G21" i="3"/>
   <c r="H21" i="3"/>
   <c r="J18" i="3"/>
   <c r="J28" i="3" l="1"/>
   <c r="I21" i="3"/>
   <c r="J20" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1013" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1015" uniqueCount="403">
   <si>
     <t>6.0 Country Foundations Application Template</t>
   </si>
   <si>
     <t>Example</t>
   </si>
   <si>
     <t>ATTENTION: Any information (functions, budgets, etc.) in this template may be made publicly available once approved</t>
   </si>
   <si>
     <t>Any changes to the template structure--including columns, merged cells, validation, and formulas--are not permitted. If additional rows are required, please reach out to your Gavi focal point to ensure the template functions as intended.</t>
   </si>
   <si>
     <t>Please consult the steps below to complete the Country Foundations application template</t>
   </si>
   <si>
     <t>Instructions</t>
   </si>
   <si>
     <t>Select the country for this template in the orange box above. This will automatically fill the ceiling and extension budget details into the template.</t>
   </si>
   <si>
     <r>
       <t>Technical Narrative-</t>
     </r>
@@ -1508,59 +1508,61 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>this section to be completed by MOH/EPI</t>
     </r>
   </si>
   <si>
     <t>Answer the questions regarding function and partner selection rationale</t>
   </si>
   <si>
     <t>These responses will be used for review of the application by Gavi's Independent Review Committee.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Costed Functions- </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF4EA72E"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>this section to be jointly completed by MOH/EPI and UNICEF/WHO and other identified partners</t>
     </r>
   </si>
   <si>
     <t>Complete this tab to identify the selected Foundational Functions, partners, and corresponding costs</t>
   </si>
   <si>
     <t>Foundational Function</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">From the drop-down list, select the Foundational Functions to be funded. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The 'Immunisation Programme Support' Function is mandatory and has been pre-selected in this template, please do not change</t>
     </r>
@@ -1611,59 +1613,61 @@
       <t>'type in the cell'</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>, enter the staff cost and operational cost for each year for each selected Foundational Function's area of work.</t>
     </r>
   </si>
   <si>
     <t>Budget assumptions</t>
   </si>
   <si>
     <t>Enter the budget assumptions (highlighting the assumptions included for operational costs) and any other non-Gavi funding sources contributing to this Foundational Function.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">HR Profile- </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF4EA72E"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>this section to be completed by UNICEF, WHO and other identified partners</t>
     </r>
   </si>
   <si>
     <t>Fill out the table below with information for each staff position proposed to be funded through Country Foundations (CF)</t>
   </si>
   <si>
     <t>Enter identified partner.</t>
   </si>
   <si>
     <t>Position title</t>
   </si>
   <si>
     <t>Enter the title(s) of the position(s) supporting the Foundational Function (e.g. Immunisation Manager).</t>
   </si>
   <si>
     <t xml:space="preserve">Position level and Location </t>
   </si>
   <si>
     <t>Enter the position level (e.g., NO-C, P4, etc.) and location (national or sub-national).</t>
   </si>
   <si>
     <t>National vs. International Staff</t>
   </si>
@@ -1679,59 +1683,61 @@
   <si>
     <t>Areas of Work</t>
   </si>
   <si>
     <t>Enter all areas of work of the Foundational Functions supported by proposed staff.</t>
   </si>
   <si>
     <t>Percent funded</t>
   </si>
   <si>
     <t>Enter the % of the role that is funded by Country Foundations, as well as any other funding sources supporting this position (e.g. country cash budget) in adjoining column.</t>
   </si>
   <si>
     <t>Recruited Positions</t>
   </si>
   <si>
     <t>Identify if the position has already been recruited or if recruitment will take place.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Monitoring- </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF4EA72E"/>
         <rFont val="Arial"/>
+        <family val="2"/>
       </rPr>
       <t>this section must be jointly completed by MOH/EPI and UNICEF/WHO and other identified partners</t>
     </r>
   </si>
   <si>
     <t>Complete the Partnership Accountability Framework (PAF)-related information in this tab</t>
   </si>
   <si>
     <t>Selected Indicators</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">For each selected Foundational Function/area of work in the 'Costed Functions' tab, the corresponding indicator will automatically be highlighted in column E. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>In column I, please select 'Yes' if this indicator is selected for inclusion in the application template.</t>
     </r>
@@ -1915,78 +1921,81 @@
   <si>
     <t>2030 Total cost ($)</t>
   </si>
   <si>
     <t>Sub Total (Excl of PSC)</t>
   </si>
   <si>
     <t>PSC ($)</t>
   </si>
   <si>
     <t>Grand Total ($) inclusive of PSC</t>
   </si>
   <si>
     <t>Immunisation programme support</t>
   </si>
   <si>
     <t>1. National (and subnational) Immunisation Strategy (NIS) planning and support, including Gavi FPP/holistic application where relevant</t>
   </si>
   <si>
     <t>2. Building institutional capacity, including for NVIs, through development and design of training tools, knowledge sharing and implementing quality training and supervisory activities at national/sub-national/local levels</t>
   </si>
   <si>
     <t>3. Participation and representation of Immunisation in Health Sector coordination; NITAG &amp; immunisation coord. mechanism functionality; technical assistance for policy/guideline development that reflects best practice and updated normative guidance</t>
   </si>
   <si>
-    <t>4. Strengthened performance management through regular review of data systems, implementation of EPI plans including campaigns, and collaborative course correction plans</t>
+    <t>4.Strengthened performance management through regular review of data systems, implementation of EPI plans including campaigns, and collaborative course correction plans</t>
   </si>
   <si>
     <t>5. Representation, advocacy and technical assistance to country stakeholders to support prioritisation of and domestic resource mobilisation for immunisation in national development/health agendas and budgets</t>
   </si>
   <si>
+    <t>Vaccine &amp; cold chain management</t>
+  </si>
+  <si>
+    <t>2. Manage use of SC system and maintain effective SC performance</t>
+  </si>
+  <si>
     <t>HR Profile</t>
   </si>
   <si>
     <t>This section must be completed by identified partners</t>
   </si>
   <si>
     <t>Please enter the FTE level of effort for selected functions for each staff line (total 100%)</t>
   </si>
   <si>
     <t>Partner Name</t>
   </si>
   <si>
     <t>Position Level</t>
   </si>
   <si>
     <t>Position Title</t>
   </si>
   <si>
     <t>Location</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vaccine &amp; cold chain management</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Demand</t>
   </si>
   <si>
     <t>Outbreak/emergency preparedness &amp; response</t>
   </si>
   <si>
     <t>Total FTE level of effort</t>
   </si>
   <si>
     <t>For each selected function, please enter the areas of work supported by each staff member</t>
   </si>
   <si>
     <t>% of position funded by CF</t>
   </si>
   <si>
     <t>For co-funded positions, please enter the other sources of funding.</t>
   </si>
   <si>
     <t>Is the position already recruited?</t>
   </si>
@@ -2209,53 +2218,50 @@
   </si>
   <si>
     <t>National Immunization logistics WG or equivalent [functional] in the last three months. 
  *Functional:  (select all that apply): No coordination structure exists,  ToR available, Met per schedule, reviewed progress data; Minutes from meeting available;  Follow Up Actions Agreed;   iNLWGs can a) manage vaccines &amp; CCE; b) strategically conducts quarterly review of cIP to review progress, identify roadblocks and solutions, and ensure ongoing alignment with NIS c) mobilize financial resources to implement &amp; monitor the plan​
 Examples for (a) frequency or number of adjustments to supply plans as a result of looking at data; stock redistribution actions; and supply chain performance metrics such as Are systems "stocked according to plan" at national, state, and/or districts.</t>
   </si>
   <si>
     <t>2.1.2</t>
   </si>
   <si>
     <t>Supporting NLWG to use of distribution network analysis, to assess possible scenarios to optimise the existing network​ for last mile delivery and integration on need based frequency (at least annual)</t>
   </si>
   <si>
     <t>2.1.3</t>
   </si>
   <si>
     <t>MOH-endorsed cIP aligned with National Immunization Strategy (NIS) and Gavi Alliance Investment Priorities</t>
   </si>
   <si>
     <t>2.1.4</t>
   </si>
   <si>
     <t>cIP implementation begun within 9 months of EVM assessment completion</t>
   </si>
   <si>
-    <t>2. Manage use of SC system and maintain effective SC performance</t>
-[...1 lines deleted...]
-  <si>
     <t>2.2.1</t>
   </si>
   <si>
     <t>CCE data (inventory (bi-annual), functionality (monthly) and temperature monitoring (monthly), Average time to repair for CCE (downtime for CCW) available and analysed and red flags raised,  trends reviewed and approaches modified along with MoH/NLWG</t>
   </si>
   <si>
     <t>2.2.2</t>
   </si>
   <si>
     <t>Review and update forecast on Quarterly basis and ensure minimum deviation (e.g. X% deviation) and monthly supply planning reviews of immunization supplies available at the national/regional level</t>
   </si>
   <si>
     <t>2.2.3</t>
   </si>
   <si>
     <t>DISC indicators for national, regional &amp; district stores available and analyzed and red flags raised, trends reviewed and approaches modified along with MoH/NLWG on monthly basis</t>
   </si>
   <si>
     <t>2.2.4</t>
   </si>
   <si>
     <t># of preventive and curative maintenance events for CCE (ACTIVITY BASED IF RELEVANT)</t>
   </si>
   <si>
     <t>2.2.5</t>
@@ -2342,50 +2348,53 @@
   <si>
     <t>4.2.1</t>
   </si>
   <si>
     <t>Did the MoH apply a human centered design (HCD) approach (i.e. co-creation of solutions to address barriers with communities) to tailor interventions to reach Zero-Dose communities in the last six months? (Y/N)</t>
   </si>
   <si>
     <t>4.2.2</t>
   </si>
   <si>
     <t xml:space="preserve">% of campaigns and new vaccine introductions that took place in the last six months where IPC/I training of health workers was conducted. 
 Denominator = # campaigns (including BCU) +  # NVOs in the last 6 months </t>
   </si>
   <si>
     <t>3. Functional coordination mechanism for demand promotion</t>
   </si>
   <si>
     <t>4.3.1</t>
   </si>
   <si>
     <t xml:space="preserve">Was the Health Promotion Committee/ Advocacy Social Mobilisation Committee functional in the last six months?   
 Functional: (tick all that apply):  No coordination structure exists, ToR available, met per schedule, reviewed progress data, meeting minutes available, follow up actions agreed. </t>
   </si>
   <si>
     <t>1. Effective monitoring systems (national &amp; community) for timely identification and confirmation of cases</t>
+  </si>
+  <si>
+    <t>4.1.1.</t>
   </si>
   <si>
     <t>Time from detection to application to ICG.</t>
   </si>
   <si>
     <t>2. Effective coordination, planning and implementation of outbreak/emergency response</t>
   </si>
   <si>
     <t>Time from application to ICG or relevant mechanism to start of campaign.</t>
   </si>
   <si>
     <t>SPAR average score above 60% across the following attributes: C5 surveillance, C7 health emergency management, C4 laboratory and C12 zoonotic diseases average scores</t>
   </si>
   <si>
     <t>4.2.3</t>
   </si>
   <si>
     <t xml:space="preserve">% of supported outbreaks that provide outbreak response vaccination uptake / campaign reporting per WHO / normative guidance (noting that we propose outbreak vaccination reports submitted within 60 days of campaign closure as an established threshold for campaigns) </t>
   </si>
   <si>
     <t>4.2.4</t>
   </si>
   <si>
     <t xml:space="preserve">% of supported outbreaks that provide root cause analysis per WHO / normative guidance (noting that we propose RCA reports submitted within 60 days of campaign closure) - (MR specific) </t>
   </si>
@@ -2562,53 +2571,50 @@
   <si>
     <t>1.b. Support countries to introduce and scale up vaccines for prevention of endemic, epidemic and pandemic diseases including beyond infancy</t>
   </si>
   <si>
     <t>2. Human resources management</t>
   </si>
   <si>
     <t>Subnational</t>
   </si>
   <si>
     <t>International staff</t>
   </si>
   <si>
     <t xml:space="preserve">3. Participation and representation of Immunisation in Health Sector coordination; functionality of Immunisation coordination mechanism; NITAG functionality, technical assistance for policy/guideline development that reflects best practices and updated normative guidance </t>
   </si>
   <si>
     <t>3. Improve programmatic and financial sustainability of immunisation programmes</t>
   </si>
   <si>
     <t>1.c. Ensure equitable and timely access to mechanisms to respond to outbreaks, epidemics, and pandemics</t>
   </si>
   <si>
     <t>3. Supply chain</t>
   </si>
   <si>
-    <t>4.Strengthened performance management through regular review of data systems, implementation of EPI plans including campaigns, and collaborative course correction plans</t>
-[...1 lines deleted...]
-  <si>
     <t>4. Ensure healthy markets for vaccines and related products</t>
   </si>
   <si>
     <t>2.a. Enable countries to extend immunisation to zero-dose children and missed communities, integrated with primary health care, including through addressing gender-related barriers and building resilient demand</t>
   </si>
   <si>
     <t>4. Data, Monitoring and Learning</t>
   </si>
   <si>
     <t>2.b. Ensure all children are fully immunised by maintaining and strengthening routine immunisation with vaccines required through second year of life</t>
   </si>
   <si>
     <t>5. Disease surveillance</t>
   </si>
   <si>
     <t>2.c. Support countries to adapt systems to routinely deliver vaccines to populations outside early childhood through targeted and catalytic interventions</t>
   </si>
   <si>
     <t>6. Demand generation and community engagement</t>
   </si>
   <si>
     <t>3.a Strengthen regional, national and subnational political and social commitment to immunisation, including through increased domestic public resources</t>
   </si>
   <si>
     <t>7. Governance, policy, strategic planning, and programme management</t>
@@ -2660,53 +2666,50 @@
     <t># of evidence-informed engagements on immunisation programme requirements with senior government officials (ie Ministerial or Parlimentary-level ) supported by partners in that past 6 months?  
  [By: Type]
 *Type = Type: (select all that apply)  Domestic financing for vaccines; domestic financing for PHC/immunisation programme (non-vaccine cost); HRH investment; Management/Governance Arrangements/Strengthening; PHC Integration; Catch-up Age Range Policy Change; Other</t>
   </si>
   <si>
     <t>National Immunization logistics WG or equivalent [functional] in the last three months. 
  *Functional:  (select all that apply): No coordination structure exists,  ToR available, Met per schedule, reviewed progress data; Minutes from meeting available;  Follow Up Actions Agreed;   iNLWGs can a) manage vaccines &amp; CCE; b) strategically onducts quarterly review of cIP to review progress, identify roadblocks and solutions, and ensure ongoing alignment with NIS c) mobilize financial resources to implement &amp; monitor the plan​
 Examples for (a) frequency or number of adjustments to supply plans as a result of looking at data; stock redistribution actions; and supply chain performance metrics such as Are systems "stocked according to plan" at national, state, and/or districts.</t>
   </si>
   <si>
     <t>CCE data (inventory (bi-annual), functionality (monthly) and temperature monitoring (monthly), Average time to repair for CCE (downtime for CCW) available and analysed and red flags raised, trends reviewed and apporaches modified along with MoH/NLWG</t>
   </si>
   <si>
     <t>Review and update forecast on quarterly basis and ensure minimum deviation (e.g X% deviation) and monthly supply planning reviews of immunization supplies available at the national/regional level</t>
   </si>
   <si>
     <t>DISC indicators for national, regional &amp; district stores available and analyzed and red flags raised, trends reviewed and apporaches modified along with MoH/NLWG on monthly basis</t>
   </si>
   <si>
     <t xml:space="preserve">Country implementaton monitoring indicators are monitored and reported on time                                                                 </t>
   </si>
   <si>
     <t>Did the MoH apply a human centered design (HCD) approach (ie co-creation of solutions to address barriers with communities) to tailor interventions to reach Zero-Dose communities in the last six months? (Y/N)</t>
   </si>
   <si>
-    <t>4.1.1.</t>
-[...1 lines deleted...]
-  <si>
     <t>Named Range</t>
   </si>
   <si>
     <t>Function1</t>
   </si>
   <si>
     <t>Function2</t>
   </si>
   <si>
     <t>Function3</t>
   </si>
   <si>
     <t>Function4</t>
   </si>
   <si>
     <t>Function5</t>
   </si>
   <si>
     <t>Goal1</t>
   </si>
   <si>
     <t>Goal2</t>
   </si>
   <si>
     <t>Goal3</t>
@@ -2931,51 +2934,51 @@
     <t>Togo</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="79" x14ac:knownFonts="1">
+  <fonts count="76">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -3421,80 +3424,66 @@
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF3F3F76"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color rgb="FF000000"/>
-[...4 lines deleted...]
-      <sz val="14"/>
       <color rgb="FF4EA72E"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...8 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="36">
@@ -4111,51 +4100,51 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="234">
+  <cellXfs count="230">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1"/>
@@ -4504,230 +4493,218 @@
     <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="56" fillId="9" borderId="8" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="9" borderId="8" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="33" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="54" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="28" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="39" fillId="33" borderId="22" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="33" borderId="29" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="33" borderId="28" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="33" borderId="30" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="14" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="14" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="28" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="24" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="25" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="25" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="26" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="26" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="76" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="73" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="74" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="74" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="74" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="77" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="74" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="35" fillId="0" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="35" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="14" fillId="9" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="5" fillId="32" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="25" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="26" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="27" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="28" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="15" borderId="19" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="15" borderId="20" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="28" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="28" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="28" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="28" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="28" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -5566,3904 +5543,3904 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BB5194D-7AE9-4F00-A98C-5A7439D66573}">
   <sheetPr>
     <tabColor theme="4"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G999"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="14.5" style="19" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="14.5" style="19"/>
+    <col min="1" max="1" width="14.42578125" style="19" customWidth="1"/>
+    <col min="2" max="2" width="35.140625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="149.5703125" style="19" customWidth="1"/>
+    <col min="4" max="4" width="59.42578125" style="19" customWidth="1"/>
+    <col min="5" max="6" width="14.42578125" style="19" customWidth="1"/>
+    <col min="7" max="16384" width="14.42578125" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="1" spans="1:4" ht="15.75" customHeight="1">
       <c r="A1" s="18"/>
       <c r="B1" s="58"/>
       <c r="C1" s="58"/>
       <c r="D1" s="58"/>
     </row>
-    <row r="2" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:4" ht="42" customHeight="1">
       <c r="A2" s="58"/>
       <c r="B2" s="58"/>
-      <c r="C2" s="173" t="s">
+      <c r="C2" s="167" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="58"/>
     </row>
-    <row r="3" spans="1:4" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:4" ht="20.25" customHeight="1" thickBot="1">
       <c r="A3" s="58"/>
       <c r="B3" s="58"/>
-      <c r="C3" s="172"/>
+      <c r="C3" s="166"/>
       <c r="D3" s="58"/>
     </row>
-    <row r="4" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4" ht="30.95">
       <c r="A4" s="58"/>
       <c r="B4" s="20"/>
       <c r="C4" s="154" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="58"/>
     </row>
-    <row r="5" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" ht="15.75" customHeight="1">
       <c r="A5" s="58"/>
       <c r="B5" s="58"/>
       <c r="C5" s="21" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="58"/>
     </row>
-    <row r="6" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" ht="54" customHeight="1">
       <c r="A6" s="58"/>
       <c r="B6" s="58"/>
       <c r="C6" s="156" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="58"/>
     </row>
-    <row r="7" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:4" ht="15.75" customHeight="1">
       <c r="A7" s="13"/>
       <c r="B7" s="58"/>
       <c r="C7" s="13"/>
       <c r="D7" s="58"/>
     </row>
-    <row r="8" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" ht="22.5" customHeight="1">
       <c r="A8" s="13"/>
       <c r="B8" s="58"/>
       <c r="C8" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="58"/>
     </row>
-    <row r="9" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:4" ht="15.75" customHeight="1">
       <c r="A9" s="58"/>
       <c r="B9" s="58"/>
       <c r="C9" s="58"/>
       <c r="D9" s="58"/>
     </row>
-    <row r="10" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" ht="15.75" customHeight="1">
       <c r="A10" s="58"/>
       <c r="B10" s="118">
         <v>1</v>
       </c>
       <c r="C10" s="23" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="58"/>
     </row>
-    <row r="11" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" ht="15.75" customHeight="1">
       <c r="A11" s="58"/>
       <c r="B11" s="118"/>
       <c r="C11" s="59" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="58"/>
     </row>
-    <row r="12" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" ht="15.75" customHeight="1">
       <c r="A12" s="58"/>
       <c r="B12" s="118"/>
       <c r="C12" s="24"/>
       <c r="D12" s="58"/>
     </row>
-    <row r="13" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" ht="15.75" customHeight="1">
       <c r="A13" s="58"/>
       <c r="B13" s="118">
         <v>2</v>
       </c>
       <c r="C13" s="25" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="58"/>
     </row>
-    <row r="14" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" ht="15.75" customHeight="1">
       <c r="A14" s="58"/>
       <c r="B14" s="119"/>
       <c r="C14" s="26" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="58"/>
     </row>
-    <row r="15" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" ht="15.75" customHeight="1">
       <c r="A15" s="58"/>
       <c r="B15" s="119"/>
       <c r="C15" s="59" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="58"/>
     </row>
-    <row r="16" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:4" ht="15.75" customHeight="1">
       <c r="A16" s="58"/>
       <c r="B16" s="118"/>
       <c r="C16" s="24"/>
       <c r="D16" s="58"/>
     </row>
-    <row r="17" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" ht="15.75" customHeight="1">
       <c r="A17" s="58"/>
       <c r="B17" s="118">
         <v>3</v>
       </c>
       <c r="C17" s="25" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="58"/>
     </row>
-    <row r="18" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" ht="15.75" customHeight="1">
       <c r="A18" s="58"/>
       <c r="B18" s="119"/>
       <c r="C18" s="26" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="58"/>
     </row>
-    <row r="19" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" ht="15.75" customHeight="1">
       <c r="A19" s="58"/>
       <c r="B19" s="119" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="59" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="58"/>
     </row>
-    <row r="20" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" ht="15.75" customHeight="1">
       <c r="A20" s="58"/>
       <c r="B20" s="119" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="59" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="58"/>
     </row>
-    <row r="21" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" ht="15.75" customHeight="1">
       <c r="A21" s="58"/>
       <c r="B21" s="119" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="59" t="s">
         <v>17</v>
       </c>
       <c r="D21" s="58"/>
     </row>
-    <row r="22" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" ht="15.75" customHeight="1">
       <c r="A22" s="58"/>
       <c r="B22" s="119" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="58"/>
     </row>
-    <row r="23" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" ht="15.75" customHeight="1">
       <c r="A23" s="58"/>
       <c r="B23" s="119" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="59" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="58"/>
     </row>
-    <row r="24" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" ht="15.75" customHeight="1">
       <c r="A24" s="58"/>
       <c r="B24" s="119" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="59" t="s">
         <v>23</v>
       </c>
       <c r="D24" s="58"/>
     </row>
-    <row r="25" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" ht="15.75" customHeight="1">
       <c r="A25" s="58"/>
       <c r="B25" s="119"/>
       <c r="C25" s="59"/>
       <c r="D25" s="58"/>
     </row>
-    <row r="26" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" ht="15.75" customHeight="1">
       <c r="A26" s="58"/>
       <c r="B26" s="119">
         <v>4</v>
       </c>
       <c r="C26" s="24" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="58"/>
     </row>
-    <row r="27" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" ht="15.75" customHeight="1">
       <c r="A27" s="58"/>
       <c r="B27" s="119"/>
       <c r="C27" s="26" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="58"/>
     </row>
-    <row r="28" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" ht="15.75" customHeight="1">
       <c r="A28" s="58"/>
       <c r="B28" s="119" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="59" t="s">
         <v>26</v>
       </c>
       <c r="D28" s="58"/>
     </row>
-    <row r="29" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" ht="15.75" customHeight="1">
       <c r="A29" s="58"/>
       <c r="B29" s="119" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="59" t="s">
         <v>28</v>
       </c>
       <c r="D29" s="58"/>
     </row>
-    <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" ht="15" customHeight="1">
       <c r="A30" s="13"/>
       <c r="B30" s="119" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="59" t="s">
         <v>30</v>
       </c>
       <c r="D30" s="13"/>
     </row>
-    <row r="31" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" ht="15" customHeight="1">
       <c r="A31" s="13"/>
       <c r="B31" s="119" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="59" t="s">
         <v>32</v>
       </c>
       <c r="D31" s="13"/>
     </row>
-    <row r="32" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" ht="15.75" customHeight="1">
       <c r="A32" s="58"/>
       <c r="B32" s="119" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="59" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="58"/>
     </row>
-    <row r="33" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" ht="15.75" customHeight="1">
       <c r="A33" s="58"/>
       <c r="B33" s="119" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="59" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="58"/>
       <c r="E33" s="13"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
     </row>
-    <row r="34" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:7" ht="15.75" customHeight="1">
       <c r="A34" s="58"/>
       <c r="B34" s="119" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="59" t="s">
         <v>38</v>
       </c>
       <c r="D34" s="58"/>
       <c r="E34" s="13"/>
       <c r="F34" s="13"/>
       <c r="G34" s="13"/>
     </row>
-    <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:7" ht="15" customHeight="1">
       <c r="A35" s="13"/>
       <c r="B35" s="119" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="59" t="s">
         <v>40</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="13"/>
       <c r="G35" s="13"/>
     </row>
-    <row r="36" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:7" ht="15.75" customHeight="1">
       <c r="A36" s="58"/>
       <c r="B36" s="119"/>
       <c r="C36" s="59"/>
       <c r="D36" s="58"/>
       <c r="E36" s="13"/>
       <c r="F36" s="13"/>
       <c r="G36" s="13"/>
     </row>
-    <row r="37" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:7" ht="15.75" customHeight="1">
       <c r="A37" s="58"/>
       <c r="B37" s="118">
         <v>5</v>
       </c>
       <c r="C37" s="27" t="s">
         <v>41</v>
       </c>
       <c r="D37" s="58"/>
       <c r="E37" s="13"/>
       <c r="F37" s="13"/>
       <c r="G37" s="13"/>
     </row>
-    <row r="38" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:7" ht="15.75" customHeight="1">
       <c r="A38" s="58"/>
       <c r="B38" s="118"/>
       <c r="C38" s="26" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="58"/>
       <c r="E38" s="13"/>
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
     </row>
-    <row r="39" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:7" ht="15.75" customHeight="1">
       <c r="A39" s="58"/>
       <c r="B39" s="118" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="59" t="s">
         <v>44</v>
       </c>
       <c r="D39" s="58"/>
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="13"/>
     </row>
-    <row r="40" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:7" ht="15.75" customHeight="1">
       <c r="A40" s="58"/>
       <c r="B40" s="118" t="s">
         <v>45</v>
       </c>
       <c r="C40" s="59" t="s">
         <v>46</v>
       </c>
       <c r="D40" s="58"/>
       <c r="E40" s="13"/>
       <c r="F40" s="13"/>
       <c r="G40" s="13"/>
     </row>
-    <row r="41" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:7" ht="15" customHeight="1">
       <c r="A41" s="13"/>
       <c r="B41" s="118" t="s">
         <v>47</v>
       </c>
       <c r="C41" s="59" t="s">
         <v>48</v>
       </c>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="13"/>
       <c r="G41" s="13"/>
     </row>
-    <row r="42" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="42" spans="1:7" ht="15" customHeight="1">
       <c r="A42" s="13"/>
       <c r="B42" s="120"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="13"/>
       <c r="G42" s="13"/>
     </row>
-    <row r="43" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:7" ht="15.75" customHeight="1">
       <c r="A43" s="58"/>
       <c r="B43" s="118">
         <v>6</v>
       </c>
       <c r="C43" s="27" t="s">
         <v>49</v>
       </c>
       <c r="D43" s="58"/>
       <c r="E43" s="13"/>
       <c r="F43" s="13"/>
       <c r="G43" s="13"/>
     </row>
-    <row r="44" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:7" ht="15.75" customHeight="1">
       <c r="A44" s="58"/>
       <c r="B44" s="120"/>
       <c r="C44" s="59" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="58"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
     </row>
-    <row r="45" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="45" spans="1:7" ht="15.75" customHeight="1">
       <c r="A45" s="58"/>
       <c r="B45" s="120"/>
       <c r="C45" s="13"/>
       <c r="D45" s="58"/>
       <c r="E45" s="13"/>
       <c r="F45" s="13"/>
       <c r="G45" s="13"/>
     </row>
-    <row r="46" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:7" ht="15.75" customHeight="1">
       <c r="A46" s="58"/>
       <c r="B46" s="118">
         <v>7</v>
       </c>
       <c r="C46" s="27" t="s">
         <v>51</v>
       </c>
       <c r="D46" s="58"/>
       <c r="E46" s="13"/>
       <c r="F46" s="13"/>
       <c r="G46" s="13"/>
     </row>
-    <row r="47" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:7" ht="15.75" customHeight="1">
       <c r="A47" s="58"/>
       <c r="B47" s="120"/>
       <c r="C47" s="59" t="s">
         <v>52</v>
       </c>
       <c r="D47" s="58"/>
       <c r="E47" s="13"/>
       <c r="F47" s="13"/>
       <c r="G47" s="13"/>
     </row>
-    <row r="48" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:7" ht="15.75" customHeight="1">
       <c r="A48" s="58"/>
       <c r="B48" s="120"/>
       <c r="C48" s="59"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
     </row>
-    <row r="49" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="49" spans="1:7" ht="15.75" customHeight="1">
       <c r="A49" s="58"/>
       <c r="B49" s="13"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="13"/>
       <c r="G49" s="13"/>
     </row>
-    <row r="50" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:7" ht="15.75" customHeight="1">
       <c r="A50" s="58"/>
       <c r="B50" s="13"/>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="13"/>
       <c r="G50" s="13"/>
     </row>
-    <row r="51" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:7" ht="15.75" customHeight="1">
       <c r="A51" s="58"/>
       <c r="B51" s="13"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="13"/>
       <c r="G51" s="13"/>
     </row>
-    <row r="52" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="52" spans="1:7" ht="15.75" customHeight="1">
       <c r="A52" s="58"/>
       <c r="B52" s="13"/>
       <c r="C52" s="13"/>
       <c r="D52" s="13"/>
       <c r="E52" s="13"/>
       <c r="F52" s="13"/>
       <c r="G52" s="13"/>
     </row>
-    <row r="53" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="53" spans="1:7" ht="15.75" customHeight="1">
       <c r="A53" s="58"/>
       <c r="B53" s="58"/>
       <c r="C53" s="58"/>
       <c r="D53" s="58"/>
       <c r="E53" s="58"/>
       <c r="F53" s="58"/>
       <c r="G53" s="58"/>
     </row>
-    <row r="54" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="54" spans="1:7" ht="15.75" customHeight="1">
       <c r="A54" s="58"/>
       <c r="B54" s="58"/>
       <c r="C54" s="28"/>
       <c r="D54" s="58"/>
       <c r="E54" s="58"/>
       <c r="F54" s="58"/>
       <c r="G54" s="58"/>
     </row>
-    <row r="55" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="55" spans="1:7" ht="15.75" customHeight="1">
       <c r="A55" s="58"/>
       <c r="B55" s="58"/>
       <c r="C55" s="29"/>
       <c r="D55" s="58"/>
       <c r="E55" s="58"/>
       <c r="F55" s="58"/>
       <c r="G55" s="58"/>
     </row>
-    <row r="56" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="56" spans="1:7" ht="14.1">
       <c r="A56" s="58"/>
       <c r="B56" s="58"/>
       <c r="C56" s="30"/>
       <c r="D56" s="58"/>
       <c r="E56" s="58"/>
       <c r="F56" s="58"/>
       <c r="G56" s="58"/>
     </row>
-    <row r="57" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="57" spans="1:7" ht="14.1">
       <c r="A57" s="58"/>
       <c r="B57" s="58"/>
       <c r="C57" s="30"/>
       <c r="D57" s="58"/>
       <c r="E57" s="58"/>
       <c r="F57" s="58"/>
       <c r="G57" s="58"/>
     </row>
-    <row r="58" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="58" spans="1:7" ht="14.1">
       <c r="A58" s="58"/>
       <c r="B58" s="58"/>
       <c r="C58" s="30"/>
       <c r="D58" s="58"/>
       <c r="E58" s="58"/>
       <c r="F58" s="58"/>
       <c r="G58" s="58"/>
     </row>
-    <row r="59" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="59" spans="1:7" ht="14.1">
       <c r="A59" s="58"/>
       <c r="B59" s="58"/>
       <c r="C59" s="30"/>
       <c r="D59" s="58"/>
       <c r="E59" s="58"/>
       <c r="F59" s="58"/>
       <c r="G59" s="58"/>
     </row>
-    <row r="60" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="60" spans="1:7" ht="14.1">
       <c r="A60" s="58"/>
       <c r="B60" s="58"/>
       <c r="C60" s="30"/>
       <c r="D60" s="58"/>
       <c r="E60" s="58"/>
       <c r="F60" s="58"/>
       <c r="G60" s="58"/>
     </row>
-    <row r="61" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="61" spans="1:7" ht="14.1">
       <c r="A61" s="58"/>
       <c r="B61" s="58"/>
       <c r="C61" s="30"/>
       <c r="D61" s="58"/>
       <c r="E61" s="58"/>
       <c r="F61" s="58"/>
       <c r="G61" s="58"/>
     </row>
-    <row r="62" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="62" spans="1:7" ht="14.1">
       <c r="A62" s="58"/>
       <c r="B62" s="58"/>
       <c r="C62" s="30"/>
       <c r="D62" s="58"/>
       <c r="E62" s="58"/>
       <c r="F62" s="58"/>
       <c r="G62" s="58"/>
     </row>
-    <row r="63" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="63" spans="1:7" ht="14.1">
       <c r="A63" s="58"/>
       <c r="B63" s="58"/>
       <c r="C63" s="30"/>
       <c r="D63" s="58"/>
       <c r="E63" s="58"/>
       <c r="F63" s="58"/>
       <c r="G63" s="58"/>
     </row>
-    <row r="64" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="64" spans="1:7" ht="14.1">
       <c r="A64" s="58"/>
       <c r="B64" s="58"/>
       <c r="C64" s="30"/>
       <c r="D64" s="58"/>
       <c r="E64" s="58"/>
       <c r="F64" s="58"/>
       <c r="G64" s="58"/>
     </row>
-    <row r="65" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="65" spans="1:7" ht="14.1">
       <c r="A65" s="13"/>
       <c r="B65" s="13"/>
       <c r="C65" s="30"/>
       <c r="D65" s="13"/>
       <c r="E65" s="13"/>
       <c r="F65" s="13"/>
       <c r="G65" s="13"/>
     </row>
-    <row r="66" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="66" spans="1:7" ht="14.1">
       <c r="A66" s="13"/>
       <c r="B66" s="13"/>
       <c r="C66" s="29"/>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="13"/>
       <c r="G66" s="13"/>
     </row>
-    <row r="67" spans="1:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="67" spans="1:7" ht="92.25" customHeight="1">
       <c r="A67" s="13"/>
       <c r="B67" s="13"/>
       <c r="C67" s="29"/>
       <c r="D67" s="13"/>
       <c r="E67" s="13"/>
       <c r="F67" s="13"/>
       <c r="G67" s="13"/>
     </row>
-    <row r="68" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="68" spans="1:7" ht="14.1">
       <c r="A68" s="13"/>
       <c r="B68" s="13"/>
       <c r="C68" s="30"/>
       <c r="D68" s="13"/>
       <c r="E68" s="13"/>
       <c r="F68" s="13"/>
       <c r="G68" s="13"/>
     </row>
-    <row r="69" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="69" spans="1:7" ht="14.1">
       <c r="A69" s="13"/>
       <c r="B69" s="13"/>
       <c r="C69" s="30"/>
       <c r="D69" s="13"/>
       <c r="E69" s="13"/>
       <c r="F69" s="13"/>
       <c r="G69" s="13"/>
     </row>
-    <row r="70" spans="1:7" ht="14" x14ac:dyDescent="0.15">
+    <row r="70" spans="1:7" ht="14.1">
       <c r="A70" s="13"/>
       <c r="B70" s="13"/>
       <c r="C70" s="30"/>
       <c r="D70" s="13"/>
       <c r="E70" s="13"/>
       <c r="F70" s="13"/>
       <c r="G70" s="13"/>
     </row>
-    <row r="71" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="71" spans="1:7" ht="15.75" customHeight="1">
       <c r="A71" s="13"/>
       <c r="B71" s="13"/>
       <c r="C71" s="13"/>
       <c r="D71" s="13"/>
       <c r="E71" s="13"/>
       <c r="F71" s="13"/>
       <c r="G71" s="13"/>
     </row>
-    <row r="72" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="72" spans="1:7" ht="15.75" customHeight="1">
       <c r="A72" s="13"/>
       <c r="B72" s="13"/>
       <c r="C72" s="13"/>
       <c r="D72" s="13"/>
       <c r="E72" s="13"/>
       <c r="F72" s="13"/>
       <c r="G72" s="13"/>
     </row>
-    <row r="73" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="73" spans="1:7" ht="15.75" customHeight="1">
       <c r="A73" s="13"/>
       <c r="B73" s="13"/>
       <c r="C73" s="13"/>
       <c r="D73" s="13"/>
       <c r="E73" s="13"/>
       <c r="F73" s="13"/>
       <c r="G73" s="13"/>
     </row>
-    <row r="74" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="74" spans="1:7" ht="15.75" customHeight="1">
       <c r="A74" s="13"/>
       <c r="B74" s="13"/>
       <c r="C74" s="13"/>
       <c r="D74" s="13"/>
       <c r="E74" s="13"/>
       <c r="F74" s="13"/>
       <c r="G74" s="13"/>
     </row>
-    <row r="75" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="75" spans="1:7" ht="15.75" customHeight="1">
       <c r="A75" s="13"/>
       <c r="B75" s="13"/>
       <c r="C75" s="31"/>
       <c r="D75" s="13"/>
       <c r="E75" s="13"/>
       <c r="F75" s="13"/>
       <c r="G75" s="13"/>
     </row>
-    <row r="76" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="76" spans="1:7" ht="15.75" customHeight="1">
       <c r="A76" s="13"/>
       <c r="B76" s="13"/>
       <c r="C76" s="32"/>
       <c r="D76" s="13"/>
       <c r="E76" s="13"/>
       <c r="F76" s="13"/>
       <c r="G76" s="13"/>
     </row>
-    <row r="77" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="77" spans="1:7" ht="15.75" customHeight="1">
       <c r="A77" s="13"/>
       <c r="B77" s="13"/>
       <c r="C77" s="33"/>
       <c r="D77" s="13"/>
       <c r="E77" s="13"/>
       <c r="F77" s="13"/>
       <c r="G77" s="13"/>
     </row>
-    <row r="78" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="78" spans="1:7" ht="15.75" customHeight="1">
       <c r="A78" s="13"/>
       <c r="B78" s="13"/>
       <c r="C78" s="34"/>
       <c r="D78" s="13"/>
       <c r="E78" s="13"/>
       <c r="F78" s="13"/>
       <c r="G78" s="13"/>
     </row>
-    <row r="79" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="79" spans="1:7" ht="15.75" customHeight="1">
       <c r="A79" s="13"/>
       <c r="B79" s="13"/>
       <c r="C79" s="35"/>
       <c r="D79" s="13"/>
       <c r="E79" s="13"/>
       <c r="F79" s="13"/>
       <c r="G79" s="13"/>
     </row>
-    <row r="80" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="80" spans="1:7" ht="15.75" customHeight="1">
       <c r="A80" s="13"/>
       <c r="B80" s="13"/>
       <c r="C80" s="33"/>
       <c r="D80" s="13"/>
       <c r="E80" s="13"/>
       <c r="F80" s="13"/>
       <c r="G80" s="13"/>
     </row>
-    <row r="81" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="81" spans="3:3" ht="15.75" customHeight="1">
       <c r="C81" s="35"/>
     </row>
-    <row r="82" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="82" spans="3:3" ht="15.75" customHeight="1">
       <c r="C82" s="35"/>
     </row>
-    <row r="83" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="83" spans="3:3" ht="15.75" customHeight="1">
       <c r="C83" s="34"/>
     </row>
-    <row r="84" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="84" spans="3:3" ht="15.75" customHeight="1">
       <c r="C84" s="13"/>
     </row>
-    <row r="85" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="85" spans="3:3" ht="15.75" customHeight="1">
       <c r="C85" s="13"/>
     </row>
-    <row r="86" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="86" spans="3:3" ht="15.75" customHeight="1">
       <c r="C86" s="13"/>
     </row>
-    <row r="87" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="87" spans="3:3" ht="15.75" customHeight="1">
       <c r="C87" s="13"/>
     </row>
-    <row r="88" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="88" spans="3:3" ht="15.75" customHeight="1">
       <c r="C88" s="13"/>
     </row>
-    <row r="89" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="89" spans="3:3" ht="15.75" customHeight="1">
       <c r="C89" s="13"/>
     </row>
-    <row r="90" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="90" spans="3:3" ht="15.75" customHeight="1">
       <c r="C90" s="13"/>
     </row>
-    <row r="91" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="91" spans="3:3" ht="15.75" customHeight="1">
       <c r="C91" s="13"/>
     </row>
-    <row r="92" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="92" spans="3:3" ht="15.75" customHeight="1">
       <c r="C92" s="13"/>
     </row>
-    <row r="93" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="93" spans="3:3" ht="15.75" customHeight="1">
       <c r="C93" s="13"/>
     </row>
-    <row r="94" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="94" spans="3:3" ht="15.75" customHeight="1">
       <c r="C94" s="13"/>
     </row>
-    <row r="95" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="95" spans="3:3" ht="15.75" customHeight="1">
       <c r="C95" s="13"/>
     </row>
-    <row r="96" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="96" spans="3:3" ht="15.75" customHeight="1">
       <c r="C96" s="13"/>
     </row>
-    <row r="97" ht="15.75" customHeight="1" x14ac:dyDescent="0.15"/>
-[...901 lines deleted...]
-    <row r="999" ht="15.75" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+    <row r="979" ht="15.75" customHeight="1"/>
+    <row r="980" ht="15.75" customHeight="1"/>
+    <row r="981" ht="15.75" customHeight="1"/>
+    <row r="982" ht="15.75" customHeight="1"/>
+    <row r="983" ht="15.75" customHeight="1"/>
+    <row r="984" ht="15.75" customHeight="1"/>
+    <row r="985" ht="15.75" customHeight="1"/>
+    <row r="986" ht="15.75" customHeight="1"/>
+    <row r="987" ht="15.75" customHeight="1"/>
+    <row r="988" ht="15.75" customHeight="1"/>
+    <row r="989" ht="15.75" customHeight="1"/>
+    <row r="990" ht="15.75" customHeight="1"/>
+    <row r="991" ht="15.75" customHeight="1"/>
+    <row r="992" ht="15.75" customHeight="1"/>
+    <row r="993" ht="15.75" customHeight="1"/>
+    <row r="994" ht="15.75" customHeight="1"/>
+    <row r="995" ht="15.75" customHeight="1"/>
+    <row r="996" ht="15.75" customHeight="1"/>
+    <row r="997" ht="15.75" customHeight="1"/>
+    <row r="998" ht="15.75" customHeight="1"/>
+    <row r="999" ht="15.75" customHeight="1"/>
   </sheetData>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd"/>
   <headerFooter>
     <oddHeader>&amp;L000000Classified as Internal#</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{411FCC60-BA2E-4AA6-A4AB-E5FF72329E23}">
           <x14:formula1>
             <xm:f>'HIDE Budgets'!$C$3:$C$59</xm:f>
           </x14:formula1>
           <xm:sqref>C4</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{11858DDC-C476-46E0-94BF-F8AB9812B62C}">
   <dimension ref="D10:F100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="4" max="4" width="29.5" customWidth="1"/>
-    <col min="5" max="5" width="49.83203125" customWidth="1"/>
+    <col min="4" max="4" width="29.5703125" customWidth="1"/>
+    <col min="5" max="5" width="49.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="10" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="10" spans="4:5">
       <c r="D10" s="60" t="s">
+        <v>331</v>
+      </c>
+      <c r="E10" s="60" t="s">
         <v>332</v>
       </c>
-      <c r="E10" s="60" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="4:5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="11" spans="4:5">
       <c r="D11" s="62" t="str">
         <f>IF('3| Costed Functions'!C10='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C10='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C10='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C10='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C10='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>Function1</v>
       </c>
       <c r="E11" s="62" t="b">
         <f>IF('3| Costed Functions'!E10='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E10='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E10='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E10='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="12" spans="4:5">
       <c r="D12" s="62" t="str">
         <f>IF('3| Costed Functions'!C11='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C11='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C11='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C11='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C11='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>Function1</v>
       </c>
       <c r="E12" s="62" t="b">
         <f>IF('3| Costed Functions'!E11='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E11='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E11='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E11='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="13" spans="4:5">
       <c r="D13" s="62" t="str">
         <f>IF('3| Costed Functions'!C12='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C12='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C12='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C12='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C12='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>Function1</v>
       </c>
       <c r="E13" s="62" t="b">
         <f>IF('3| Costed Functions'!E12='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E12='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E12='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E12='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="14" spans="4:5">
       <c r="D14" s="62" t="str">
         <f>IF('3| Costed Functions'!C13='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C13='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C13='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C13='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C13='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>Function1</v>
       </c>
       <c r="E14" s="62" t="b">
         <f>IF('3| Costed Functions'!E13='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E13='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E13='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E13='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="15" spans="4:5">
       <c r="D15" s="62" t="str">
         <f>IF('3| Costed Functions'!C14='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C14='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C14='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C14='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C14='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>Function1</v>
       </c>
       <c r="E15" s="62" t="b">
         <f>IF('3| Costed Functions'!E14='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E14='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E14='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E14='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="16" spans="4:5">
       <c r="D16" s="62" t="b">
         <f>IF('3| Costed Functions'!C15='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C15='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C15='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C15='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C15='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E16" s="62" t="b">
         <f>IF('3| Costed Functions'!E15='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E15='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E15='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E15='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="4:6" x14ac:dyDescent="0.2">
-      <c r="D17" s="62" t="b">
+    <row r="17" spans="4:6">
+      <c r="D17" s="62" t="str">
         <f>IF('3| Costed Functions'!C16='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C16='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C16='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C16='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C16='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
-        <v>0</v>
+        <v>Function2</v>
       </c>
       <c r="E17" s="62" t="b">
         <f>IF('3| Costed Functions'!E16='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E16='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E16='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E16='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="18" spans="4:6">
       <c r="D18" s="62" t="b">
         <f>IF('3| Costed Functions'!C17='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C17='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C17='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C17='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C17='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E18" s="62" t="b">
         <f>IF('3| Costed Functions'!E17='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E17='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E17='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E17='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="19" spans="4:6">
       <c r="D19" s="62" t="b">
         <f>IF('3| Costed Functions'!C18='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C18='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C18='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C18='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C18='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E19" s="62" t="b">
         <f>IF('3| Costed Functions'!E18='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E18='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E18='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E18='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="20" spans="4:6">
       <c r="D20" s="62" t="b">
         <f>IF('3| Costed Functions'!C19='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C19='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C19='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C19='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C19='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E20" s="62" t="b">
         <f>IF('3| Costed Functions'!E19='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E19='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E19='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E19='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="21" spans="4:6">
       <c r="D21" s="62" t="b">
         <f>IF('3| Costed Functions'!C20='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C20='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C20='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C20='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C20='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E21" s="62" t="b">
         <f>IF('3| Costed Functions'!E20='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E20='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E20='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E20='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="22" spans="4:6">
       <c r="D22" s="62" t="b">
         <f>IF('3| Costed Functions'!C21='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C21='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C21='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C21='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C21='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E22" s="62" t="b">
         <f>IF('3| Costed Functions'!E21='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E21='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E21='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E21='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="23" spans="4:6">
       <c r="D23" s="62" t="b">
         <f>IF('3| Costed Functions'!C22='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C22='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C22='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C22='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C22='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E23" s="62" t="b">
         <f>IF('3| Costed Functions'!E22='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E22='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E22='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E22='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="24" spans="4:6">
       <c r="D24" s="62" t="b">
         <f>IF('3| Costed Functions'!C23='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C23='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C23='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C23='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C23='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E24" s="62" t="b">
         <f>IF('3| Costed Functions'!E23='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E23='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E23='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E23='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="25" spans="4:6">
       <c r="D25" s="62" t="b">
         <f>IF('3| Costed Functions'!C24='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C24='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C24='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C24='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C24='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E25" s="62" t="b">
         <f>IF('3| Costed Functions'!E24='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E24='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E24='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E24='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="26" spans="4:6">
       <c r="D26" s="62" t="b">
         <f>IF('3| Costed Functions'!C25='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C25='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C25='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C25='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C25='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E26" s="62" t="b">
         <f>IF('3| Costed Functions'!E25='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E25='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E25='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E25='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="27" spans="4:6">
       <c r="D27" s="62" t="b">
         <f>IF('3| Costed Functions'!C26='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C26='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C26='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C26='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C26='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E27" s="62" t="b">
         <f>IF('3| Costed Functions'!E26='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E26='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E26='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E26='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="28" spans="4:6">
       <c r="D28" s="62" t="b">
         <f>IF('3| Costed Functions'!C27='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C27='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C27='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C27='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C27='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E28" s="62" t="b">
         <f>IF('3| Costed Functions'!E27='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E27='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E27='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E27='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="29" spans="4:6">
       <c r="D29" s="62" t="b">
         <f>IF('3| Costed Functions'!C28='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C28='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C28='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C28='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C28='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E29" s="62" t="b">
         <f>IF('3| Costed Functions'!E28='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E28='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E28='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E28='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="30" spans="4:6">
       <c r="D30" s="62" t="b">
         <f>IF('3| Costed Functions'!C29='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C29='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C29='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C29='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C29='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E30" s="62" t="b">
         <f>IF('3| Costed Functions'!E29='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E29='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E29='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E29='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="31" spans="4:6">
       <c r="D31" s="62" t="b">
         <f>IF('3| Costed Functions'!C30='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C30='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C30='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C30='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C30='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E31" s="62" t="b">
         <f>IF('3| Costed Functions'!E30='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E30='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E30='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E30='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="4:6" x14ac:dyDescent="0.2">
+    <row r="32" spans="4:6">
       <c r="D32" s="62" t="b">
         <f>IF('3| Costed Functions'!C31='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C31='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C31='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C31='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C31='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E32" s="62" t="b">
         <f>IF('3| Costed Functions'!E31='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E31='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E31='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E31='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
-      <c r="F32" s="192"/>
-[...1 lines deleted...]
-    <row r="33" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="F32" s="186"/>
+    </row>
+    <row r="33" spans="4:5">
       <c r="D33" s="62" t="b">
         <f>IF('3| Costed Functions'!C32='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C32='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C32='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C32='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C32='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E33" s="62" t="b">
         <f>IF('3| Costed Functions'!E32='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E32='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E32='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E32='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="34" spans="4:5">
       <c r="D34" s="62" t="b">
         <f>IF('3| Costed Functions'!C33='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C33='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C33='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C33='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C33='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E34" s="62" t="b">
         <f>IF('3| Costed Functions'!E33='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E33='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E33='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E33='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="35" spans="4:5">
       <c r="D35" s="62" t="b">
         <f>IF('3| Costed Functions'!C34='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C34='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C34='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C34='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C34='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E35" s="62" t="b">
         <f>IF('3| Costed Functions'!E34='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E34='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E34='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E34='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="36" spans="4:5">
       <c r="D36" s="62" t="b">
         <f>IF('3| Costed Functions'!C35='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C35='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C35='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C35='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C35='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E36" s="62" t="b">
         <f>IF('3| Costed Functions'!E35='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E35='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E35='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E35='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="37" spans="4:5">
       <c r="D37" s="62" t="b">
         <f>IF('3| Costed Functions'!C36='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C36='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C36='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C36='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C36='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E37" s="62" t="b">
         <f>IF('3| Costed Functions'!E36='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E36='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E36='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E36='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="38" spans="4:5">
       <c r="D38" s="62" t="b">
         <f>IF('3| Costed Functions'!C37='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C37='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C37='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C37='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C37='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E38" s="62" t="b">
         <f>IF('3| Costed Functions'!E37='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E37='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E37='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E37='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="39" spans="4:5">
       <c r="D39" s="62" t="b">
         <f>IF('3| Costed Functions'!C38='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C38='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C38='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C38='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C38='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E39" s="62" t="b">
         <f>IF('3| Costed Functions'!E38='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E38='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E38='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E38='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="40" spans="4:5">
       <c r="D40" s="62" t="b">
         <f>IF('3| Costed Functions'!C39='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C39='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C39='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C39='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C39='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E40" s="62" t="b">
         <f>IF('3| Costed Functions'!E39='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E39='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E39='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E39='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="41" spans="4:5">
       <c r="D41" s="62" t="b">
         <f>IF('3| Costed Functions'!C40='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C40='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C40='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C40='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C40='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E41" s="62" t="b">
         <f>IF('3| Costed Functions'!E40='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E40='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E40='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E40='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="42" spans="4:5">
       <c r="D42" s="62" t="b">
         <f>IF('3| Costed Functions'!C41='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C41='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C41='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C41='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C41='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E42" s="62" t="b">
         <f>IF('3| Costed Functions'!E41='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E41='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E41='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E41='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="43" spans="4:5">
       <c r="D43" s="62" t="b">
         <f>IF('3| Costed Functions'!C42='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C42='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C42='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C42='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C42='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E43" s="62" t="b">
         <f>IF('3| Costed Functions'!E42='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E42='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E42='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E42='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="44" spans="4:5">
       <c r="D44" s="62" t="b">
         <f>IF('3| Costed Functions'!C43='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C43='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C43='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C43='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C43='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E44" s="62" t="b">
         <f>IF('3| Costed Functions'!E43='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E43='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E43='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E43='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="45" spans="4:5">
       <c r="D45" s="62" t="b">
         <f>IF('3| Costed Functions'!C44='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C44='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C44='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C44='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C44='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E45" s="62" t="b">
         <f>IF('3| Costed Functions'!E44='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E44='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E44='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E44='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="46" spans="4:5">
       <c r="D46" s="62" t="b">
         <f>IF('3| Costed Functions'!C45='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C45='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C45='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C45='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C45='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E46" s="62" t="b">
         <f>IF('3| Costed Functions'!E45='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E45='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E45='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E45='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="47" spans="4:5">
       <c r="D47" s="62" t="b">
         <f>IF('3| Costed Functions'!C46='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C46='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C46='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C46='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C46='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E47" s="62" t="b">
         <f>IF('3| Costed Functions'!E46='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E46='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E46='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E46='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="48" spans="4:5">
       <c r="D48" s="62" t="b">
         <f>IF('3| Costed Functions'!C47='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C47='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C47='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C47='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C47='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E48" s="62" t="b">
         <f>IF('3| Costed Functions'!E47='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E47='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E47='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E47='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="49" spans="4:5">
       <c r="D49" s="62" t="b">
         <f>IF('3| Costed Functions'!C48='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C48='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C48='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C48='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C48='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E49" s="62" t="b">
         <f>IF('3| Costed Functions'!E48='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E48='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E48='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E48='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="50" spans="4:5">
       <c r="D50" s="62" t="b">
         <f>IF('3| Costed Functions'!C49='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C49='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C49='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C49='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C49='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E50" s="62" t="b">
         <f>IF('3| Costed Functions'!E49='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E49='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E49='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E49='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="51" spans="4:5">
       <c r="D51" s="62" t="b">
         <f>IF('3| Costed Functions'!C50='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C50='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C50='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C50='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C50='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E51" s="62" t="b">
         <f>IF('3| Costed Functions'!E50='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E50='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E50='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E50='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="52" spans="4:5">
       <c r="D52" s="62" t="b">
         <f>IF('3| Costed Functions'!C51='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C51='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C51='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C51='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C51='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E52" s="62" t="b">
         <f>IF('3| Costed Functions'!E51='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E51='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E51='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E51='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="53" spans="4:5">
       <c r="D53" s="62" t="b">
         <f>IF('3| Costed Functions'!C52='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C52='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C52='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C52='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C52='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E53" s="62" t="b">
         <f>IF('3| Costed Functions'!E52='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E52='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E52='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E52='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="54" spans="4:5">
       <c r="D54" s="62" t="b">
         <f>IF('3| Costed Functions'!C53='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C53='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C53='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C53='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C53='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E54" s="62" t="b">
         <f>IF('3| Costed Functions'!E53='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E53='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E53='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E53='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="55" spans="4:5">
       <c r="D55" s="62" t="b">
         <f>IF('3| Costed Functions'!C54='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C54='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C54='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C54='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C54='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E55" s="62" t="b">
         <f>IF('3| Costed Functions'!E54='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E54='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E54='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E54='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="56" spans="4:5">
       <c r="D56" s="62" t="b">
         <f>IF('3| Costed Functions'!C55='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C55='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C55='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C55='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C55='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E56" s="62" t="b">
         <f>IF('3| Costed Functions'!E55='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E55='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E55='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E55='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="57" spans="4:5">
       <c r="D57" s="62" t="b">
         <f>IF('3| Costed Functions'!C56='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C56='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C56='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C56='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C56='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E57" s="62" t="b">
         <f>IF('3| Costed Functions'!E56='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E56='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E56='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E56='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="58" spans="4:5">
       <c r="D58" s="62" t="b">
         <f>IF('3| Costed Functions'!C57='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C57='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C57='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C57='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C57='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E58" s="62" t="b">
         <f>IF('3| Costed Functions'!E57='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E57='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E57='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E57='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="59" spans="4:5">
       <c r="D59" s="62" t="b">
         <f>IF('3| Costed Functions'!C58='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C58='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C58='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C58='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C58='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E59" s="62" t="b">
         <f>IF('3| Costed Functions'!E58='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E58='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E58='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E58='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="60" spans="4:5">
       <c r="D60" s="62" t="b">
         <f>IF('3| Costed Functions'!C59='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C59='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C59='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C59='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C59='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E60" s="62" t="b">
         <f>IF('3| Costed Functions'!E59='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E59='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E59='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E59='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="61" spans="4:5">
       <c r="D61" s="62" t="b">
         <f>IF('3| Costed Functions'!C60='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C60='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C60='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C60='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C60='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E61" s="62" t="b">
         <f>IF('3| Costed Functions'!E60='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E60='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E60='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E60='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="62" spans="4:5">
       <c r="D62" s="62" t="b">
         <f>IF('3| Costed Functions'!C61='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C61='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C61='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C61='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C61='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E62" s="62" t="b">
         <f>IF('3| Costed Functions'!E61='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E61='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E61='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E61='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="63" spans="4:5">
       <c r="D63" s="62" t="b">
         <f>IF('3| Costed Functions'!C62='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C62='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C62='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C62='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C62='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E63" s="62" t="b">
         <f>IF('3| Costed Functions'!E62='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E62='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E62='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E62='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="64" spans="4:5">
       <c r="D64" s="62" t="b">
         <f>IF('3| Costed Functions'!C63='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C63='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C63='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C63='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C63='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E64" s="62" t="b">
         <f>IF('3| Costed Functions'!E63='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E63='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E63='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E63='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="65" spans="4:5">
       <c r="D65" s="62" t="b">
         <f>IF('3| Costed Functions'!C64='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C64='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C64='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C64='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C64='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E65" s="62" t="b">
         <f>IF('3| Costed Functions'!E64='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E64='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E64='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E64='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="66" spans="4:5">
       <c r="D66" s="62" t="b">
         <f>IF('3| Costed Functions'!C65='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C65='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C65='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C65='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C65='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E66" s="62" t="b">
         <f>IF('3| Costed Functions'!E65='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E65='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E65='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E65='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="67" spans="4:5">
       <c r="D67" s="62" t="b">
         <f>IF('3| Costed Functions'!C66='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C66='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C66='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C66='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C66='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E67" s="62" t="b">
         <f>IF('3| Costed Functions'!E66='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E66='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E66='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E66='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="68" spans="4:5">
       <c r="D68" s="62" t="b">
         <f>IF('3| Costed Functions'!C67='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C67='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C67='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C67='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C67='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E68" s="62" t="b">
         <f>IF('3| Costed Functions'!E67='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E67='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E67='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E67='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="69" spans="4:5">
       <c r="D69" s="62" t="b">
         <f>IF('3| Costed Functions'!C68='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C68='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C68='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C68='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C68='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E69" s="62" t="b">
         <f>IF('3| Costed Functions'!E68='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E68='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E68='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E68='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="70" spans="4:5">
       <c r="D70" s="62" t="b">
         <f>IF('3| Costed Functions'!C69='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C69='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C69='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C69='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C69='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E70" s="62" t="b">
         <f>IF('3| Costed Functions'!E69='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E69='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E69='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E69='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="71" spans="4:5">
       <c r="D71" s="62" t="b">
         <f>IF('3| Costed Functions'!C70='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C70='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C70='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C70='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C70='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E71" s="62" t="b">
         <f>IF('3| Costed Functions'!E70='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E70='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E70='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E70='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="72" spans="4:5">
       <c r="D72" s="62" t="b">
         <f>IF('3| Costed Functions'!C71='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C71='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C71='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C71='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C71='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E72" s="62" t="b">
         <f>IF('3| Costed Functions'!E71='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E71='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E71='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E71='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="73" spans="4:5">
       <c r="D73" s="62" t="b">
         <f>IF('3| Costed Functions'!C72='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C72='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C72='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C72='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C72='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E73" s="62" t="b">
         <f>IF('3| Costed Functions'!E72='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E72='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E72='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E72='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="74" spans="4:5">
       <c r="D74" s="62" t="b">
         <f>IF('3| Costed Functions'!C73='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C73='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C73='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C73='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C73='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E74" s="62" t="b">
         <f>IF('3| Costed Functions'!E73='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E73='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E73='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E73='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="75" spans="4:5">
       <c r="D75" s="62" t="b">
         <f>IF('3| Costed Functions'!C74='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C74='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C74='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C74='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C74='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E75" s="62" t="b">
         <f>IF('3| Costed Functions'!E74='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E74='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E74='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E74='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="76" spans="4:5">
       <c r="D76" s="62" t="b">
         <f>IF('3| Costed Functions'!C75='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C75='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C75='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C75='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C75='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E76" s="62" t="b">
         <f>IF('3| Costed Functions'!E75='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E75='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E75='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E75='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="77" spans="4:5">
       <c r="D77" s="62" t="b">
         <f>IF('3| Costed Functions'!C76='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C76='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C76='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C76='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C76='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E77" s="62" t="b">
         <f>IF('3| Costed Functions'!E76='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E76='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E76='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E76='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="78" spans="4:5">
       <c r="D78" s="62" t="b">
         <f>IF('3| Costed Functions'!C77='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C77='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C77='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C77='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C77='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E78" s="62" t="b">
         <f>IF('3| Costed Functions'!E77='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E77='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E77='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E77='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="79" spans="4:5">
       <c r="D79" s="62" t="b">
         <f>IF('3| Costed Functions'!C78='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C78='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C78='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C78='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C78='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E79" s="62" t="b">
         <f>IF('3| Costed Functions'!E78='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E78='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E78='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E78='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="80" spans="4:5">
       <c r="D80" s="62" t="b">
         <f>IF('3| Costed Functions'!C79='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C79='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C79='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C79='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C79='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E80" s="62" t="b">
         <f>IF('3| Costed Functions'!E79='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E79='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E79='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E79='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="81" spans="4:5">
       <c r="D81" s="62" t="b">
         <f>IF('3| Costed Functions'!C80='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C80='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C80='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C80='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C80='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E81" s="62" t="b">
         <f>IF('3| Costed Functions'!E80='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E80='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E80='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E80='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="82" spans="4:5">
       <c r="D82" s="62" t="b">
         <f>IF('3| Costed Functions'!C81='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C81='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C81='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C81='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C81='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E82" s="62" t="b">
         <f>IF('3| Costed Functions'!E81='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E81='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E81='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E81='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="83" spans="4:5">
       <c r="D83" s="62" t="b">
         <f>IF('3| Costed Functions'!C82='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C82='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C82='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C82='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C82='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E83" s="62" t="b">
         <f>IF('3| Costed Functions'!E82='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E82='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E82='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E82='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="84" spans="4:5">
       <c r="D84" s="62" t="b">
         <f>IF('3| Costed Functions'!C83='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C83='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C83='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C83='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C83='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E84" s="62" t="b">
         <f>IF('3| Costed Functions'!E83='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E83='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E83='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E83='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="85" spans="4:5">
       <c r="D85" s="62" t="b">
         <f>IF('3| Costed Functions'!C84='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C84='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C84='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C84='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C84='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E85" s="62" t="b">
         <f>IF('3| Costed Functions'!E84='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E84='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E84='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E84='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="86" spans="4:5">
       <c r="D86" s="62" t="b">
         <f>IF('3| Costed Functions'!C85='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C85='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C85='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C85='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C85='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E86" s="62" t="b">
         <f>IF('3| Costed Functions'!E85='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E85='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E85='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E85='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="87" spans="4:5">
       <c r="D87" s="62" t="b">
         <f>IF('3| Costed Functions'!C86='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C86='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C86='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C86='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C86='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E87" s="62" t="b">
         <f>IF('3| Costed Functions'!E86='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E86='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E86='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E86='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="88" spans="4:5">
       <c r="D88" s="62" t="b">
         <f>IF('3| Costed Functions'!C87='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C87='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C87='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C87='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C87='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E88" s="62" t="b">
         <f>IF('3| Costed Functions'!E87='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E87='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E87='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E87='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="89" spans="4:5">
       <c r="D89" s="62" t="b">
         <f>IF('3| Costed Functions'!C88='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C88='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C88='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C88='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C88='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E89" s="62" t="b">
         <f>IF('3| Costed Functions'!E88='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E88='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E88='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E88='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="90" spans="4:5">
       <c r="D90" s="62" t="b">
         <f>IF('3| Costed Functions'!C89='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C89='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C89='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C89='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C89='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E90" s="62" t="b">
         <f>IF('3| Costed Functions'!E89='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E89='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E89='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E89='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="91" spans="4:5">
       <c r="D91" s="62" t="b">
         <f>IF('3| Costed Functions'!C90='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C90='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C90='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C90='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C90='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E91" s="62" t="b">
         <f>IF('3| Costed Functions'!E90='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E90='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E90='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E90='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="92" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="92" spans="4:5">
       <c r="D92" s="62" t="b">
         <f>IF('3| Costed Functions'!C91='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C91='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C91='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C91='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C91='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E92" s="62" t="b">
         <f>IF('3| Costed Functions'!E91='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E91='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E91='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E91='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="93" spans="4:5">
       <c r="D93" s="62" t="b">
         <f>IF('3| Costed Functions'!C92='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C92='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C92='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C92='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C92='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E93" s="62" t="b">
         <f>IF('3| Costed Functions'!E92='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E92='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E92='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E92='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="94" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="94" spans="4:5">
       <c r="D94" s="62" t="b">
         <f>IF('3| Costed Functions'!C93='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C93='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C93='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C93='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C93='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E94" s="62" t="b">
         <f>IF('3| Costed Functions'!E93='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E93='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E93='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E93='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="95" spans="4:5">
       <c r="D95" s="62" t="b">
         <f>IF('3| Costed Functions'!C94='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C94='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C94='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C94='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C94='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E95" s="62" t="b">
         <f>IF('3| Costed Functions'!E94='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E94='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E94='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E94='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="96" spans="4:5">
       <c r="D96" s="62" t="b">
         <f>IF('3| Costed Functions'!C95='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C95='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C95='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C95='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C95='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E96" s="62" t="b">
         <f>IF('3| Costed Functions'!E95='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E95='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E95='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E95='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="97" spans="4:5">
       <c r="D97" s="62" t="b">
         <f>IF('3| Costed Functions'!C96='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C96='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C96='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C96='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C96='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E97" s="62" t="b">
         <f>IF('3| Costed Functions'!E96='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E96='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E96='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E96='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="98" spans="4:5">
       <c r="D98" s="62" t="b">
         <f>IF('3| Costed Functions'!C97='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C97='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C97='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C97='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C97='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E98" s="62" t="b">
         <f>IF('3| Costed Functions'!E97='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E97='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E97='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E97='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="99" spans="4:5">
       <c r="D99" s="62" t="b">
         <f>IF('3| Costed Functions'!C98='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C98='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C98='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C98='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C98='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E99" s="62" t="b">
         <f>IF('3| Costed Functions'!E98='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E98='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E98='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E98='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="4:5" x14ac:dyDescent="0.2">
+    <row r="100" spans="4:5">
       <c r="D100" s="62" t="b">
         <f>IF('3| Costed Functions'!C99='HIDE Validation'!$B$3,'HIDE Named Ranges'!$C$2,IF('3| Costed Functions'!C99='HIDE Validation'!$B$4,'HIDE Named Ranges'!$D$2,IF('3| Costed Functions'!C99='HIDE Validation'!$B$5,'HIDE Named Ranges'!$E$2,IF('3| Costed Functions'!C99='HIDE Validation'!$B$6,'HIDE Named Ranges'!$F$2,IF('3| Costed Functions'!C99='HIDE Validation'!$B$7,'HIDE Named Ranges'!$G$2)))))</f>
         <v>0</v>
       </c>
       <c r="E100" s="62" t="b">
         <f>IF('3| Costed Functions'!E99='HIDE Validation'!$D$3,'HIDE Named Ranges'!$C$11,IF('3| Costed Functions'!E99='HIDE Validation'!$D$4,'HIDE Named Ranges'!$D$11,IF('3| Costed Functions'!E99='HIDE Validation'!$D$5,'HIDE Named Ranges'!$E$11,IF('3| Costed Functions'!E99='HIDE Validation'!$D$6,'HIDE Named Ranges'!$F$11))))</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" sqref="E10" xr:uid="{096BE44B-F5DE-45A5-9C82-85C355BE169D}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{034068CF-DE68-4DD2-BC91-E8B737266E6F}">
   <dimension ref="B2:F59"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="J8" sqref="J8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="2" max="4" width="15.6640625" customWidth="1"/>
+    <col min="2" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="6" width="35" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6" ht="16" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:6">
       <c r="B2" s="69" t="s">
         <v>73</v>
       </c>
       <c r="C2" s="69" t="s">
+        <v>333</v>
+      </c>
+      <c r="D2" s="69" t="s">
         <v>334</v>
       </c>
-      <c r="D2" s="69" t="s">
+      <c r="E2" s="70" t="s">
         <v>335</v>
       </c>
-      <c r="E2" s="70" t="s">
+      <c r="F2" s="70" t="s">
         <v>336</v>
       </c>
-      <c r="F2" s="70" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="2:6" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" spans="2:6">
       <c r="B3" s="71" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="71" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="71" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
     </row>
-    <row r="4" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:6">
       <c r="B4" s="71" t="s">
+        <v>337</v>
+      </c>
+      <c r="C4" s="71" t="s">
+        <v>337</v>
+      </c>
+      <c r="D4" s="71" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E4" s="72">
         <v>4366000</v>
       </c>
       <c r="F4" s="72">
         <v>610268.96</v>
       </c>
     </row>
-    <row r="5" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:6">
       <c r="B5" s="71" t="s">
+        <v>339</v>
+      </c>
+      <c r="C5" s="71" t="s">
+        <v>339</v>
+      </c>
+      <c r="D5" s="71" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E5" s="72">
         <v>4500000</v>
       </c>
       <c r="F5" s="72">
         <v>125586.72</v>
       </c>
     </row>
-    <row r="6" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:6">
       <c r="B6" s="71" t="s">
+        <v>341</v>
+      </c>
+      <c r="C6" s="71" t="s">
+        <v>341</v>
+      </c>
+      <c r="D6" s="71" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E6" s="72">
         <v>2000000</v>
       </c>
       <c r="F6" s="72">
         <v>290569</v>
       </c>
     </row>
-    <row r="7" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:6">
       <c r="B7" s="71" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C7" s="71" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="D7" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E7" s="72">
         <v>2000000</v>
       </c>
       <c r="F7" s="72">
         <v>171928</v>
       </c>
     </row>
-    <row r="8" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:6">
       <c r="B8" s="71" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C8" s="71" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="D8" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E8" s="72">
         <v>3567000</v>
       </c>
       <c r="F8" s="72">
         <v>321402.84000000003</v>
       </c>
     </row>
-    <row r="9" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:6">
       <c r="B9" s="71" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C9" s="71" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D9" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E9" s="72">
         <v>2000000</v>
       </c>
       <c r="F9" s="72">
         <v>202707.22</v>
       </c>
     </row>
-    <row r="10" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:6">
       <c r="B10" s="71" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C10" s="71" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D10" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E10" s="72">
         <v>1500000</v>
       </c>
       <c r="F10" s="72">
         <v>210123.49</v>
       </c>
     </row>
-    <row r="11" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:6">
       <c r="B11" s="71" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C11" s="71" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="D11" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E11" s="72">
         <v>3627000</v>
       </c>
       <c r="F11" s="72">
         <v>374196.34</v>
       </c>
     </row>
-    <row r="12" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:6">
       <c r="B12" s="71" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C12" s="71" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="D12" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E12" s="72">
         <v>4384000</v>
       </c>
       <c r="F12" s="72">
         <v>744187.72</v>
       </c>
     </row>
-    <row r="13" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:6">
       <c r="B13" s="71" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C13" s="71" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="D13" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E13" s="72">
         <v>3735000</v>
       </c>
       <c r="F13" s="72">
         <v>554337.88</v>
       </c>
     </row>
-    <row r="14" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:6">
       <c r="B14" s="71" t="s">
+        <v>350</v>
+      </c>
+      <c r="C14" s="71" t="s">
         <v>351</v>
       </c>
-      <c r="C14" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E14" s="72">
         <v>1750000</v>
       </c>
       <c r="F14" s="72">
         <v>152221.18</v>
       </c>
     </row>
-    <row r="15" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:6">
       <c r="B15" s="71" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C15" s="71" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D15" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E15" s="72">
         <v>1750000</v>
       </c>
       <c r="F15" s="72">
         <v>191343</v>
       </c>
     </row>
-    <row r="16" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:6">
       <c r="B16" s="71" t="s">
+        <v>353</v>
+      </c>
+      <c r="C16" s="71" t="s">
         <v>354</v>
       </c>
-      <c r="C16" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E16" s="72">
         <v>1750000</v>
       </c>
       <c r="F16" s="72">
         <v>185539.6</v>
       </c>
     </row>
-    <row r="17" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:6">
       <c r="B17" s="71" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C17" s="71" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="D17" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E17" s="72">
         <v>1750000</v>
       </c>
       <c r="F17" s="72">
         <v>204380</v>
       </c>
     </row>
-    <row r="18" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:6">
       <c r="B18" s="71" t="s">
+        <v>356</v>
+      </c>
+      <c r="C18" s="71" t="s">
         <v>357</v>
       </c>
-      <c r="C18" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E18" s="72">
         <v>1500000</v>
       </c>
       <c r="F18" s="72">
         <v>188402.12</v>
       </c>
     </row>
-    <row r="19" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:6">
       <c r="B19" s="71" t="s">
+        <v>358</v>
+      </c>
+      <c r="C19" s="71" t="s">
         <v>359</v>
       </c>
-      <c r="C19" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="71" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E19" s="72">
         <v>6609000</v>
       </c>
       <c r="F19" s="72">
         <v>900323.68</v>
       </c>
     </row>
-    <row r="20" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:6">
       <c r="B20" s="71" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C20" s="71" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D20" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E20" s="72">
         <v>1500000</v>
       </c>
       <c r="F20" s="72">
         <v>221406.2</v>
       </c>
     </row>
-    <row r="21" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:6">
       <c r="B21" s="71" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C21" s="71" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D21" s="71" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E21" s="72">
         <v>6000000</v>
       </c>
       <c r="F21" s="72">
         <v>728982.78</v>
       </c>
     </row>
-    <row r="22" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:6">
       <c r="B22" s="71" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C22" s="71" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D22" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E22" s="72">
         <v>1750000</v>
       </c>
       <c r="F22" s="72">
         <v>97773</v>
       </c>
     </row>
-    <row r="23" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:6">
       <c r="B23" s="71" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C23" s="71" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D23" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E23" s="72">
         <v>1750000</v>
       </c>
       <c r="F23" s="72">
         <v>124148</v>
       </c>
     </row>
-    <row r="24" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:6">
       <c r="B24" s="71" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C24" s="71" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D24" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E24" s="72">
         <v>2000000</v>
       </c>
       <c r="F24" s="72">
         <v>236302</v>
       </c>
     </row>
-    <row r="25" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:6">
       <c r="B25" s="71" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C25" s="71" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D25" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E25" s="72">
         <v>2000000</v>
       </c>
       <c r="F25" s="72">
         <v>158767</v>
       </c>
     </row>
-    <row r="26" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:6">
       <c r="B26" s="71" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C26" s="71" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D26" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E26" s="72">
         <v>3300000</v>
       </c>
       <c r="F26" s="72">
         <v>555492.93999999994</v>
       </c>
     </row>
-    <row r="27" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:6">
       <c r="B27" s="71" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C27" s="71" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D27" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E27" s="72">
         <v>2000000</v>
       </c>
       <c r="F27" s="72">
         <v>235545</v>
       </c>
     </row>
-    <row r="28" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:6">
       <c r="B28" s="71" t="s">
+        <v>368</v>
+      </c>
+      <c r="C28" s="71" t="s">
         <v>369</v>
       </c>
-      <c r="C28" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E28" s="72">
         <v>1500000</v>
       </c>
       <c r="F28" s="72">
         <v>304013.65999999997</v>
       </c>
     </row>
-    <row r="29" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:6">
       <c r="B29" s="71" t="s">
+        <v>370</v>
+      </c>
+      <c r="C29" s="71" t="s">
         <v>371</v>
       </c>
-      <c r="C29" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E29" s="72">
         <v>2000000</v>
       </c>
       <c r="F29" s="72">
         <v>284325.53999999998</v>
       </c>
     </row>
-    <row r="30" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:6">
       <c r="B30" s="71" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C30" s="71" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D30" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E30" s="72">
         <v>1500000</v>
       </c>
       <c r="F30" s="72">
         <v>149357.66</v>
       </c>
     </row>
-    <row r="31" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:6">
       <c r="B31" s="71" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C31" s="71" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D31" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E31" s="72">
         <v>2000000</v>
       </c>
       <c r="F31" s="72">
         <v>221923.58</v>
       </c>
     </row>
-    <row r="32" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:6">
       <c r="B32" s="71" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C32" s="71" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="D32" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E32" s="72">
         <v>2000000</v>
       </c>
       <c r="F32" s="72">
         <v>209544</v>
       </c>
     </row>
-    <row r="33" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:6">
       <c r="B33" s="71" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C33" s="71" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D33" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E33" s="72">
         <v>2500000</v>
       </c>
       <c r="F33" s="72">
         <v>405873</v>
       </c>
     </row>
-    <row r="34" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:6">
       <c r="B34" s="71" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C34" s="71" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D34" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E34" s="72">
         <v>3820000</v>
       </c>
       <c r="F34" s="72">
         <v>501590.36</v>
       </c>
     </row>
-    <row r="35" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:6">
       <c r="B35" s="71" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C35" s="71" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="D35" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E35" s="72">
         <v>2000000</v>
       </c>
       <c r="F35" s="72">
         <v>199911.96</v>
       </c>
     </row>
-    <row r="36" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:6">
       <c r="B36" s="71" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C36" s="71" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D36" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E36" s="72">
         <v>4265000</v>
       </c>
       <c r="F36" s="72">
         <v>181515</v>
       </c>
     </row>
-    <row r="37" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:6">
       <c r="B37" s="71" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C37" s="71" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="D37" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E37" s="72">
         <v>3671000</v>
       </c>
       <c r="F37" s="72">
         <v>396095.46</v>
       </c>
     </row>
-    <row r="38" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:6">
       <c r="B38" s="71" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C38" s="71" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D38" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E38" s="72">
         <v>1500000</v>
       </c>
       <c r="F38" s="72">
         <v>264580</v>
       </c>
     </row>
-    <row r="39" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:6">
       <c r="B39" s="71" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C39" s="71" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D39" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E39" s="72">
         <v>3778000</v>
       </c>
       <c r="F39" s="72">
         <v>521400.6</v>
       </c>
     </row>
-    <row r="40" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:6">
       <c r="B40" s="71" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C40" s="71" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D40" s="71" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E40" s="72">
         <v>6000000</v>
       </c>
       <c r="F40" s="72">
         <v>824952.24</v>
       </c>
     </row>
-    <row r="41" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:6">
       <c r="B41" s="71" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="C41" s="71" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="D41" s="71" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="E41" s="72">
         <v>6000000</v>
       </c>
       <c r="F41" s="72">
         <v>795940.3</v>
       </c>
     </row>
-    <row r="42" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:6">
       <c r="B42" s="71" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C42" s="71" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="D42" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E42" s="72">
         <v>3300000</v>
       </c>
       <c r="F42" s="72">
         <v>606803.1</v>
       </c>
     </row>
-    <row r="43" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:6">
       <c r="B43" s="71" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C43" s="71" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="D43" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E43" s="72">
         <v>1500000</v>
       </c>
       <c r="F43" s="72">
         <v>180637</v>
       </c>
     </row>
-    <row r="44" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:6">
       <c r="B44" s="71" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C44" s="71" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="D44" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E44" s="72">
         <v>1750000</v>
       </c>
       <c r="F44" s="72">
         <v>133969.32</v>
       </c>
     </row>
-    <row r="45" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:6">
       <c r="B45" s="71" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C45" s="71" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="D45" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E45" s="72">
         <v>1500000</v>
       </c>
       <c r="F45" s="72">
         <v>176012</v>
       </c>
     </row>
-    <row r="46" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:6">
       <c r="B46" s="71" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C46" s="71" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="D46" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E46" s="72">
         <v>1500000</v>
       </c>
       <c r="F46" s="72">
         <v>188998.96</v>
       </c>
     </row>
-    <row r="47" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:6">
       <c r="B47" s="71" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C47" s="71" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="D47" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E47" s="72">
         <v>2000000</v>
       </c>
       <c r="F47" s="72">
         <v>202006.2</v>
       </c>
     </row>
-    <row r="48" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:6">
       <c r="B48" s="71" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C48" s="71" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D48" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E48" s="72">
         <v>4341000</v>
       </c>
       <c r="F48" s="72">
         <v>718390.9</v>
       </c>
     </row>
-    <row r="49" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:6">
       <c r="B49" s="71" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C49" s="71" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D49" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E49" s="72">
         <v>4356000</v>
       </c>
       <c r="F49" s="72">
         <v>551892.54</v>
       </c>
     </row>
-    <row r="50" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:6">
       <c r="B50" s="71" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C50" s="71" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D50" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E50" s="72">
         <v>4388000</v>
       </c>
       <c r="F50" s="72">
         <v>586364.98</v>
       </c>
     </row>
-    <row r="51" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:6">
       <c r="B51" s="71" t="s">
+        <v>393</v>
+      </c>
+      <c r="C51" s="71" t="s">
         <v>394</v>
       </c>
-      <c r="C51" s="71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E51" s="72">
         <v>3604000</v>
       </c>
       <c r="F51" s="72">
         <v>707470.47</v>
       </c>
     </row>
-    <row r="52" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:6">
       <c r="B52" s="71" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C52" s="71" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="D52" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E52" s="72">
         <v>1500000</v>
       </c>
       <c r="F52" s="72">
         <v>227010</v>
       </c>
     </row>
-    <row r="53" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:6">
       <c r="B53" s="71" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C53" s="71" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="D53" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E53" s="72">
         <v>2000000</v>
       </c>
       <c r="F53" s="72">
         <v>101261.2</v>
       </c>
     </row>
-    <row r="54" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:6">
       <c r="B54" s="71" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C54" s="71" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D54" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E54" s="72">
         <v>2000000</v>
       </c>
       <c r="F54" s="72">
         <v>329690.03999999998</v>
       </c>
     </row>
-    <row r="55" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:6">
       <c r="B55" s="71" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C55" s="71" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D55" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E55" s="72">
         <v>1500000</v>
       </c>
       <c r="F55" s="72">
         <v>258980.42</v>
       </c>
     </row>
-    <row r="56" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:6">
       <c r="B56" s="71" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C56" s="71" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D56" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E56" s="72">
         <v>2000000</v>
       </c>
       <c r="F56" s="72">
         <v>181799</v>
       </c>
     </row>
-    <row r="57" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:6">
       <c r="B57" s="71" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C57" s="71" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D57" s="71" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E57" s="72">
         <v>4158000</v>
       </c>
       <c r="F57" s="72">
         <v>744451.52</v>
       </c>
     </row>
-    <row r="58" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:6">
       <c r="B58" s="71" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C58" s="71" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D58" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E58" s="72">
         <v>2000000</v>
       </c>
       <c r="F58" s="72">
         <v>234786.32</v>
       </c>
     </row>
-    <row r="59" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:6">
       <c r="B59" s="71" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C59" s="71" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D59" s="71" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="E59" s="72">
         <v>2000000</v>
       </c>
       <c r="F59" s="72">
         <v>122531</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B2:F59" xr:uid="{034068CF-DE68-4DD2-BC91-E8B737266E6F}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:F59">
       <sortCondition ref="C2:C59"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B31C2518-EBEE-47F2-BF8E-E560FC1BC3DE}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="B3:B30"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="6.5" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="8.83203125" customWidth="1"/>
+    <col min="1" max="1" width="6.42578125" customWidth="1"/>
+    <col min="2" max="2" width="140.5703125" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" customWidth="1"/>
+    <col min="4" max="4" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:2" ht="16" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="4" spans="2:2" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:2" ht="15" thickBot="1"/>
+    <row r="4" spans="2:2" ht="17.25" customHeight="1" thickBot="1">
       <c r="B4" s="140" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="5" spans="2:2" ht="16" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:2" ht="15.95">
       <c r="B5" s="121" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="7" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B7" s="203" t="s">
+    <row r="7" spans="2:2">
+      <c r="B7" s="197" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="8" spans="2:2" ht="45" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:2" ht="39">
       <c r="B8" s="36" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="10" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B10" s="203" t="s">
+    <row r="10" spans="2:2">
+      <c r="B10" s="197" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="11" spans="2:2" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:2" ht="135" customHeight="1">
       <c r="B11" s="4"/>
     </row>
-    <row r="13" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B13" s="203" t="s">
+    <row r="13" spans="2:2">
+      <c r="B13" s="197" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="14" spans="2:2" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:2" ht="36.75" customHeight="1">
       <c r="B14" s="36" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="15" spans="2:2" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B16" s="203" t="s">
+    <row r="15" spans="2:2" ht="6.75" customHeight="1"/>
+    <row r="16" spans="2:2">
+      <c r="B16" s="197" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="17" spans="2:2" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:2" ht="135" customHeight="1">
       <c r="B17" s="4"/>
     </row>
-    <row r="20" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B20" s="203" t="s">
+    <row r="20" spans="2:2">
+      <c r="B20" s="197" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="21" spans="2:2" ht="30" x14ac:dyDescent="0.2">
-      <c r="B21" s="174" t="s">
+    <row r="21" spans="2:2" ht="26.45">
+      <c r="B21" s="168" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="22" spans="2:2" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B23" s="203" t="s">
+    <row r="22" spans="2:2" ht="7.5" customHeight="1"/>
+    <row r="23" spans="2:2">
+      <c r="B23" s="197" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="24" spans="2:2" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:2" ht="135" customHeight="1">
       <c r="B24" s="4"/>
     </row>
-    <row r="26" spans="2:2" x14ac:dyDescent="0.2">
-      <c r="B26" s="203" t="s">
+    <row r="26" spans="2:2">
+      <c r="B26" s="197" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="27" spans="2:2" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:2">
       <c r="B27" s="36" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="28" spans="2:2" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B29" s="203" t="s">
+    <row r="28" spans="2:2" ht="9.75" customHeight="1"/>
+    <row r="29" spans="2:2">
+      <c r="B29" s="197" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="30" spans="2:2" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:2" ht="135" customHeight="1">
       <c r="B30" s="4"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74CB531E-A1AB-41E7-B4BF-DBBFE2D602DA}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
   <dimension ref="B1:AA100"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J11" sqref="J11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="12" outlineLevelCol="2" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.45" outlineLevelCol="2"/>
   <cols>
-    <col min="1" max="1" width="3.5" style="37" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="16.6640625" style="37" customWidth="1"/>
+    <col min="1" max="1" width="3.42578125" style="37" customWidth="1"/>
+    <col min="2" max="2" width="24.28515625" style="37" customWidth="1"/>
+    <col min="3" max="3" width="41.140625" style="37" customWidth="1"/>
+    <col min="4" max="4" width="70.5703125" style="110" customWidth="1"/>
+    <col min="5" max="5" width="28.28515625" style="37" customWidth="1"/>
+    <col min="6" max="6" width="36.5703125" style="37" customWidth="1"/>
+    <col min="7" max="7" width="16.7109375" style="37" customWidth="1"/>
     <col min="8" max="8" width="21" style="37" customWidth="1"/>
-    <col min="9" max="9" width="27.83203125" style="37" customWidth="1" outlineLevel="2"/>
-[...18 lines deleted...]
-    <col min="28" max="16384" width="8.83203125" style="37"/>
+    <col min="9" max="9" width="27.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="10" max="10" width="21.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="11" max="11" width="22.85546875" style="37" customWidth="1" outlineLevel="1"/>
+    <col min="12" max="12" width="27.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="13" max="13" width="21.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="14" max="14" width="28.85546875" style="37" customWidth="1" outlineLevel="1"/>
+    <col min="15" max="15" width="27.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="16" max="16" width="21.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="17" max="17" width="22.85546875" style="37" customWidth="1" outlineLevel="1"/>
+    <col min="18" max="18" width="19.5703125" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="19" max="19" width="17.140625" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="20" max="20" width="22.85546875" style="37" customWidth="1" outlineLevel="1"/>
+    <col min="21" max="21" width="19.85546875" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="22" max="22" width="16.7109375" style="37" customWidth="1" outlineLevel="2"/>
+    <col min="23" max="23" width="22.85546875" style="37" customWidth="1" outlineLevel="1"/>
+    <col min="24" max="24" width="24.5703125" style="37" customWidth="1"/>
+    <col min="25" max="25" width="22.5703125" style="37" customWidth="1"/>
+    <col min="26" max="26" width="20.5703125" style="37" customWidth="1"/>
+    <col min="27" max="27" width="28.7109375" style="37" customWidth="1"/>
+    <col min="28" max="16384" width="8.85546875" style="37"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:27" ht="13" thickBot="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="C2" s="209" t="s">
+    <row r="1" spans="2:27" ht="12" thickBot="1"/>
+    <row r="2" spans="2:27" ht="20.45" customHeight="1" thickBot="1">
+      <c r="C2" s="205" t="s">
         <v>64</v>
       </c>
-      <c r="D2" s="210"/>
-[...2 lines deleted...]
-    <row r="3" spans="2:27" ht="16" x14ac:dyDescent="0.2">
+      <c r="D2" s="206"/>
+      <c r="E2" s="207"/>
+    </row>
+    <row r="3" spans="2:27" ht="15.6">
       <c r="C3" s="122" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="4" spans="2:27" ht="11.25" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="6" spans="2:27" ht="26" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="4" spans="2:27" ht="11.25" customHeight="1"/>
+    <row r="6" spans="2:27" ht="26.1" customHeight="1">
       <c r="B6" s="54" t="s">
         <v>66</v>
       </c>
       <c r="C6" s="155" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
       <c r="D6" s="144"/>
       <c r="E6" s="39"/>
       <c r="F6" s="39"/>
       <c r="G6" s="39"/>
       <c r="H6" s="39"/>
     </row>
-    <row r="7" spans="2:27" s="38" customFormat="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="2:27" s="38" customFormat="1" ht="12">
       <c r="C7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="D7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="E7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="G7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="H7" s="38" t="s">
         <v>67</v>
       </c>
       <c r="I7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="J7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="L7" s="38" t="s">
@@ -9472,52 +9449,52 @@
       <c r="M7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="O7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="P7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="R7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="S7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="U7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="V7" s="38" t="s">
         <v>68</v>
       </c>
       <c r="AA7" s="38" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="8" spans="2:27" ht="13" x14ac:dyDescent="0.15">
-      <c r="B8" s="162" t="s">
+    <row r="8" spans="2:27" ht="12">
+      <c r="B8" s="124" t="s">
         <v>69</v>
       </c>
       <c r="C8" s="124" t="s">
         <v>70</v>
       </c>
       <c r="D8" s="145" t="s">
         <v>70</v>
       </c>
       <c r="E8" s="124" t="s">
         <v>70</v>
       </c>
       <c r="F8" s="124" t="s">
         <v>70</v>
       </c>
       <c r="G8" s="123" t="s">
         <v>70</v>
       </c>
       <c r="H8" s="123" t="s">
         <v>71</v>
       </c>
       <c r="I8" s="125" t="s">
         <v>71</v>
       </c>
       <c r="J8" s="125" t="s">
         <v>71</v>
@@ -9552,51 +9529,51 @@
       <c r="T8" s="125" t="s">
         <v>72</v>
       </c>
       <c r="U8" s="125" t="s">
         <v>71</v>
       </c>
       <c r="V8" s="125" t="s">
         <v>71</v>
       </c>
       <c r="W8" s="125" t="s">
         <v>72</v>
       </c>
       <c r="X8" s="125" t="s">
         <v>72</v>
       </c>
       <c r="Y8" s="125" t="s">
         <v>72</v>
       </c>
       <c r="Z8" s="125" t="s">
         <v>72</v>
       </c>
       <c r="AA8" s="125" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="9" spans="2:27" s="57" customFormat="1" ht="26" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:27" s="57" customFormat="1" ht="34.5">
       <c r="B9" s="54" t="s">
         <v>73</v>
       </c>
       <c r="C9" s="54" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="146" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="60" t="s">
         <v>74</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>75</v>
       </c>
       <c r="G9" s="126" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="126" t="s">
         <v>76</v>
       </c>
       <c r="I9" s="101" t="s">
         <v>77</v>
       </c>
       <c r="J9" s="101" t="s">
@@ -9632,51 +9609,51 @@
       <c r="T9" s="102" t="s">
         <v>88</v>
       </c>
       <c r="U9" s="101" t="s">
         <v>89</v>
       </c>
       <c r="V9" s="101" t="s">
         <v>90</v>
       </c>
       <c r="W9" s="102" t="s">
         <v>91</v>
       </c>
       <c r="X9" s="55" t="s">
         <v>92</v>
       </c>
       <c r="Y9" s="41" t="s">
         <v>93</v>
       </c>
       <c r="Z9" s="56" t="s">
         <v>94</v>
       </c>
       <c r="AA9" s="42" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="10" spans="2:27" ht="26" x14ac:dyDescent="0.15">
+    <row r="10" spans="2:27" ht="23.1">
       <c r="B10" s="43" t="str">
         <f t="shared" ref="B10:B41" si="0">$C$6</f>
         <v>Example</v>
       </c>
       <c r="C10" s="44" t="s">
         <v>95</v>
       </c>
       <c r="D10" s="73" t="s">
         <v>96</v>
       </c>
       <c r="E10" s="44"/>
       <c r="F10" s="44"/>
       <c r="G10" s="44"/>
       <c r="H10" s="44"/>
       <c r="I10" s="45"/>
       <c r="J10" s="91"/>
       <c r="K10" s="46">
         <f>SUM(I10:J10)</f>
         <v>0</v>
       </c>
       <c r="L10" s="45"/>
       <c r="M10" s="91"/>
       <c r="N10" s="46">
         <f>SUM(L10:M10)</f>
         <v>0</v>
@@ -9691,51 +9668,51 @@
       <c r="S10" s="45"/>
       <c r="T10" s="46">
         <f>SUM(R10:S10)</f>
         <v>0</v>
       </c>
       <c r="U10" s="47"/>
       <c r="V10" s="47"/>
       <c r="W10" s="48">
         <f>SUM(U10:V10)</f>
         <v>0</v>
       </c>
       <c r="X10" s="48">
         <f>W10+T10+Q10+N10+K10</f>
         <v>0</v>
       </c>
       <c r="Y10" s="53" t="str">
         <f>IF(G10="WHO",(0.07*X10),IF(G10="UNICEF",(0.08*X10),IF(G10="CDC Foundation",(0.12*X10)," ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z10" s="48">
         <f>SUM(X10:Y10)</f>
         <v>0</v>
       </c>
       <c r="AA10" s="49"/>
     </row>
-    <row r="11" spans="2:27" ht="39" x14ac:dyDescent="0.15">
+    <row r="11" spans="2:27" ht="34.5">
       <c r="B11" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C11" s="44" t="s">
         <v>95</v>
       </c>
       <c r="D11" s="73" t="s">
         <v>97</v>
       </c>
       <c r="E11" s="44"/>
       <c r="F11" s="44"/>
       <c r="G11" s="44"/>
       <c r="H11" s="44"/>
       <c r="I11" s="45"/>
       <c r="J11" s="91"/>
       <c r="K11" s="46">
         <f t="shared" ref="K11:K52" si="1">SUM(I11:J11)</f>
         <v>0</v>
       </c>
       <c r="L11" s="45"/>
       <c r="M11" s="91"/>
       <c r="N11" s="46">
         <f t="shared" ref="N11:N52" si="2">SUM(L11:M11)</f>
         <v>0</v>
@@ -9750,51 +9727,51 @@
       <c r="S11" s="45"/>
       <c r="T11" s="46">
         <f t="shared" ref="T11:T52" si="4">SUM(R11:S11)</f>
         <v>0</v>
       </c>
       <c r="U11" s="47"/>
       <c r="V11" s="47"/>
       <c r="W11" s="48">
         <f t="shared" ref="W11:W52" si="5">SUM(U11:V11)</f>
         <v>0</v>
       </c>
       <c r="X11" s="48">
         <f t="shared" ref="X11:X52" si="6">W11+T11+Q11+N11+K11</f>
         <v>0</v>
       </c>
       <c r="Y11" s="53" t="str">
         <f>IF(G11="WHO",(0.07*X11),IF(G11="UNICEF",(0.08*X11),IF(G11="CDC Foundation",(0.12*X11)," ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z11" s="48">
         <f t="shared" ref="Z11:Z52" si="7">SUM(X11:Y11)</f>
         <v>0</v>
       </c>
       <c r="AA11" s="49"/>
     </row>
-    <row r="12" spans="2:27" ht="39" x14ac:dyDescent="0.15">
+    <row r="12" spans="2:27" ht="34.5">
       <c r="B12" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C12" s="44" t="s">
         <v>95</v>
       </c>
       <c r="D12" s="73" t="s">
         <v>98</v>
       </c>
       <c r="E12" s="44"/>
       <c r="F12" s="44"/>
       <c r="G12" s="44"/>
       <c r="H12" s="44"/>
       <c r="I12" s="45"/>
       <c r="J12" s="91"/>
       <c r="K12" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L12" s="45"/>
       <c r="M12" s="91"/>
       <c r="N12" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
@@ -9809,51 +9786,51 @@
       <c r="S12" s="45"/>
       <c r="T12" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U12" s="47"/>
       <c r="V12" s="47"/>
       <c r="W12" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X12" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y12" s="53" t="str">
         <f t="shared" ref="Y12:Y41" si="8">IF(G12="WHO",(0.07*X12),IF(G12="UNICEF",(0.08*X12),IF(G12="CDC Foundation",(0.12*X12)," ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z12" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA12" s="49"/>
     </row>
-    <row r="13" spans="2:27" ht="26" x14ac:dyDescent="0.15">
+    <row r="13" spans="2:27" ht="23.1">
       <c r="B13" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C13" s="44" t="s">
         <v>95</v>
       </c>
       <c r="D13" s="73" t="s">
         <v>99</v>
       </c>
       <c r="E13" s="44"/>
       <c r="F13" s="44"/>
       <c r="G13" s="44"/>
       <c r="H13" s="44"/>
       <c r="I13" s="45"/>
       <c r="J13" s="91"/>
       <c r="K13" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L13" s="45"/>
       <c r="M13" s="91"/>
       <c r="N13" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
@@ -9868,51 +9845,51 @@
       <c r="S13" s="45"/>
       <c r="T13" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U13" s="47"/>
       <c r="V13" s="47"/>
       <c r="W13" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X13" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y13" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z13" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA13" s="49"/>
     </row>
-    <row r="14" spans="2:27" ht="39" x14ac:dyDescent="0.15">
+    <row r="14" spans="2:27" ht="34.5">
       <c r="B14" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C14" s="44" t="s">
         <v>95</v>
       </c>
       <c r="D14" s="73" t="s">
         <v>100</v>
       </c>
       <c r="E14" s="44"/>
       <c r="F14" s="44"/>
       <c r="G14" s="44"/>
       <c r="H14" s="44"/>
       <c r="I14" s="45"/>
       <c r="J14" s="91"/>
       <c r="K14" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L14" s="45"/>
       <c r="M14" s="91"/>
       <c r="N14" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
@@ -9927,51 +9904,51 @@
       <c r="S14" s="45"/>
       <c r="T14" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U14" s="47"/>
       <c r="V14" s="47"/>
       <c r="W14" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X14" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y14" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z14" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA14" s="49"/>
     </row>
-    <row r="15" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="15" spans="2:27">
       <c r="B15" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C15" s="44"/>
       <c r="D15" s="73"/>
       <c r="E15" s="44"/>
       <c r="F15" s="44"/>
       <c r="G15" s="44"/>
       <c r="H15" s="44"/>
       <c r="I15" s="45"/>
       <c r="J15" s="91"/>
       <c r="K15" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L15" s="45"/>
       <c r="M15" s="91"/>
       <c r="N15" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O15" s="45"/>
       <c r="P15" s="45"/>
       <c r="Q15" s="46">
@@ -9982,106 +9959,110 @@
       <c r="S15" s="45"/>
       <c r="T15" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U15" s="47"/>
       <c r="V15" s="47"/>
       <c r="W15" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X15" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y15" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z15" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA15" s="49"/>
     </row>
-    <row r="16" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="16" spans="2:27">
       <c r="B16" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
-      <c r="C16" s="44"/>
-      <c r="D16" s="73"/>
+      <c r="C16" s="44" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" s="73" t="s">
+        <v>102</v>
+      </c>
       <c r="E16" s="44"/>
       <c r="F16" s="44"/>
       <c r="G16" s="44"/>
       <c r="H16" s="44"/>
       <c r="I16" s="45"/>
       <c r="J16" s="91"/>
       <c r="K16" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L16" s="45"/>
       <c r="M16" s="91"/>
       <c r="N16" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O16" s="45"/>
       <c r="P16" s="45"/>
       <c r="Q16" s="46">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R16" s="45"/>
       <c r="S16" s="45"/>
       <c r="T16" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U16" s="47"/>
       <c r="V16" s="47"/>
       <c r="W16" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X16" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y16" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z16" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA16" s="49"/>
     </row>
-    <row r="17" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="17" spans="2:27">
       <c r="B17" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C17" s="44"/>
       <c r="D17" s="73"/>
       <c r="E17" s="44"/>
       <c r="F17" s="44"/>
       <c r="G17" s="44"/>
       <c r="H17" s="44"/>
       <c r="I17" s="45"/>
       <c r="J17" s="91"/>
       <c r="K17" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L17" s="45"/>
       <c r="M17" s="91"/>
       <c r="N17" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O17" s="45"/>
       <c r="P17" s="45"/>
       <c r="Q17" s="46">
@@ -10092,51 +10073,51 @@
       <c r="S17" s="45"/>
       <c r="T17" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U17" s="47"/>
       <c r="V17" s="47"/>
       <c r="W17" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X17" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y17" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z17" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA17" s="49"/>
     </row>
-    <row r="18" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="18" spans="2:27">
       <c r="B18" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C18" s="44"/>
       <c r="D18" s="73"/>
       <c r="E18" s="44"/>
       <c r="F18" s="44"/>
       <c r="G18" s="44"/>
       <c r="H18" s="44"/>
       <c r="I18" s="45"/>
       <c r="J18" s="91"/>
       <c r="K18" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L18" s="45"/>
       <c r="M18" s="91"/>
       <c r="N18" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O18" s="45"/>
       <c r="P18" s="45"/>
       <c r="Q18" s="46">
@@ -10147,51 +10128,51 @@
       <c r="S18" s="45"/>
       <c r="T18" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U18" s="47"/>
       <c r="V18" s="47"/>
       <c r="W18" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X18" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y18" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z18" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA18" s="49"/>
     </row>
-    <row r="19" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="19" spans="2:27">
       <c r="B19" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C19" s="44"/>
       <c r="D19" s="73"/>
       <c r="E19" s="44"/>
       <c r="F19" s="44"/>
       <c r="G19" s="44"/>
       <c r="H19" s="44"/>
       <c r="I19" s="45"/>
       <c r="J19" s="91"/>
       <c r="K19" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L19" s="45"/>
       <c r="M19" s="91"/>
       <c r="N19" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O19" s="45"/>
       <c r="P19" s="45"/>
       <c r="Q19" s="46">
@@ -10202,51 +10183,51 @@
       <c r="S19" s="45"/>
       <c r="T19" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U19" s="47"/>
       <c r="V19" s="47"/>
       <c r="W19" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X19" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y19" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z19" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA19" s="49"/>
     </row>
-    <row r="20" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="20" spans="2:27">
       <c r="B20" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C20" s="44"/>
       <c r="D20" s="73"/>
       <c r="E20" s="44"/>
       <c r="F20" s="44"/>
       <c r="G20" s="44"/>
       <c r="H20" s="44"/>
       <c r="I20" s="45"/>
       <c r="J20" s="91"/>
       <c r="K20" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L20" s="45"/>
       <c r="M20" s="91"/>
       <c r="N20" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O20" s="45"/>
       <c r="P20" s="45"/>
       <c r="Q20" s="46">
@@ -10257,51 +10238,51 @@
       <c r="S20" s="45"/>
       <c r="T20" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U20" s="47"/>
       <c r="V20" s="47"/>
       <c r="W20" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X20" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y20" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z20" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA20" s="49"/>
     </row>
-    <row r="21" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="21" spans="2:27">
       <c r="B21" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C21" s="44"/>
       <c r="D21" s="73"/>
       <c r="E21" s="44"/>
       <c r="F21" s="44"/>
       <c r="G21" s="44"/>
       <c r="H21" s="44"/>
       <c r="I21" s="45"/>
       <c r="J21" s="91"/>
       <c r="K21" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L21" s="45"/>
       <c r="M21" s="91"/>
       <c r="N21" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O21" s="45"/>
       <c r="P21" s="45"/>
       <c r="Q21" s="46">
@@ -10312,51 +10293,51 @@
       <c r="S21" s="45"/>
       <c r="T21" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U21" s="47"/>
       <c r="V21" s="47"/>
       <c r="W21" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X21" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y21" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z21" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA21" s="49"/>
     </row>
-    <row r="22" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="22" spans="2:27">
       <c r="B22" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C22" s="44"/>
       <c r="D22" s="73"/>
       <c r="E22" s="44"/>
       <c r="F22" s="44"/>
       <c r="G22" s="44"/>
       <c r="H22" s="44"/>
       <c r="I22" s="45"/>
       <c r="J22" s="91"/>
       <c r="K22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L22" s="45"/>
       <c r="M22" s="91"/>
       <c r="N22" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O22" s="45"/>
       <c r="P22" s="45"/>
       <c r="Q22" s="46">
@@ -10367,51 +10348,51 @@
       <c r="S22" s="45"/>
       <c r="T22" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U22" s="47"/>
       <c r="V22" s="47"/>
       <c r="W22" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X22" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y22" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z22" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA22" s="49"/>
     </row>
-    <row r="23" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="23" spans="2:27">
       <c r="B23" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C23" s="44"/>
       <c r="D23" s="73"/>
       <c r="E23" s="44"/>
       <c r="F23" s="44"/>
       <c r="G23" s="44"/>
       <c r="H23" s="44"/>
       <c r="I23" s="45"/>
       <c r="J23" s="91"/>
       <c r="K23" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L23" s="45"/>
       <c r="M23" s="91"/>
       <c r="N23" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O23" s="45"/>
       <c r="P23" s="45"/>
       <c r="Q23" s="46">
@@ -10422,51 +10403,51 @@
       <c r="S23" s="45"/>
       <c r="T23" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U23" s="47"/>
       <c r="V23" s="47"/>
       <c r="W23" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X23" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y23" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z23" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA23" s="49"/>
     </row>
-    <row r="24" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="24" spans="2:27">
       <c r="B24" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C24" s="44"/>
       <c r="D24" s="73"/>
       <c r="E24" s="44"/>
       <c r="F24" s="44"/>
       <c r="G24" s="44"/>
       <c r="H24" s="44"/>
       <c r="I24" s="45"/>
       <c r="J24" s="91"/>
       <c r="K24" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L24" s="45"/>
       <c r="M24" s="91"/>
       <c r="N24" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O24" s="45"/>
       <c r="P24" s="45"/>
       <c r="Q24" s="46">
@@ -10477,51 +10458,51 @@
       <c r="S24" s="45"/>
       <c r="T24" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U24" s="47"/>
       <c r="V24" s="47"/>
       <c r="W24" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X24" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y24" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z24" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA24" s="49"/>
     </row>
-    <row r="25" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="25" spans="2:27">
       <c r="B25" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C25" s="44"/>
       <c r="D25" s="73"/>
       <c r="E25" s="44"/>
       <c r="F25" s="44"/>
       <c r="G25" s="44"/>
       <c r="H25" s="44"/>
       <c r="I25" s="45"/>
       <c r="J25" s="91"/>
       <c r="K25" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L25" s="45"/>
       <c r="M25" s="91"/>
       <c r="N25" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O25" s="45"/>
       <c r="P25" s="45"/>
       <c r="Q25" s="46">
@@ -10532,51 +10513,51 @@
       <c r="S25" s="45"/>
       <c r="T25" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U25" s="47"/>
       <c r="V25" s="47"/>
       <c r="W25" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X25" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y25" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z25" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA25" s="49"/>
     </row>
-    <row r="26" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="26" spans="2:27">
       <c r="B26" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C26" s="44"/>
       <c r="D26" s="73"/>
       <c r="E26" s="44"/>
       <c r="F26" s="44"/>
       <c r="G26" s="44"/>
       <c r="H26" s="44"/>
       <c r="I26" s="45"/>
       <c r="J26" s="91"/>
       <c r="K26" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L26" s="45"/>
       <c r="M26" s="91"/>
       <c r="N26" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O26" s="45"/>
       <c r="P26" s="45"/>
       <c r="Q26" s="46">
@@ -10587,51 +10568,51 @@
       <c r="S26" s="45"/>
       <c r="T26" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U26" s="47"/>
       <c r="V26" s="47"/>
       <c r="W26" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X26" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y26" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z26" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA26" s="49"/>
     </row>
-    <row r="27" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="27" spans="2:27">
       <c r="B27" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C27" s="44"/>
       <c r="D27" s="73"/>
       <c r="E27" s="44"/>
       <c r="F27" s="44"/>
       <c r="G27" s="44"/>
       <c r="H27" s="44"/>
       <c r="I27" s="45"/>
       <c r="J27" s="91"/>
       <c r="K27" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L27" s="45"/>
       <c r="M27" s="91"/>
       <c r="N27" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O27" s="45"/>
       <c r="P27" s="45"/>
       <c r="Q27" s="46">
@@ -10642,51 +10623,51 @@
       <c r="S27" s="45"/>
       <c r="T27" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U27" s="47"/>
       <c r="V27" s="47"/>
       <c r="W27" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X27" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y27" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z27" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA27" s="49"/>
     </row>
-    <row r="28" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="28" spans="2:27">
       <c r="B28" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C28" s="44"/>
       <c r="D28" s="73"/>
       <c r="E28" s="44"/>
       <c r="F28" s="44"/>
       <c r="G28" s="44"/>
       <c r="H28" s="44"/>
       <c r="I28" s="45"/>
       <c r="J28" s="91"/>
       <c r="K28" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L28" s="45"/>
       <c r="M28" s="91"/>
       <c r="N28" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O28" s="45"/>
       <c r="P28" s="45"/>
       <c r="Q28" s="46">
@@ -10697,51 +10678,51 @@
       <c r="S28" s="45"/>
       <c r="T28" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U28" s="47"/>
       <c r="V28" s="47"/>
       <c r="W28" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X28" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y28" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z28" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA28" s="49"/>
     </row>
-    <row r="29" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="29" spans="2:27">
       <c r="B29" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C29" s="44"/>
       <c r="D29" s="73"/>
       <c r="E29" s="44"/>
       <c r="F29" s="44"/>
       <c r="G29" s="44"/>
       <c r="H29" s="44"/>
       <c r="I29" s="45"/>
       <c r="J29" s="91"/>
       <c r="K29" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L29" s="45"/>
       <c r="M29" s="91"/>
       <c r="N29" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="45"/>
       <c r="P29" s="45"/>
       <c r="Q29" s="46">
@@ -10752,51 +10733,51 @@
       <c r="S29" s="45"/>
       <c r="T29" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U29" s="47"/>
       <c r="V29" s="47"/>
       <c r="W29" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X29" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y29" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z29" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA29" s="49"/>
     </row>
-    <row r="30" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="30" spans="2:27">
       <c r="B30" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C30" s="44"/>
       <c r="D30" s="73"/>
       <c r="E30" s="44"/>
       <c r="F30" s="44"/>
       <c r="G30" s="44"/>
       <c r="H30" s="44"/>
       <c r="I30" s="45"/>
       <c r="J30" s="91"/>
       <c r="K30" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L30" s="45"/>
       <c r="M30" s="91"/>
       <c r="N30" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O30" s="45"/>
       <c r="P30" s="45"/>
       <c r="Q30" s="46">
@@ -10807,51 +10788,51 @@
       <c r="S30" s="45"/>
       <c r="T30" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U30" s="47"/>
       <c r="V30" s="47"/>
       <c r="W30" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X30" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y30" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z30" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA30" s="49"/>
     </row>
-    <row r="31" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="31" spans="2:27">
       <c r="B31" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C31" s="44"/>
       <c r="D31" s="73"/>
       <c r="E31" s="44"/>
       <c r="F31" s="44"/>
       <c r="G31" s="44"/>
       <c r="H31" s="44"/>
       <c r="I31" s="45"/>
       <c r="J31" s="91"/>
       <c r="K31" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L31" s="45"/>
       <c r="M31" s="91"/>
       <c r="N31" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O31" s="45"/>
       <c r="P31" s="45"/>
       <c r="Q31" s="46">
@@ -10862,51 +10843,51 @@
       <c r="S31" s="45"/>
       <c r="T31" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U31" s="47"/>
       <c r="V31" s="47"/>
       <c r="W31" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X31" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y31" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z31" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA31" s="49"/>
     </row>
-    <row r="32" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="32" spans="2:27">
       <c r="B32" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C32" s="44"/>
       <c r="D32" s="73"/>
       <c r="E32" s="44"/>
       <c r="F32" s="44"/>
       <c r="G32" s="44"/>
       <c r="H32" s="44"/>
       <c r="I32" s="45"/>
       <c r="J32" s="91"/>
       <c r="K32" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L32" s="45"/>
       <c r="M32" s="91"/>
       <c r="N32" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O32" s="45"/>
       <c r="P32" s="45"/>
       <c r="Q32" s="46">
@@ -10917,51 +10898,51 @@
       <c r="S32" s="45"/>
       <c r="T32" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U32" s="47"/>
       <c r="V32" s="47"/>
       <c r="W32" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X32" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y32" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z32" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA32" s="49"/>
     </row>
-    <row r="33" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="33" spans="2:27">
       <c r="B33" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C33" s="44"/>
       <c r="D33" s="73"/>
       <c r="E33" s="44"/>
       <c r="F33" s="44"/>
       <c r="G33" s="44"/>
       <c r="H33" s="44"/>
       <c r="I33" s="45"/>
       <c r="J33" s="91"/>
       <c r="K33" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L33" s="45"/>
       <c r="M33" s="91"/>
       <c r="N33" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O33" s="45"/>
       <c r="P33" s="45"/>
       <c r="Q33" s="46">
@@ -10972,51 +10953,51 @@
       <c r="S33" s="45"/>
       <c r="T33" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U33" s="47"/>
       <c r="V33" s="47"/>
       <c r="W33" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X33" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y33" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z33" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA33" s="49"/>
     </row>
-    <row r="34" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="34" spans="2:27">
       <c r="B34" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C34" s="44"/>
       <c r="D34" s="73"/>
       <c r="E34" s="44"/>
       <c r="F34" s="44"/>
       <c r="G34" s="44"/>
       <c r="H34" s="44"/>
       <c r="I34" s="45"/>
       <c r="J34" s="91"/>
       <c r="K34" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L34" s="45"/>
       <c r="M34" s="91"/>
       <c r="N34" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O34" s="45"/>
       <c r="P34" s="45"/>
       <c r="Q34" s="46">
@@ -11027,51 +11008,51 @@
       <c r="S34" s="45"/>
       <c r="T34" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U34" s="47"/>
       <c r="V34" s="47"/>
       <c r="W34" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X34" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y34" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z34" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA34" s="49"/>
     </row>
-    <row r="35" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="35" spans="2:27">
       <c r="B35" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C35" s="44"/>
       <c r="D35" s="73"/>
       <c r="E35" s="44"/>
       <c r="F35" s="44"/>
       <c r="G35" s="44"/>
       <c r="H35" s="44"/>
       <c r="I35" s="45"/>
       <c r="J35" s="91"/>
       <c r="K35" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L35" s="45"/>
       <c r="M35" s="91"/>
       <c r="N35" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O35" s="45"/>
       <c r="P35" s="45"/>
       <c r="Q35" s="46">
@@ -11082,51 +11063,51 @@
       <c r="S35" s="45"/>
       <c r="T35" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U35" s="47"/>
       <c r="V35" s="47"/>
       <c r="W35" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X35" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y35" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z35" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA35" s="49"/>
     </row>
-    <row r="36" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="36" spans="2:27">
       <c r="B36" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C36" s="44"/>
       <c r="D36" s="73"/>
       <c r="E36" s="44"/>
       <c r="F36" s="44"/>
       <c r="G36" s="44"/>
       <c r="H36" s="44"/>
       <c r="I36" s="45"/>
       <c r="J36" s="91"/>
       <c r="K36" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L36" s="45"/>
       <c r="M36" s="91"/>
       <c r="N36" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O36" s="45"/>
       <c r="P36" s="45"/>
       <c r="Q36" s="46">
@@ -11137,51 +11118,51 @@
       <c r="S36" s="45"/>
       <c r="T36" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U36" s="47"/>
       <c r="V36" s="47"/>
       <c r="W36" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X36" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y36" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z36" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA36" s="49"/>
     </row>
-    <row r="37" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="37" spans="2:27">
       <c r="B37" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C37" s="44"/>
       <c r="D37" s="73"/>
       <c r="E37" s="44"/>
       <c r="F37" s="44"/>
       <c r="G37" s="44"/>
       <c r="H37" s="44"/>
       <c r="I37" s="45"/>
       <c r="J37" s="91"/>
       <c r="K37" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L37" s="45"/>
       <c r="M37" s="91"/>
       <c r="N37" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O37" s="45"/>
       <c r="P37" s="45"/>
       <c r="Q37" s="46">
@@ -11192,51 +11173,51 @@
       <c r="S37" s="45"/>
       <c r="T37" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U37" s="47"/>
       <c r="V37" s="47"/>
       <c r="W37" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X37" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y37" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z37" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA37" s="49"/>
     </row>
-    <row r="38" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="38" spans="2:27">
       <c r="B38" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C38" s="44"/>
       <c r="D38" s="73"/>
       <c r="E38" s="44"/>
       <c r="F38" s="44"/>
       <c r="G38" s="44"/>
       <c r="H38" s="44"/>
       <c r="I38" s="45"/>
       <c r="J38" s="91"/>
       <c r="K38" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L38" s="45"/>
       <c r="M38" s="91"/>
       <c r="N38" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O38" s="45"/>
       <c r="P38" s="45"/>
       <c r="Q38" s="46">
@@ -11247,51 +11228,51 @@
       <c r="S38" s="45"/>
       <c r="T38" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U38" s="47"/>
       <c r="V38" s="47"/>
       <c r="W38" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X38" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y38" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z38" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA38" s="49"/>
     </row>
-    <row r="39" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="39" spans="2:27">
       <c r="B39" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C39" s="44"/>
       <c r="D39" s="73"/>
       <c r="E39" s="44"/>
       <c r="F39" s="44"/>
       <c r="G39" s="44"/>
       <c r="H39" s="44"/>
       <c r="I39" s="45"/>
       <c r="J39" s="91"/>
       <c r="K39" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L39" s="45"/>
       <c r="M39" s="91"/>
       <c r="N39" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O39" s="45"/>
       <c r="P39" s="45"/>
       <c r="Q39" s="46">
@@ -11302,51 +11283,51 @@
       <c r="S39" s="45"/>
       <c r="T39" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U39" s="47"/>
       <c r="V39" s="47"/>
       <c r="W39" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X39" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y39" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z39" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA39" s="49"/>
     </row>
-    <row r="40" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="40" spans="2:27">
       <c r="B40" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C40" s="44"/>
       <c r="D40" s="73"/>
       <c r="E40" s="44"/>
       <c r="F40" s="44"/>
       <c r="G40" s="44"/>
       <c r="H40" s="44"/>
       <c r="I40" s="45"/>
       <c r="J40" s="91"/>
       <c r="K40" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L40" s="45"/>
       <c r="M40" s="91"/>
       <c r="N40" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O40" s="45"/>
       <c r="P40" s="45"/>
       <c r="Q40" s="46">
@@ -11357,51 +11338,51 @@
       <c r="S40" s="45"/>
       <c r="T40" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U40" s="47"/>
       <c r="V40" s="47"/>
       <c r="W40" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X40" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y40" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z40" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA40" s="49"/>
     </row>
-    <row r="41" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="41" spans="2:27">
       <c r="B41" s="43" t="str">
         <f t="shared" si="0"/>
         <v>Example</v>
       </c>
       <c r="C41" s="44"/>
       <c r="D41" s="73"/>
       <c r="E41" s="44"/>
       <c r="F41" s="44"/>
       <c r="G41" s="44"/>
       <c r="H41" s="44"/>
       <c r="I41" s="45"/>
       <c r="J41" s="91"/>
       <c r="K41" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L41" s="45"/>
       <c r="M41" s="91"/>
       <c r="N41" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O41" s="45"/>
       <c r="P41" s="45"/>
       <c r="Q41" s="46">
@@ -11412,51 +11393,51 @@
       <c r="S41" s="45"/>
       <c r="T41" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U41" s="47"/>
       <c r="V41" s="47"/>
       <c r="W41" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X41" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y41" s="53" t="str">
         <f t="shared" si="8"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z41" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA41" s="49"/>
     </row>
-    <row r="42" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="42" spans="2:27">
       <c r="B42" s="43" t="str">
         <f t="shared" ref="B42:B73" si="9">$C$6</f>
         <v>Example</v>
       </c>
       <c r="C42" s="44"/>
       <c r="D42" s="73"/>
       <c r="E42" s="44"/>
       <c r="F42" s="44"/>
       <c r="G42" s="44"/>
       <c r="H42" s="44"/>
       <c r="I42" s="45"/>
       <c r="J42" s="91"/>
       <c r="K42" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L42" s="45"/>
       <c r="M42" s="91"/>
       <c r="N42" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O42" s="45"/>
       <c r="P42" s="45"/>
       <c r="Q42" s="46">
@@ -11467,51 +11448,51 @@
       <c r="S42" s="45"/>
       <c r="T42" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U42" s="47"/>
       <c r="V42" s="47"/>
       <c r="W42" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X42" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y42" s="53" t="str">
         <f t="shared" ref="Y42:Y73" si="10">IF(G42="WHO",(0.07*X42),IF(G42="UNICEF",(0.08*X42),IF(G42="CDC Foundation",(0.12*X42)," ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z42" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA42" s="49"/>
     </row>
-    <row r="43" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="43" spans="2:27">
       <c r="B43" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C43" s="44"/>
       <c r="D43" s="73"/>
       <c r="E43" s="44"/>
       <c r="F43" s="44"/>
       <c r="G43" s="44"/>
       <c r="H43" s="44"/>
       <c r="I43" s="45"/>
       <c r="J43" s="91"/>
       <c r="K43" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L43" s="45"/>
       <c r="M43" s="91"/>
       <c r="N43" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O43" s="45"/>
       <c r="P43" s="45"/>
       <c r="Q43" s="46">
@@ -11522,51 +11503,51 @@
       <c r="S43" s="45"/>
       <c r="T43" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U43" s="47"/>
       <c r="V43" s="47"/>
       <c r="W43" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X43" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y43" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z43" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA43" s="49"/>
     </row>
-    <row r="44" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="44" spans="2:27">
       <c r="B44" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C44" s="44"/>
       <c r="D44" s="73"/>
       <c r="E44" s="44"/>
       <c r="F44" s="44"/>
       <c r="G44" s="44"/>
       <c r="H44" s="44"/>
       <c r="I44" s="45"/>
       <c r="J44" s="91"/>
       <c r="K44" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L44" s="45"/>
       <c r="M44" s="91"/>
       <c r="N44" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O44" s="45"/>
       <c r="P44" s="45"/>
       <c r="Q44" s="46">
@@ -11577,51 +11558,51 @@
       <c r="S44" s="45"/>
       <c r="T44" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U44" s="47"/>
       <c r="V44" s="47"/>
       <c r="W44" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X44" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y44" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z44" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA44" s="49"/>
     </row>
-    <row r="45" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="45" spans="2:27">
       <c r="B45" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C45" s="44"/>
       <c r="D45" s="73"/>
       <c r="E45" s="44"/>
       <c r="F45" s="44"/>
       <c r="G45" s="44"/>
       <c r="H45" s="44"/>
       <c r="I45" s="45"/>
       <c r="J45" s="91"/>
       <c r="K45" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L45" s="45"/>
       <c r="M45" s="91"/>
       <c r="N45" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O45" s="45"/>
       <c r="P45" s="45"/>
       <c r="Q45" s="46">
@@ -11632,51 +11613,51 @@
       <c r="S45" s="45"/>
       <c r="T45" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U45" s="47"/>
       <c r="V45" s="47"/>
       <c r="W45" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X45" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y45" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z45" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA45" s="49"/>
     </row>
-    <row r="46" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="46" spans="2:27">
       <c r="B46" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C46" s="44"/>
       <c r="D46" s="73"/>
       <c r="E46" s="44"/>
       <c r="F46" s="44"/>
       <c r="G46" s="44"/>
       <c r="H46" s="44"/>
       <c r="I46" s="45"/>
       <c r="J46" s="91"/>
       <c r="K46" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L46" s="45"/>
       <c r="M46" s="91"/>
       <c r="N46" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O46" s="45"/>
       <c r="P46" s="45"/>
       <c r="Q46" s="46">
@@ -11687,51 +11668,51 @@
       <c r="S46" s="45"/>
       <c r="T46" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U46" s="47"/>
       <c r="V46" s="47"/>
       <c r="W46" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X46" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y46" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z46" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA46" s="49"/>
     </row>
-    <row r="47" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="47" spans="2:27">
       <c r="B47" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C47" s="44"/>
       <c r="D47" s="73"/>
       <c r="E47" s="44"/>
       <c r="F47" s="44"/>
       <c r="G47" s="44"/>
       <c r="H47" s="44"/>
       <c r="I47" s="45"/>
       <c r="J47" s="91"/>
       <c r="K47" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L47" s="45"/>
       <c r="M47" s="91"/>
       <c r="N47" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O47" s="45"/>
       <c r="P47" s="45"/>
       <c r="Q47" s="46">
@@ -11742,51 +11723,51 @@
       <c r="S47" s="45"/>
       <c r="T47" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U47" s="47"/>
       <c r="V47" s="47"/>
       <c r="W47" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X47" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y47" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z47" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA47" s="49"/>
     </row>
-    <row r="48" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="48" spans="2:27">
       <c r="B48" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C48" s="44"/>
       <c r="D48" s="73"/>
       <c r="E48" s="44"/>
       <c r="F48" s="44"/>
       <c r="G48" s="44"/>
       <c r="H48" s="44"/>
       <c r="I48" s="45"/>
       <c r="J48" s="91"/>
       <c r="K48" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L48" s="45"/>
       <c r="M48" s="91"/>
       <c r="N48" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O48" s="45"/>
       <c r="P48" s="45"/>
       <c r="Q48" s="46">
@@ -11797,51 +11778,51 @@
       <c r="S48" s="45"/>
       <c r="T48" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U48" s="47"/>
       <c r="V48" s="47"/>
       <c r="W48" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X48" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y48" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z48" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA48" s="49"/>
     </row>
-    <row r="49" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="49" spans="2:27">
       <c r="B49" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C49" s="44"/>
       <c r="D49" s="73"/>
       <c r="E49" s="44"/>
       <c r="F49" s="44"/>
       <c r="G49" s="44"/>
       <c r="H49" s="44"/>
       <c r="I49" s="45"/>
       <c r="J49" s="91"/>
       <c r="K49" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L49" s="45"/>
       <c r="M49" s="91"/>
       <c r="N49" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O49" s="45"/>
       <c r="P49" s="45"/>
       <c r="Q49" s="46">
@@ -11852,51 +11833,51 @@
       <c r="S49" s="45"/>
       <c r="T49" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U49" s="47"/>
       <c r="V49" s="47"/>
       <c r="W49" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X49" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y49" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z49" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA49" s="49"/>
     </row>
-    <row r="50" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="50" spans="2:27">
       <c r="B50" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C50" s="44"/>
       <c r="D50" s="73"/>
       <c r="E50" s="44"/>
       <c r="F50" s="44"/>
       <c r="G50" s="44"/>
       <c r="H50" s="44"/>
       <c r="I50" s="45"/>
       <c r="J50" s="91"/>
       <c r="K50" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L50" s="45"/>
       <c r="M50" s="91"/>
       <c r="N50" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O50" s="45"/>
       <c r="P50" s="45"/>
       <c r="Q50" s="46">
@@ -11907,51 +11888,51 @@
       <c r="S50" s="45"/>
       <c r="T50" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U50" s="47"/>
       <c r="V50" s="47"/>
       <c r="W50" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X50" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y50" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z50" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA50" s="49"/>
     </row>
-    <row r="51" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="51" spans="2:27">
       <c r="B51" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C51" s="44"/>
       <c r="D51" s="73"/>
       <c r="E51" s="44"/>
       <c r="F51" s="44"/>
       <c r="G51" s="44"/>
       <c r="H51" s="44"/>
       <c r="I51" s="45"/>
       <c r="J51" s="91"/>
       <c r="K51" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L51" s="45"/>
       <c r="M51" s="91"/>
       <c r="N51" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O51" s="45"/>
       <c r="P51" s="45"/>
       <c r="Q51" s="46">
@@ -11962,51 +11943,51 @@
       <c r="S51" s="45"/>
       <c r="T51" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U51" s="47"/>
       <c r="V51" s="47"/>
       <c r="W51" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X51" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y51" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z51" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA51" s="49"/>
     </row>
-    <row r="52" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="52" spans="2:27">
       <c r="B52" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C52" s="44"/>
       <c r="D52" s="73"/>
       <c r="E52" s="44"/>
       <c r="F52" s="44"/>
       <c r="G52" s="44"/>
       <c r="H52" s="44"/>
       <c r="I52" s="45"/>
       <c r="J52" s="91"/>
       <c r="K52" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L52" s="45"/>
       <c r="M52" s="91"/>
       <c r="N52" s="46">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O52" s="45"/>
       <c r="P52" s="45"/>
       <c r="Q52" s="46">
@@ -12017,51 +11998,51 @@
       <c r="S52" s="45"/>
       <c r="T52" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U52" s="47"/>
       <c r="V52" s="47"/>
       <c r="W52" s="48">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="X52" s="48">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Y52" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AA52" s="49"/>
     </row>
-    <row r="53" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="53" spans="2:27">
       <c r="B53" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C53" s="44"/>
       <c r="D53" s="73"/>
       <c r="E53" s="44"/>
       <c r="F53" s="44"/>
       <c r="G53" s="44"/>
       <c r="H53" s="44"/>
       <c r="I53" s="45"/>
       <c r="J53" s="91"/>
       <c r="K53" s="46">
         <f t="shared" ref="K53:K99" si="11">SUM(I53:J53)</f>
         <v>0</v>
       </c>
       <c r="L53" s="45"/>
       <c r="M53" s="91"/>
       <c r="N53" s="46">
         <f t="shared" ref="N53:N99" si="12">SUM(L53:M53)</f>
         <v>0</v>
       </c>
       <c r="O53" s="45"/>
       <c r="P53" s="45"/>
       <c r="Q53" s="46">
@@ -12072,51 +12053,51 @@
       <c r="S53" s="45"/>
       <c r="T53" s="46">
         <f t="shared" ref="T53:T99" si="14">SUM(R53:S53)</f>
         <v>0</v>
       </c>
       <c r="U53" s="47"/>
       <c r="V53" s="47"/>
       <c r="W53" s="48">
         <f t="shared" ref="W53:W99" si="15">SUM(U53:V53)</f>
         <v>0</v>
       </c>
       <c r="X53" s="48">
         <f t="shared" ref="X53:X99" si="16">W53+T53+Q53+N53+K53</f>
         <v>0</v>
       </c>
       <c r="Y53" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z53" s="48">
         <f t="shared" ref="Z53:Z99" si="17">SUM(X53:Y53)</f>
         <v>0</v>
       </c>
       <c r="AA53" s="49"/>
     </row>
-    <row r="54" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="54" spans="2:27">
       <c r="B54" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C54" s="44"/>
       <c r="D54" s="73"/>
       <c r="E54" s="44"/>
       <c r="F54" s="44"/>
       <c r="G54" s="44"/>
       <c r="H54" s="44"/>
       <c r="I54" s="45"/>
       <c r="J54" s="91"/>
       <c r="K54" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L54" s="45"/>
       <c r="M54" s="91"/>
       <c r="N54" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O54" s="45"/>
       <c r="P54" s="45"/>
       <c r="Q54" s="46">
@@ -12127,51 +12108,51 @@
       <c r="S54" s="45"/>
       <c r="T54" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U54" s="47"/>
       <c r="V54" s="47"/>
       <c r="W54" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X54" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y54" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z54" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA54" s="49"/>
     </row>
-    <row r="55" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="55" spans="2:27">
       <c r="B55" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C55" s="44"/>
       <c r="D55" s="73"/>
       <c r="E55" s="44"/>
       <c r="F55" s="44"/>
       <c r="G55" s="44"/>
       <c r="H55" s="44"/>
       <c r="I55" s="45"/>
       <c r="J55" s="91"/>
       <c r="K55" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L55" s="45"/>
       <c r="M55" s="91"/>
       <c r="N55" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O55" s="45"/>
       <c r="P55" s="45"/>
       <c r="Q55" s="46">
@@ -12182,51 +12163,51 @@
       <c r="S55" s="45"/>
       <c r="T55" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U55" s="47"/>
       <c r="V55" s="47"/>
       <c r="W55" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X55" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y55" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z55" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA55" s="49"/>
     </row>
-    <row r="56" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="56" spans="2:27">
       <c r="B56" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C56" s="44"/>
       <c r="D56" s="73"/>
       <c r="E56" s="44"/>
       <c r="F56" s="44"/>
       <c r="G56" s="44"/>
       <c r="H56" s="44"/>
       <c r="I56" s="45"/>
       <c r="J56" s="91"/>
       <c r="K56" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L56" s="45"/>
       <c r="M56" s="91"/>
       <c r="N56" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O56" s="45"/>
       <c r="P56" s="45"/>
       <c r="Q56" s="46">
@@ -12237,51 +12218,51 @@
       <c r="S56" s="45"/>
       <c r="T56" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U56" s="47"/>
       <c r="V56" s="47"/>
       <c r="W56" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X56" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y56" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z56" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA56" s="49"/>
     </row>
-    <row r="57" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="57" spans="2:27">
       <c r="B57" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C57" s="44"/>
       <c r="D57" s="73"/>
       <c r="E57" s="44"/>
       <c r="F57" s="44"/>
       <c r="G57" s="44"/>
       <c r="H57" s="44"/>
       <c r="I57" s="45"/>
       <c r="J57" s="91"/>
       <c r="K57" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L57" s="45"/>
       <c r="M57" s="91"/>
       <c r="N57" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O57" s="45"/>
       <c r="P57" s="45"/>
       <c r="Q57" s="46">
@@ -12292,51 +12273,51 @@
       <c r="S57" s="45"/>
       <c r="T57" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U57" s="47"/>
       <c r="V57" s="47"/>
       <c r="W57" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X57" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y57" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z57" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA57" s="49"/>
     </row>
-    <row r="58" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="58" spans="2:27">
       <c r="B58" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C58" s="44"/>
       <c r="D58" s="73"/>
       <c r="E58" s="44"/>
       <c r="F58" s="44"/>
       <c r="G58" s="44"/>
       <c r="H58" s="44"/>
       <c r="I58" s="45"/>
       <c r="J58" s="91"/>
       <c r="K58" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L58" s="45"/>
       <c r="M58" s="91"/>
       <c r="N58" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O58" s="45"/>
       <c r="P58" s="45"/>
       <c r="Q58" s="46">
@@ -12347,51 +12328,51 @@
       <c r="S58" s="45"/>
       <c r="T58" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U58" s="47"/>
       <c r="V58" s="47"/>
       <c r="W58" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X58" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y58" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z58" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA58" s="49"/>
     </row>
-    <row r="59" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="59" spans="2:27">
       <c r="B59" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C59" s="44"/>
       <c r="D59" s="73"/>
       <c r="E59" s="44"/>
       <c r="F59" s="44"/>
       <c r="G59" s="44"/>
       <c r="H59" s="44"/>
       <c r="I59" s="45"/>
       <c r="J59" s="91"/>
       <c r="K59" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L59" s="45"/>
       <c r="M59" s="91"/>
       <c r="N59" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O59" s="45"/>
       <c r="P59" s="45"/>
       <c r="Q59" s="46">
@@ -12402,51 +12383,51 @@
       <c r="S59" s="45"/>
       <c r="T59" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U59" s="47"/>
       <c r="V59" s="47"/>
       <c r="W59" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X59" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y59" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z59" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA59" s="49"/>
     </row>
-    <row r="60" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="60" spans="2:27">
       <c r="B60" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C60" s="44"/>
       <c r="D60" s="73"/>
       <c r="E60" s="44"/>
       <c r="F60" s="44"/>
       <c r="G60" s="44"/>
       <c r="H60" s="44"/>
       <c r="I60" s="45"/>
       <c r="J60" s="91"/>
       <c r="K60" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L60" s="45"/>
       <c r="M60" s="91"/>
       <c r="N60" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O60" s="45"/>
       <c r="P60" s="45"/>
       <c r="Q60" s="46">
@@ -12457,51 +12438,51 @@
       <c r="S60" s="45"/>
       <c r="T60" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U60" s="47"/>
       <c r="V60" s="47"/>
       <c r="W60" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X60" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y60" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z60" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA60" s="49"/>
     </row>
-    <row r="61" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="61" spans="2:27">
       <c r="B61" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C61" s="44"/>
       <c r="D61" s="73"/>
       <c r="E61" s="44"/>
       <c r="F61" s="44"/>
       <c r="G61" s="44"/>
       <c r="H61" s="44"/>
       <c r="I61" s="45"/>
       <c r="J61" s="91"/>
       <c r="K61" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L61" s="45"/>
       <c r="M61" s="91"/>
       <c r="N61" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O61" s="45"/>
       <c r="P61" s="45"/>
       <c r="Q61" s="46">
@@ -12512,51 +12493,51 @@
       <c r="S61" s="45"/>
       <c r="T61" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U61" s="47"/>
       <c r="V61" s="47"/>
       <c r="W61" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X61" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y61" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z61" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA61" s="49"/>
     </row>
-    <row r="62" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="62" spans="2:27">
       <c r="B62" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C62" s="44"/>
       <c r="D62" s="73"/>
       <c r="E62" s="44"/>
       <c r="F62" s="44"/>
       <c r="G62" s="44"/>
       <c r="H62" s="44"/>
       <c r="I62" s="45"/>
       <c r="J62" s="91"/>
       <c r="K62" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L62" s="45"/>
       <c r="M62" s="91"/>
       <c r="N62" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O62" s="45"/>
       <c r="P62" s="45"/>
       <c r="Q62" s="46">
@@ -12567,51 +12548,51 @@
       <c r="S62" s="45"/>
       <c r="T62" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U62" s="47"/>
       <c r="V62" s="47"/>
       <c r="W62" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X62" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y62" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z62" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA62" s="49"/>
     </row>
-    <row r="63" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="63" spans="2:27">
       <c r="B63" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C63" s="44"/>
       <c r="D63" s="73"/>
       <c r="E63" s="44"/>
       <c r="F63" s="44"/>
       <c r="G63" s="44"/>
       <c r="H63" s="44"/>
       <c r="I63" s="45"/>
       <c r="J63" s="91"/>
       <c r="K63" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L63" s="45"/>
       <c r="M63" s="91"/>
       <c r="N63" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O63" s="45"/>
       <c r="P63" s="45"/>
       <c r="Q63" s="46">
@@ -12622,51 +12603,51 @@
       <c r="S63" s="45"/>
       <c r="T63" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U63" s="47"/>
       <c r="V63" s="47"/>
       <c r="W63" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X63" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y63" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z63" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA63" s="49"/>
     </row>
-    <row r="64" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="64" spans="2:27">
       <c r="B64" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C64" s="44"/>
       <c r="D64" s="73"/>
       <c r="E64" s="44"/>
       <c r="F64" s="44"/>
       <c r="G64" s="44"/>
       <c r="H64" s="44"/>
       <c r="I64" s="45"/>
       <c r="J64" s="91"/>
       <c r="K64" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L64" s="45"/>
       <c r="M64" s="91"/>
       <c r="N64" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O64" s="45"/>
       <c r="P64" s="45"/>
       <c r="Q64" s="46">
@@ -12677,51 +12658,51 @@
       <c r="S64" s="45"/>
       <c r="T64" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U64" s="47"/>
       <c r="V64" s="47"/>
       <c r="W64" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X64" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y64" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z64" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA64" s="49"/>
     </row>
-    <row r="65" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="65" spans="2:27">
       <c r="B65" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C65" s="44"/>
       <c r="D65" s="73"/>
       <c r="E65" s="44"/>
       <c r="F65" s="44"/>
       <c r="G65" s="44"/>
       <c r="H65" s="44"/>
       <c r="I65" s="45"/>
       <c r="J65" s="91"/>
       <c r="K65" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L65" s="45"/>
       <c r="M65" s="91"/>
       <c r="N65" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O65" s="45"/>
       <c r="P65" s="45"/>
       <c r="Q65" s="46">
@@ -12732,51 +12713,51 @@
       <c r="S65" s="45"/>
       <c r="T65" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U65" s="47"/>
       <c r="V65" s="47"/>
       <c r="W65" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X65" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y65" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z65" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA65" s="49"/>
     </row>
-    <row r="66" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="66" spans="2:27">
       <c r="B66" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C66" s="44"/>
       <c r="D66" s="73"/>
       <c r="E66" s="44"/>
       <c r="F66" s="44"/>
       <c r="G66" s="44"/>
       <c r="H66" s="44"/>
       <c r="I66" s="45"/>
       <c r="J66" s="91"/>
       <c r="K66" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L66" s="45"/>
       <c r="M66" s="91"/>
       <c r="N66" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O66" s="45"/>
       <c r="P66" s="45"/>
       <c r="Q66" s="46">
@@ -12787,51 +12768,51 @@
       <c r="S66" s="45"/>
       <c r="T66" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U66" s="47"/>
       <c r="V66" s="47"/>
       <c r="W66" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X66" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y66" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z66" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA66" s="49"/>
     </row>
-    <row r="67" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="67" spans="2:27">
       <c r="B67" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C67" s="44"/>
       <c r="D67" s="73"/>
       <c r="E67" s="44"/>
       <c r="F67" s="44"/>
       <c r="G67" s="44"/>
       <c r="H67" s="44"/>
       <c r="I67" s="45"/>
       <c r="J67" s="91"/>
       <c r="K67" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L67" s="45"/>
       <c r="M67" s="91"/>
       <c r="N67" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O67" s="45"/>
       <c r="P67" s="45"/>
       <c r="Q67" s="46">
@@ -12842,51 +12823,51 @@
       <c r="S67" s="45"/>
       <c r="T67" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U67" s="47"/>
       <c r="V67" s="47"/>
       <c r="W67" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X67" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y67" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z67" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA67" s="49"/>
     </row>
-    <row r="68" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="68" spans="2:27">
       <c r="B68" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C68" s="44"/>
       <c r="D68" s="73"/>
       <c r="E68" s="44"/>
       <c r="F68" s="44"/>
       <c r="G68" s="44"/>
       <c r="H68" s="44"/>
       <c r="I68" s="45"/>
       <c r="J68" s="91"/>
       <c r="K68" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L68" s="45"/>
       <c r="M68" s="91"/>
       <c r="N68" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O68" s="45"/>
       <c r="P68" s="45"/>
       <c r="Q68" s="46">
@@ -12897,51 +12878,51 @@
       <c r="S68" s="45"/>
       <c r="T68" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U68" s="47"/>
       <c r="V68" s="47"/>
       <c r="W68" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X68" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y68" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z68" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA68" s="49"/>
     </row>
-    <row r="69" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="69" spans="2:27">
       <c r="B69" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C69" s="44"/>
       <c r="D69" s="73"/>
       <c r="E69" s="44"/>
       <c r="F69" s="44"/>
       <c r="G69" s="44"/>
       <c r="H69" s="44"/>
       <c r="I69" s="45"/>
       <c r="J69" s="91"/>
       <c r="K69" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L69" s="45"/>
       <c r="M69" s="91"/>
       <c r="N69" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O69" s="45"/>
       <c r="P69" s="45"/>
       <c r="Q69" s="46">
@@ -12952,51 +12933,51 @@
       <c r="S69" s="45"/>
       <c r="T69" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U69" s="47"/>
       <c r="V69" s="47"/>
       <c r="W69" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X69" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y69" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z69" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA69" s="49"/>
     </row>
-    <row r="70" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="70" spans="2:27">
       <c r="B70" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C70" s="44"/>
       <c r="D70" s="73"/>
       <c r="E70" s="44"/>
       <c r="F70" s="44"/>
       <c r="G70" s="44"/>
       <c r="H70" s="44"/>
       <c r="I70" s="45"/>
       <c r="J70" s="91"/>
       <c r="K70" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L70" s="45"/>
       <c r="M70" s="91"/>
       <c r="N70" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O70" s="45"/>
       <c r="P70" s="45"/>
       <c r="Q70" s="46">
@@ -13007,51 +12988,51 @@
       <c r="S70" s="45"/>
       <c r="T70" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U70" s="47"/>
       <c r="V70" s="47"/>
       <c r="W70" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X70" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y70" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z70" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA70" s="49"/>
     </row>
-    <row r="71" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="71" spans="2:27">
       <c r="B71" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C71" s="44"/>
       <c r="D71" s="73"/>
       <c r="E71" s="44"/>
       <c r="F71" s="44"/>
       <c r="G71" s="44"/>
       <c r="H71" s="44"/>
       <c r="I71" s="45"/>
       <c r="J71" s="91"/>
       <c r="K71" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L71" s="45"/>
       <c r="M71" s="91"/>
       <c r="N71" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O71" s="45"/>
       <c r="P71" s="45"/>
       <c r="Q71" s="46">
@@ -13062,51 +13043,51 @@
       <c r="S71" s="45"/>
       <c r="T71" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U71" s="47"/>
       <c r="V71" s="47"/>
       <c r="W71" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X71" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y71" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z71" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA71" s="49"/>
     </row>
-    <row r="72" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="72" spans="2:27">
       <c r="B72" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C72" s="44"/>
       <c r="D72" s="73"/>
       <c r="E72" s="44"/>
       <c r="F72" s="44"/>
       <c r="G72" s="44"/>
       <c r="H72" s="44"/>
       <c r="I72" s="45"/>
       <c r="J72" s="91"/>
       <c r="K72" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L72" s="45"/>
       <c r="M72" s="91"/>
       <c r="N72" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O72" s="45"/>
       <c r="P72" s="45"/>
       <c r="Q72" s="46">
@@ -13117,51 +13098,51 @@
       <c r="S72" s="45"/>
       <c r="T72" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U72" s="47"/>
       <c r="V72" s="47"/>
       <c r="W72" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X72" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y72" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z72" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA72" s="49"/>
     </row>
-    <row r="73" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="73" spans="2:27">
       <c r="B73" s="43" t="str">
         <f t="shared" si="9"/>
         <v>Example</v>
       </c>
       <c r="C73" s="44"/>
       <c r="D73" s="73"/>
       <c r="E73" s="44"/>
       <c r="F73" s="44"/>
       <c r="G73" s="44"/>
       <c r="H73" s="44"/>
       <c r="I73" s="45"/>
       <c r="J73" s="91"/>
       <c r="K73" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L73" s="45"/>
       <c r="M73" s="91"/>
       <c r="N73" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O73" s="45"/>
       <c r="P73" s="45"/>
       <c r="Q73" s="46">
@@ -13172,51 +13153,51 @@
       <c r="S73" s="45"/>
       <c r="T73" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U73" s="47"/>
       <c r="V73" s="47"/>
       <c r="W73" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X73" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y73" s="53" t="str">
         <f t="shared" si="10"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z73" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA73" s="49"/>
     </row>
-    <row r="74" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="74" spans="2:27">
       <c r="B74" s="43" t="str">
         <f t="shared" ref="B74:B100" si="18">$C$6</f>
         <v>Example</v>
       </c>
       <c r="C74" s="44"/>
       <c r="D74" s="73"/>
       <c r="E74" s="44"/>
       <c r="F74" s="44"/>
       <c r="G74" s="44"/>
       <c r="H74" s="44"/>
       <c r="I74" s="45"/>
       <c r="J74" s="91"/>
       <c r="K74" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L74" s="45"/>
       <c r="M74" s="91"/>
       <c r="N74" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O74" s="45"/>
       <c r="P74" s="45"/>
       <c r="Q74" s="46">
@@ -13227,51 +13208,51 @@
       <c r="S74" s="45"/>
       <c r="T74" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U74" s="47"/>
       <c r="V74" s="47"/>
       <c r="W74" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X74" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y74" s="53" t="str">
         <f t="shared" ref="Y74:Y100" si="19">IF(G74="WHO",(0.07*X74),IF(G74="UNICEF",(0.08*X74),IF(G74="CDC Foundation",(0.12*X74)," ")))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z74" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA74" s="49"/>
     </row>
-    <row r="75" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="75" spans="2:27">
       <c r="B75" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C75" s="44"/>
       <c r="D75" s="73"/>
       <c r="E75" s="44"/>
       <c r="F75" s="44"/>
       <c r="G75" s="44"/>
       <c r="H75" s="44"/>
       <c r="I75" s="45"/>
       <c r="J75" s="91"/>
       <c r="K75" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L75" s="45"/>
       <c r="M75" s="91"/>
       <c r="N75" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O75" s="45"/>
       <c r="P75" s="45"/>
       <c r="Q75" s="46">
@@ -13282,51 +13263,51 @@
       <c r="S75" s="45"/>
       <c r="T75" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U75" s="47"/>
       <c r="V75" s="47"/>
       <c r="W75" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X75" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y75" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z75" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA75" s="49"/>
     </row>
-    <row r="76" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="76" spans="2:27">
       <c r="B76" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C76" s="44"/>
       <c r="D76" s="73"/>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
       <c r="G76" s="44"/>
       <c r="H76" s="44"/>
       <c r="I76" s="45"/>
       <c r="J76" s="91"/>
       <c r="K76" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L76" s="45"/>
       <c r="M76" s="91"/>
       <c r="N76" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O76" s="45"/>
       <c r="P76" s="45"/>
       <c r="Q76" s="46">
@@ -13337,51 +13318,51 @@
       <c r="S76" s="45"/>
       <c r="T76" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U76" s="47"/>
       <c r="V76" s="47"/>
       <c r="W76" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X76" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y76" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z76" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA76" s="49"/>
     </row>
-    <row r="77" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="77" spans="2:27">
       <c r="B77" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C77" s="44"/>
       <c r="D77" s="73"/>
       <c r="E77" s="44"/>
       <c r="F77" s="44"/>
       <c r="G77" s="44"/>
       <c r="H77" s="44"/>
       <c r="I77" s="45"/>
       <c r="J77" s="91"/>
       <c r="K77" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L77" s="45"/>
       <c r="M77" s="91"/>
       <c r="N77" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O77" s="45"/>
       <c r="P77" s="45"/>
       <c r="Q77" s="46">
@@ -13392,51 +13373,51 @@
       <c r="S77" s="45"/>
       <c r="T77" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U77" s="47"/>
       <c r="V77" s="47"/>
       <c r="W77" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X77" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y77" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z77" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA77" s="49"/>
     </row>
-    <row r="78" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="78" spans="2:27">
       <c r="B78" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C78" s="44"/>
       <c r="D78" s="73"/>
       <c r="E78" s="44"/>
       <c r="F78" s="44"/>
       <c r="G78" s="44"/>
       <c r="H78" s="44"/>
       <c r="I78" s="45"/>
       <c r="J78" s="91"/>
       <c r="K78" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L78" s="45"/>
       <c r="M78" s="91"/>
       <c r="N78" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O78" s="45"/>
       <c r="P78" s="45"/>
       <c r="Q78" s="46">
@@ -13447,51 +13428,51 @@
       <c r="S78" s="45"/>
       <c r="T78" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U78" s="47"/>
       <c r="V78" s="47"/>
       <c r="W78" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X78" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y78" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z78" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA78" s="49"/>
     </row>
-    <row r="79" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="79" spans="2:27">
       <c r="B79" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C79" s="44"/>
       <c r="D79" s="73"/>
       <c r="E79" s="44"/>
       <c r="F79" s="44"/>
       <c r="G79" s="44"/>
       <c r="H79" s="44"/>
       <c r="I79" s="45"/>
       <c r="J79" s="91"/>
       <c r="K79" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L79" s="45"/>
       <c r="M79" s="91"/>
       <c r="N79" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O79" s="45"/>
       <c r="P79" s="45"/>
       <c r="Q79" s="46">
@@ -13502,51 +13483,51 @@
       <c r="S79" s="45"/>
       <c r="T79" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U79" s="47"/>
       <c r="V79" s="47"/>
       <c r="W79" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X79" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y79" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z79" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA79" s="49"/>
     </row>
-    <row r="80" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="80" spans="2:27">
       <c r="B80" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C80" s="44"/>
       <c r="D80" s="73"/>
       <c r="E80" s="44"/>
       <c r="F80" s="44"/>
       <c r="G80" s="44"/>
       <c r="H80" s="44"/>
       <c r="I80" s="45"/>
       <c r="J80" s="91"/>
       <c r="K80" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L80" s="45"/>
       <c r="M80" s="91"/>
       <c r="N80" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O80" s="45"/>
       <c r="P80" s="45"/>
       <c r="Q80" s="46">
@@ -13557,51 +13538,51 @@
       <c r="S80" s="45"/>
       <c r="T80" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U80" s="47"/>
       <c r="V80" s="47"/>
       <c r="W80" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X80" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y80" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z80" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA80" s="49"/>
     </row>
-    <row r="81" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="81" spans="2:27">
       <c r="B81" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C81" s="44"/>
       <c r="D81" s="73"/>
       <c r="E81" s="44"/>
       <c r="F81" s="44"/>
       <c r="G81" s="44"/>
       <c r="H81" s="44"/>
       <c r="I81" s="45"/>
       <c r="J81" s="91"/>
       <c r="K81" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L81" s="45"/>
       <c r="M81" s="91"/>
       <c r="N81" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O81" s="45"/>
       <c r="P81" s="45"/>
       <c r="Q81" s="46">
@@ -13612,51 +13593,51 @@
       <c r="S81" s="45"/>
       <c r="T81" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U81" s="47"/>
       <c r="V81" s="47"/>
       <c r="W81" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X81" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y81" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z81" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA81" s="49"/>
     </row>
-    <row r="82" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="82" spans="2:27">
       <c r="B82" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C82" s="44"/>
       <c r="D82" s="73"/>
       <c r="E82" s="44"/>
       <c r="F82" s="44"/>
       <c r="G82" s="44"/>
       <c r="H82" s="44"/>
       <c r="I82" s="45"/>
       <c r="J82" s="91"/>
       <c r="K82" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L82" s="45"/>
       <c r="M82" s="91"/>
       <c r="N82" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O82" s="45"/>
       <c r="P82" s="45"/>
       <c r="Q82" s="46">
@@ -13667,51 +13648,51 @@
       <c r="S82" s="45"/>
       <c r="T82" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U82" s="47"/>
       <c r="V82" s="47"/>
       <c r="W82" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X82" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y82" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z82" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA82" s="49"/>
     </row>
-    <row r="83" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="83" spans="2:27">
       <c r="B83" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C83" s="44"/>
       <c r="D83" s="73"/>
       <c r="E83" s="44"/>
       <c r="F83" s="44"/>
       <c r="G83" s="44"/>
       <c r="H83" s="44"/>
       <c r="I83" s="45"/>
       <c r="J83" s="91"/>
       <c r="K83" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L83" s="45"/>
       <c r="M83" s="91"/>
       <c r="N83" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O83" s="45"/>
       <c r="P83" s="45"/>
       <c r="Q83" s="46">
@@ -13722,51 +13703,51 @@
       <c r="S83" s="45"/>
       <c r="T83" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U83" s="47"/>
       <c r="V83" s="47"/>
       <c r="W83" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X83" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y83" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z83" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA83" s="49"/>
     </row>
-    <row r="84" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="84" spans="2:27">
       <c r="B84" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C84" s="44"/>
       <c r="D84" s="73"/>
       <c r="E84" s="44"/>
       <c r="F84" s="44"/>
       <c r="G84" s="44"/>
       <c r="H84" s="44"/>
       <c r="I84" s="45"/>
       <c r="J84" s="91"/>
       <c r="K84" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L84" s="45"/>
       <c r="M84" s="91"/>
       <c r="N84" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O84" s="45"/>
       <c r="P84" s="45"/>
       <c r="Q84" s="46">
@@ -13777,51 +13758,51 @@
       <c r="S84" s="45"/>
       <c r="T84" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U84" s="47"/>
       <c r="V84" s="47"/>
       <c r="W84" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X84" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y84" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z84" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA84" s="49"/>
     </row>
-    <row r="85" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="85" spans="2:27">
       <c r="B85" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C85" s="44"/>
       <c r="D85" s="73"/>
       <c r="E85" s="44"/>
       <c r="F85" s="44"/>
       <c r="G85" s="44"/>
       <c r="H85" s="44"/>
       <c r="I85" s="45"/>
       <c r="J85" s="91"/>
       <c r="K85" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L85" s="45"/>
       <c r="M85" s="91"/>
       <c r="N85" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O85" s="45"/>
       <c r="P85" s="45"/>
       <c r="Q85" s="46">
@@ -13832,51 +13813,51 @@
       <c r="S85" s="45"/>
       <c r="T85" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U85" s="47"/>
       <c r="V85" s="47"/>
       <c r="W85" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X85" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y85" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z85" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA85" s="49"/>
     </row>
-    <row r="86" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="86" spans="2:27">
       <c r="B86" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C86" s="44"/>
       <c r="D86" s="73"/>
       <c r="E86" s="44"/>
       <c r="F86" s="44"/>
       <c r="G86" s="44"/>
       <c r="H86" s="44"/>
       <c r="I86" s="45"/>
       <c r="J86" s="91"/>
       <c r="K86" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L86" s="45"/>
       <c r="M86" s="91"/>
       <c r="N86" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O86" s="45"/>
       <c r="P86" s="45"/>
       <c r="Q86" s="46">
@@ -13887,51 +13868,51 @@
       <c r="S86" s="45"/>
       <c r="T86" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U86" s="47"/>
       <c r="V86" s="47"/>
       <c r="W86" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X86" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y86" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z86" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA86" s="49"/>
     </row>
-    <row r="87" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="87" spans="2:27">
       <c r="B87" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C87" s="44"/>
       <c r="D87" s="73"/>
       <c r="E87" s="44"/>
       <c r="F87" s="44"/>
       <c r="G87" s="44"/>
       <c r="H87" s="44"/>
       <c r="I87" s="45"/>
       <c r="J87" s="91"/>
       <c r="K87" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L87" s="45"/>
       <c r="M87" s="91"/>
       <c r="N87" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O87" s="45"/>
       <c r="P87" s="45"/>
       <c r="Q87" s="46">
@@ -13942,51 +13923,51 @@
       <c r="S87" s="45"/>
       <c r="T87" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U87" s="47"/>
       <c r="V87" s="47"/>
       <c r="W87" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X87" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y87" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z87" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA87" s="49"/>
     </row>
-    <row r="88" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="88" spans="2:27">
       <c r="B88" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C88" s="44"/>
       <c r="D88" s="73"/>
       <c r="E88" s="44"/>
       <c r="F88" s="44"/>
       <c r="G88" s="44"/>
       <c r="H88" s="44"/>
       <c r="I88" s="45"/>
       <c r="J88" s="91"/>
       <c r="K88" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L88" s="45"/>
       <c r="M88" s="91"/>
       <c r="N88" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O88" s="45"/>
       <c r="P88" s="45"/>
       <c r="Q88" s="46">
@@ -13997,51 +13978,51 @@
       <c r="S88" s="45"/>
       <c r="T88" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U88" s="47"/>
       <c r="V88" s="47"/>
       <c r="W88" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X88" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y88" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z88" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA88" s="49"/>
     </row>
-    <row r="89" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="89" spans="2:27">
       <c r="B89" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C89" s="44"/>
       <c r="D89" s="73"/>
       <c r="E89" s="44"/>
       <c r="F89" s="44"/>
       <c r="G89" s="44"/>
       <c r="H89" s="44"/>
       <c r="I89" s="45"/>
       <c r="J89" s="91"/>
       <c r="K89" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L89" s="45"/>
       <c r="M89" s="91"/>
       <c r="N89" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O89" s="45"/>
       <c r="P89" s="45"/>
       <c r="Q89" s="46">
@@ -14052,51 +14033,51 @@
       <c r="S89" s="45"/>
       <c r="T89" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U89" s="47"/>
       <c r="V89" s="47"/>
       <c r="W89" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X89" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y89" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z89" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA89" s="49"/>
     </row>
-    <row r="90" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="90" spans="2:27">
       <c r="B90" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C90" s="44"/>
       <c r="D90" s="73"/>
       <c r="E90" s="44"/>
       <c r="F90" s="44"/>
       <c r="G90" s="44"/>
       <c r="H90" s="44"/>
       <c r="I90" s="45"/>
       <c r="J90" s="91"/>
       <c r="K90" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L90" s="45"/>
       <c r="M90" s="91"/>
       <c r="N90" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O90" s="45"/>
       <c r="P90" s="45"/>
       <c r="Q90" s="46">
@@ -14107,51 +14088,51 @@
       <c r="S90" s="45"/>
       <c r="T90" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U90" s="47"/>
       <c r="V90" s="47"/>
       <c r="W90" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X90" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y90" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z90" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA90" s="49"/>
     </row>
-    <row r="91" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="91" spans="2:27">
       <c r="B91" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C91" s="44"/>
       <c r="D91" s="73"/>
       <c r="E91" s="44"/>
       <c r="F91" s="44"/>
       <c r="G91" s="44"/>
       <c r="H91" s="44"/>
       <c r="I91" s="45"/>
       <c r="J91" s="91"/>
       <c r="K91" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L91" s="45"/>
       <c r="M91" s="91"/>
       <c r="N91" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O91" s="45"/>
       <c r="P91" s="45"/>
       <c r="Q91" s="46">
@@ -14162,51 +14143,51 @@
       <c r="S91" s="45"/>
       <c r="T91" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U91" s="47"/>
       <c r="V91" s="47"/>
       <c r="W91" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X91" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y91" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z91" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA91" s="49"/>
     </row>
-    <row r="92" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="92" spans="2:27">
       <c r="B92" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C92" s="44"/>
       <c r="D92" s="73"/>
       <c r="E92" s="44"/>
       <c r="F92" s="44"/>
       <c r="G92" s="44"/>
       <c r="H92" s="44"/>
       <c r="I92" s="45"/>
       <c r="J92" s="91"/>
       <c r="K92" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L92" s="45"/>
       <c r="M92" s="91"/>
       <c r="N92" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O92" s="45"/>
       <c r="P92" s="45"/>
       <c r="Q92" s="46">
@@ -14217,51 +14198,51 @@
       <c r="S92" s="45"/>
       <c r="T92" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U92" s="47"/>
       <c r="V92" s="47"/>
       <c r="W92" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X92" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y92" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z92" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA92" s="49"/>
     </row>
-    <row r="93" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="93" spans="2:27">
       <c r="B93" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C93" s="44"/>
       <c r="D93" s="73"/>
       <c r="E93" s="44"/>
       <c r="F93" s="44"/>
       <c r="G93" s="44"/>
       <c r="H93" s="44"/>
       <c r="I93" s="45"/>
       <c r="J93" s="91"/>
       <c r="K93" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L93" s="45"/>
       <c r="M93" s="91"/>
       <c r="N93" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O93" s="45"/>
       <c r="P93" s="45"/>
       <c r="Q93" s="46">
@@ -14272,51 +14253,51 @@
       <c r="S93" s="45"/>
       <c r="T93" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U93" s="47"/>
       <c r="V93" s="47"/>
       <c r="W93" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X93" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y93" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z93" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA93" s="49"/>
     </row>
-    <row r="94" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="94" spans="2:27">
       <c r="B94" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C94" s="44"/>
       <c r="D94" s="73"/>
       <c r="E94" s="44"/>
       <c r="F94" s="44"/>
       <c r="G94" s="44"/>
       <c r="H94" s="44"/>
       <c r="I94" s="45"/>
       <c r="J94" s="91"/>
       <c r="K94" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L94" s="45"/>
       <c r="M94" s="91"/>
       <c r="N94" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O94" s="45"/>
       <c r="P94" s="45"/>
       <c r="Q94" s="46">
@@ -14327,51 +14308,51 @@
       <c r="S94" s="45"/>
       <c r="T94" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U94" s="47"/>
       <c r="V94" s="47"/>
       <c r="W94" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X94" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y94" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z94" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA94" s="49"/>
     </row>
-    <row r="95" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="95" spans="2:27">
       <c r="B95" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C95" s="44"/>
       <c r="D95" s="73"/>
       <c r="E95" s="44"/>
       <c r="F95" s="44"/>
       <c r="G95" s="44"/>
       <c r="H95" s="44"/>
       <c r="I95" s="45"/>
       <c r="J95" s="91"/>
       <c r="K95" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L95" s="45"/>
       <c r="M95" s="91"/>
       <c r="N95" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O95" s="45"/>
       <c r="P95" s="45"/>
       <c r="Q95" s="46">
@@ -14382,51 +14363,51 @@
       <c r="S95" s="45"/>
       <c r="T95" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U95" s="47"/>
       <c r="V95" s="47"/>
       <c r="W95" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X95" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y95" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z95" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA95" s="49"/>
     </row>
-    <row r="96" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="96" spans="2:27">
       <c r="B96" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C96" s="44"/>
       <c r="D96" s="73"/>
       <c r="E96" s="44"/>
       <c r="F96" s="44"/>
       <c r="G96" s="44"/>
       <c r="H96" s="44"/>
       <c r="I96" s="45"/>
       <c r="J96" s="91"/>
       <c r="K96" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L96" s="45"/>
       <c r="M96" s="91"/>
       <c r="N96" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O96" s="45"/>
       <c r="P96" s="45"/>
       <c r="Q96" s="46">
@@ -14437,51 +14418,51 @@
       <c r="S96" s="45"/>
       <c r="T96" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U96" s="47"/>
       <c r="V96" s="47"/>
       <c r="W96" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X96" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y96" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z96" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA96" s="49"/>
     </row>
-    <row r="97" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="97" spans="2:27">
       <c r="B97" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C97" s="44"/>
       <c r="D97" s="73"/>
       <c r="E97" s="44"/>
       <c r="F97" s="44"/>
       <c r="G97" s="44"/>
       <c r="H97" s="44"/>
       <c r="I97" s="45"/>
       <c r="J97" s="91"/>
       <c r="K97" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L97" s="45"/>
       <c r="M97" s="91"/>
       <c r="N97" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O97" s="45"/>
       <c r="P97" s="45"/>
       <c r="Q97" s="46">
@@ -14492,51 +14473,51 @@
       <c r="S97" s="45"/>
       <c r="T97" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U97" s="47"/>
       <c r="V97" s="47"/>
       <c r="W97" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X97" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y97" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z97" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA97" s="49"/>
     </row>
-    <row r="98" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="98" spans="2:27">
       <c r="B98" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C98" s="44"/>
       <c r="D98" s="73"/>
       <c r="E98" s="44"/>
       <c r="F98" s="44"/>
       <c r="G98" s="44"/>
       <c r="H98" s="44"/>
       <c r="I98" s="45"/>
       <c r="J98" s="91"/>
       <c r="K98" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L98" s="45"/>
       <c r="M98" s="91"/>
       <c r="N98" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O98" s="45"/>
       <c r="P98" s="45"/>
       <c r="Q98" s="46">
@@ -14547,51 +14528,51 @@
       <c r="S98" s="45"/>
       <c r="T98" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U98" s="47"/>
       <c r="V98" s="47"/>
       <c r="W98" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X98" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y98" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z98" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA98" s="49"/>
     </row>
-    <row r="99" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="99" spans="2:27">
       <c r="B99" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C99" s="44"/>
       <c r="D99" s="73"/>
       <c r="E99" s="44"/>
       <c r="F99" s="44"/>
       <c r="G99" s="44"/>
       <c r="H99" s="44"/>
       <c r="I99" s="45"/>
       <c r="J99" s="91"/>
       <c r="K99" s="46">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L99" s="45"/>
       <c r="M99" s="91"/>
       <c r="N99" s="46">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="O99" s="45"/>
       <c r="P99" s="45"/>
       <c r="Q99" s="46">
@@ -14601,51 +14582,51 @@
       <c r="R99" s="45"/>
       <c r="S99" s="45"/>
       <c r="T99" s="46">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U99" s="47"/>
       <c r="W99" s="48">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="X99" s="48">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="Y99" s="53" t="str">
         <f t="shared" si="19"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="Z99" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="AA99" s="49"/>
     </row>
-    <row r="100" spans="2:27" x14ac:dyDescent="0.15">
+    <row r="100" spans="2:27">
       <c r="B100" s="43" t="str">
         <f t="shared" si="18"/>
         <v>Example</v>
       </c>
       <c r="C100" s="44"/>
       <c r="D100" s="73"/>
       <c r="E100" s="44"/>
       <c r="F100" s="44"/>
       <c r="G100" s="44"/>
       <c r="H100" s="44"/>
       <c r="I100" s="45"/>
       <c r="J100" s="91"/>
       <c r="K100" s="46">
         <f t="shared" ref="K100" si="20">SUM(I100:J100)</f>
         <v>0</v>
       </c>
       <c r="L100" s="45"/>
       <c r="M100" s="91"/>
       <c r="N100" s="46">
         <f t="shared" ref="N100" si="21">SUM(L100:M100)</f>
         <v>0</v>
       </c>
       <c r="O100" s="45"/>
       <c r="P100" s="45"/>
       <c r="Q100" s="46">
@@ -14724,6729 +14705,6729 @@
           <x14:formula1>
             <xm:f>INDIRECT('HIDE Conditional Validation'!D20)</xm:f>
           </x14:formula1>
           <xm:sqref>D20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9BD0B4DF-4C68-448B-8870-D7266A13F246}">
           <x14:formula1>
             <xm:f>INDIRECT('HIDE Conditional Validation'!E11)</xm:f>
           </x14:formula1>
           <xm:sqref>F10:F100</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B22B27C-02DB-4E8A-B318-C0292E0FA442}">
   <sheetPr>
     <tabColor theme="5"/>
   </sheetPr>
   <dimension ref="A1:P1003"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="B37" sqref="B37"/>
+      <selection activeCell="I30" sqref="I30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="14" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="12.95"/>
   <cols>
-    <col min="1" max="1" width="19.83203125" style="78" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="14" max="14" width="17.5" style="78" customWidth="1"/>
+    <col min="1" max="1" width="19.85546875" style="78" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" style="78" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" style="78" customWidth="1"/>
+    <col min="4" max="4" width="23.7109375" style="78" customWidth="1"/>
+    <col min="5" max="6" width="25.28515625" style="78" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" style="78" customWidth="1"/>
+    <col min="8" max="9" width="11.7109375" style="78" customWidth="1"/>
+    <col min="10" max="10" width="20.140625" style="78" customWidth="1"/>
+    <col min="11" max="11" width="18.85546875" style="157" customWidth="1"/>
+    <col min="12" max="12" width="43.42578125" style="78" customWidth="1"/>
+    <col min="13" max="13" width="16.140625" style="78" customWidth="1"/>
+    <col min="14" max="14" width="17.5703125" style="78" customWidth="1"/>
     <col min="15" max="15" width="22" style="78" customWidth="1"/>
-    <col min="16" max="16" width="23.6640625" style="78" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="18" max="16384" width="14.5" style="78"/>
+    <col min="16" max="16" width="23.7109375" style="78" customWidth="1"/>
+    <col min="17" max="17" width="31.42578125" style="78" customWidth="1"/>
+    <col min="18" max="16384" width="14.42578125" style="78"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="13.5" thickBot="1"/>
+    <row r="2" spans="1:16" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="B2" s="205" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="207"/>
+    </row>
+    <row r="3" spans="1:16" ht="18" customHeight="1">
       <c r="A3" s="90"/>
       <c r="B3" s="121" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C3" s="90"/>
       <c r="D3" s="90"/>
       <c r="E3" s="90"/>
       <c r="F3" s="90"/>
       <c r="G3" s="90"/>
       <c r="H3" s="90"/>
       <c r="I3" s="90"/>
       <c r="J3" s="90"/>
       <c r="K3" s="158"/>
       <c r="L3" s="90"/>
       <c r="M3" s="90"/>
       <c r="N3" s="90"/>
       <c r="O3" s="90"/>
       <c r="P3" s="90"/>
     </row>
-    <row r="4" spans="1:16" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" ht="13.5" customHeight="1" thickBot="1">
       <c r="A4" s="90"/>
       <c r="B4" s="121"/>
       <c r="C4" s="90"/>
       <c r="D4" s="90"/>
       <c r="E4" s="90"/>
       <c r="F4" s="90"/>
       <c r="G4" s="90"/>
       <c r="H4" s="90"/>
       <c r="I4" s="90"/>
       <c r="J4" s="90"/>
       <c r="K4" s="158"/>
       <c r="L4" s="90"/>
       <c r="M4" s="90"/>
       <c r="N4" s="90"/>
       <c r="O4" s="90"/>
       <c r="P4" s="90"/>
     </row>
-    <row r="5" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:16" ht="13.5" thickBot="1">
       <c r="A5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="B5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="C5" s="123" t="s">
         <v>70</v>
       </c>
       <c r="D5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="E5" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="F5" s="212" t="s">
-[...5 lines deleted...]
-      <c r="J5" s="214"/>
+      <c r="F5" s="208" t="s">
+        <v>105</v>
+      </c>
+      <c r="G5" s="209"/>
+      <c r="H5" s="209"/>
+      <c r="I5" s="209"/>
+      <c r="J5" s="210"/>
       <c r="K5" s="159" t="s">
         <v>72</v>
       </c>
       <c r="L5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="M5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="N5" s="125" t="s">
         <v>71</v>
       </c>
       <c r="O5" s="123" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" ht="46.5" customHeight="1">
       <c r="A6" s="108" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B6" s="108" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C6" s="109" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="108" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E6" s="108" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="F6" s="168" t="s">
+        <v>109</v>
+      </c>
+      <c r="F6" s="162" t="s">
         <v>95</v>
       </c>
-      <c r="G6" s="169" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="170" t="s">
+      <c r="G6" s="163" t="s">
+        <v>101</v>
+      </c>
+      <c r="H6" s="164" t="s">
         <v>110</v>
       </c>
-      <c r="J6" s="171" t="s">
+      <c r="I6" s="164" t="s">
         <v>111</v>
       </c>
+      <c r="J6" s="165" t="s">
+        <v>112</v>
+      </c>
       <c r="K6" s="160" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="L6" s="204" t="s">
         <v>113</v>
       </c>
+      <c r="L6" s="198" t="s">
+        <v>114</v>
+      </c>
       <c r="M6" s="109" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N6" s="109" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O6" s="109" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="15.75" customHeight="1">
       <c r="A7" s="79"/>
       <c r="B7" s="81"/>
       <c r="C7" s="81"/>
       <c r="D7" s="80"/>
       <c r="E7" s="80"/>
       <c r="F7" s="93"/>
       <c r="G7" s="93"/>
       <c r="H7" s="93"/>
       <c r="I7" s="93"/>
       <c r="J7" s="93"/>
       <c r="K7" s="161">
         <f>SUM(F7:J7)</f>
         <v>0</v>
       </c>
       <c r="L7" s="92"/>
       <c r="M7" s="103"/>
       <c r="N7" s="103"/>
       <c r="O7" s="92"/>
     </row>
-    <row r="8" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="15.75" customHeight="1">
       <c r="A8" s="79"/>
       <c r="B8" s="81"/>
       <c r="C8" s="81"/>
       <c r="D8" s="82"/>
       <c r="E8" s="82"/>
       <c r="F8" s="93"/>
       <c r="G8" s="93"/>
       <c r="H8" s="93"/>
       <c r="I8" s="93"/>
       <c r="J8" s="93"/>
       <c r="K8" s="161">
         <f t="shared" ref="K8:K71" si="0">SUM(F8:J8)</f>
         <v>0</v>
       </c>
       <c r="L8" s="79"/>
       <c r="M8" s="80"/>
       <c r="N8" s="80"/>
       <c r="O8" s="80"/>
     </row>
-    <row r="9" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="15.75" customHeight="1">
       <c r="A9" s="79"/>
       <c r="B9" s="81"/>
       <c r="C9" s="81"/>
       <c r="D9" s="82"/>
       <c r="E9" s="82"/>
       <c r="F9" s="93"/>
       <c r="G9" s="93"/>
       <c r="H9" s="93"/>
       <c r="I9" s="93"/>
       <c r="J9" s="93"/>
       <c r="K9" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L9" s="79"/>
       <c r="M9" s="80"/>
       <c r="N9" s="80"/>
       <c r="O9" s="80"/>
     </row>
-    <row r="10" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="15.75" customHeight="1">
       <c r="A10" s="79"/>
       <c r="B10" s="81"/>
       <c r="C10" s="81"/>
       <c r="D10" s="82"/>
       <c r="E10" s="82"/>
       <c r="F10" s="93"/>
       <c r="G10" s="93"/>
       <c r="H10" s="93"/>
       <c r="I10" s="93"/>
       <c r="J10" s="93"/>
       <c r="K10" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L10" s="79"/>
       <c r="M10" s="80"/>
       <c r="N10" s="80"/>
       <c r="O10" s="80"/>
     </row>
-    <row r="11" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="15.75" customHeight="1">
       <c r="A11" s="79"/>
       <c r="B11" s="81"/>
       <c r="C11" s="81"/>
       <c r="D11" s="82"/>
       <c r="E11" s="82"/>
       <c r="F11" s="93"/>
       <c r="G11" s="93"/>
       <c r="H11" s="93"/>
       <c r="I11" s="93"/>
       <c r="J11" s="93"/>
       <c r="K11" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L11" s="79"/>
       <c r="M11" s="80"/>
       <c r="N11" s="80"/>
       <c r="O11" s="80"/>
     </row>
-    <row r="12" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="15.75" customHeight="1">
       <c r="A12" s="79"/>
       <c r="B12" s="81"/>
       <c r="C12" s="81"/>
       <c r="D12" s="83"/>
       <c r="E12" s="83"/>
       <c r="F12" s="93"/>
       <c r="G12" s="93"/>
       <c r="H12" s="93"/>
       <c r="I12" s="93"/>
       <c r="J12" s="93"/>
       <c r="K12" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L12" s="80"/>
       <c r="M12" s="80"/>
       <c r="N12" s="80"/>
       <c r="O12" s="80"/>
     </row>
-    <row r="13" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="15.75" customHeight="1">
       <c r="A13" s="79"/>
       <c r="B13" s="81"/>
       <c r="C13" s="81"/>
       <c r="D13" s="82"/>
       <c r="E13" s="82"/>
       <c r="F13" s="93"/>
       <c r="G13" s="93"/>
       <c r="H13" s="93"/>
       <c r="I13" s="93"/>
       <c r="J13" s="93"/>
       <c r="K13" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L13" s="79"/>
       <c r="M13" s="80"/>
       <c r="N13" s="80"/>
       <c r="O13" s="80"/>
     </row>
-    <row r="14" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="15.75" customHeight="1">
       <c r="A14" s="79"/>
       <c r="B14" s="81"/>
       <c r="C14" s="81"/>
       <c r="D14" s="82"/>
       <c r="E14" s="82"/>
       <c r="F14" s="93"/>
       <c r="G14" s="93"/>
       <c r="H14" s="93"/>
       <c r="I14" s="93"/>
       <c r="J14" s="93"/>
       <c r="K14" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L14" s="79"/>
       <c r="M14" s="80"/>
       <c r="N14" s="80"/>
       <c r="O14" s="80"/>
     </row>
-    <row r="15" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="15.75" customHeight="1">
       <c r="A15" s="79"/>
       <c r="B15" s="81"/>
       <c r="C15" s="81"/>
       <c r="D15" s="82"/>
       <c r="E15" s="82"/>
       <c r="F15" s="93"/>
       <c r="G15" s="93"/>
       <c r="H15" s="93"/>
       <c r="I15" s="93"/>
       <c r="J15" s="93"/>
       <c r="K15" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L15" s="79"/>
       <c r="M15" s="80"/>
       <c r="N15" s="80"/>
       <c r="O15" s="80"/>
     </row>
-    <row r="16" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="15.75" customHeight="1">
       <c r="A16" s="79"/>
       <c r="B16" s="81"/>
       <c r="C16" s="81"/>
       <c r="D16" s="82"/>
       <c r="E16" s="82"/>
       <c r="F16" s="93"/>
       <c r="G16" s="93"/>
       <c r="H16" s="93"/>
       <c r="I16" s="93"/>
       <c r="J16" s="93"/>
       <c r="K16" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L16" s="79"/>
       <c r="M16" s="80"/>
       <c r="N16" s="80"/>
       <c r="O16" s="80"/>
     </row>
-    <row r="17" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:15" ht="15.75" customHeight="1">
       <c r="A17" s="79"/>
       <c r="B17" s="81"/>
       <c r="C17" s="81"/>
       <c r="D17" s="84"/>
       <c r="E17" s="84"/>
       <c r="F17" s="93"/>
       <c r="G17" s="93"/>
       <c r="H17" s="93"/>
       <c r="I17" s="93"/>
       <c r="J17" s="93"/>
       <c r="K17" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L17" s="79"/>
       <c r="M17" s="80"/>
       <c r="N17" s="80"/>
       <c r="O17" s="80"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:15" ht="15.75" customHeight="1">
       <c r="A18" s="79"/>
       <c r="B18" s="81"/>
       <c r="C18" s="81"/>
       <c r="D18" s="84"/>
       <c r="E18" s="84"/>
       <c r="F18" s="93"/>
       <c r="G18" s="93"/>
       <c r="H18" s="93"/>
       <c r="I18" s="93"/>
       <c r="J18" s="93"/>
       <c r="K18" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L18" s="79"/>
       <c r="M18" s="80"/>
       <c r="N18" s="80"/>
       <c r="O18" s="80"/>
     </row>
-    <row r="19" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:15" ht="15.75" customHeight="1">
       <c r="A19" s="79"/>
       <c r="B19" s="81"/>
       <c r="C19" s="81"/>
       <c r="D19" s="84"/>
       <c r="E19" s="84"/>
       <c r="F19" s="93"/>
       <c r="G19" s="93"/>
       <c r="H19" s="93"/>
       <c r="I19" s="93"/>
       <c r="J19" s="93"/>
       <c r="K19" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L19" s="79"/>
       <c r="M19" s="80"/>
       <c r="N19" s="80"/>
       <c r="O19" s="80"/>
     </row>
-    <row r="20" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:15" ht="15.75" customHeight="1">
       <c r="A20" s="79"/>
       <c r="B20" s="81"/>
       <c r="C20" s="81"/>
       <c r="D20" s="84"/>
       <c r="E20" s="84"/>
       <c r="F20" s="93"/>
       <c r="G20" s="93"/>
       <c r="H20" s="93"/>
       <c r="I20" s="93"/>
       <c r="J20" s="93"/>
       <c r="K20" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L20" s="79"/>
       <c r="M20" s="80"/>
       <c r="N20" s="80"/>
       <c r="O20" s="80"/>
     </row>
-    <row r="21" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:15" ht="15.75" customHeight="1">
       <c r="A21" s="79"/>
       <c r="B21" s="81"/>
       <c r="C21" s="81"/>
       <c r="D21" s="84"/>
       <c r="E21" s="84"/>
       <c r="F21" s="93"/>
       <c r="G21" s="93"/>
       <c r="H21" s="93"/>
       <c r="I21" s="93"/>
       <c r="J21" s="93"/>
       <c r="K21" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L21" s="79"/>
       <c r="M21" s="80"/>
       <c r="N21" s="80"/>
       <c r="O21" s="80"/>
     </row>
-    <row r="22" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:15" ht="15.75" customHeight="1">
       <c r="A22" s="79"/>
       <c r="B22" s="81"/>
       <c r="C22" s="81"/>
       <c r="D22" s="84"/>
       <c r="E22" s="84"/>
       <c r="F22" s="93"/>
       <c r="G22" s="93"/>
       <c r="H22" s="93"/>
       <c r="I22" s="93"/>
       <c r="J22" s="93"/>
       <c r="K22" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L22" s="79"/>
       <c r="M22" s="80"/>
       <c r="N22" s="80"/>
       <c r="O22" s="80"/>
     </row>
-    <row r="23" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:15" ht="15.75" customHeight="1">
       <c r="A23" s="79"/>
       <c r="B23" s="81"/>
       <c r="C23" s="81"/>
       <c r="D23" s="84"/>
       <c r="E23" s="84"/>
       <c r="F23" s="93"/>
       <c r="G23" s="93"/>
       <c r="H23" s="93"/>
       <c r="I23" s="93"/>
       <c r="J23" s="93"/>
       <c r="K23" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L23" s="79"/>
       <c r="M23" s="80"/>
       <c r="N23" s="80"/>
       <c r="O23" s="80"/>
     </row>
-    <row r="24" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:15" ht="15.75" customHeight="1">
       <c r="A24" s="79"/>
       <c r="B24" s="81"/>
       <c r="C24" s="81"/>
       <c r="D24" s="84"/>
       <c r="E24" s="84"/>
       <c r="F24" s="93"/>
       <c r="G24" s="93"/>
       <c r="H24" s="93"/>
       <c r="I24" s="93"/>
       <c r="J24" s="93"/>
       <c r="K24" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L24" s="79"/>
       <c r="M24" s="80"/>
       <c r="N24" s="80"/>
       <c r="O24" s="80"/>
     </row>
-    <row r="25" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:15" ht="15.75" customHeight="1">
       <c r="A25" s="79"/>
       <c r="B25" s="81"/>
       <c r="C25" s="81"/>
       <c r="D25" s="85"/>
       <c r="E25" s="85"/>
       <c r="F25" s="93"/>
       <c r="G25" s="93"/>
       <c r="H25" s="93"/>
       <c r="I25" s="93"/>
       <c r="J25" s="93"/>
       <c r="K25" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L25" s="79"/>
       <c r="M25" s="80"/>
       <c r="N25" s="80"/>
       <c r="O25" s="80"/>
     </row>
-    <row r="26" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:15" ht="15.75" customHeight="1">
       <c r="A26" s="79"/>
       <c r="B26" s="81"/>
       <c r="C26" s="81"/>
       <c r="D26" s="85"/>
       <c r="E26" s="85"/>
       <c r="F26" s="93"/>
       <c r="G26" s="93"/>
       <c r="H26" s="93"/>
       <c r="I26" s="93"/>
       <c r="J26" s="93"/>
       <c r="K26" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L26" s="79"/>
       <c r="M26" s="80"/>
       <c r="N26" s="80"/>
       <c r="O26" s="80"/>
     </row>
-    <row r="27" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:15" ht="15.75" customHeight="1">
       <c r="A27" s="79"/>
       <c r="B27" s="81"/>
       <c r="C27" s="81"/>
       <c r="D27" s="85"/>
       <c r="E27" s="85"/>
       <c r="F27" s="93"/>
       <c r="G27" s="93"/>
       <c r="H27" s="93"/>
       <c r="I27" s="93"/>
       <c r="J27" s="93"/>
       <c r="K27" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L27" s="79"/>
       <c r="M27" s="80"/>
       <c r="N27" s="80"/>
       <c r="O27" s="80"/>
     </row>
-    <row r="28" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:15" ht="15.75" customHeight="1">
       <c r="A28" s="79"/>
       <c r="B28" s="81"/>
       <c r="C28" s="81"/>
       <c r="D28" s="85"/>
       <c r="E28" s="85"/>
       <c r="F28" s="93"/>
       <c r="G28" s="93"/>
       <c r="H28" s="93"/>
       <c r="I28" s="93"/>
       <c r="J28" s="93"/>
       <c r="K28" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L28" s="79"/>
       <c r="M28" s="80"/>
       <c r="N28" s="80"/>
       <c r="O28" s="80"/>
     </row>
-    <row r="29" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:15" ht="15.75" customHeight="1">
       <c r="A29" s="79"/>
       <c r="B29" s="81"/>
       <c r="C29" s="81"/>
       <c r="D29" s="86"/>
       <c r="E29" s="86"/>
       <c r="F29" s="93"/>
       <c r="G29" s="93"/>
       <c r="H29" s="93"/>
       <c r="I29" s="93"/>
       <c r="J29" s="93"/>
       <c r="K29" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L29" s="79"/>
       <c r="M29" s="80"/>
       <c r="N29" s="80"/>
       <c r="O29" s="79"/>
     </row>
-    <row r="30" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:15" ht="15.75" customHeight="1">
       <c r="A30" s="79"/>
       <c r="B30" s="81"/>
       <c r="C30" s="81"/>
       <c r="D30" s="86"/>
       <c r="E30" s="86"/>
       <c r="F30" s="93"/>
       <c r="G30" s="93"/>
       <c r="H30" s="93"/>
       <c r="I30" s="93"/>
       <c r="J30" s="93"/>
       <c r="K30" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L30" s="79"/>
       <c r="M30" s="80"/>
       <c r="N30" s="80"/>
       <c r="O30" s="79"/>
     </row>
-    <row r="31" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:15" ht="15.75" customHeight="1">
       <c r="A31" s="79"/>
       <c r="B31" s="81"/>
       <c r="C31" s="81"/>
       <c r="D31" s="86"/>
       <c r="E31" s="86"/>
       <c r="F31" s="93"/>
       <c r="G31" s="93"/>
       <c r="H31" s="93"/>
       <c r="I31" s="93"/>
       <c r="J31" s="93"/>
       <c r="K31" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L31" s="79"/>
       <c r="M31" s="80"/>
       <c r="N31" s="80"/>
       <c r="O31" s="79"/>
     </row>
-    <row r="32" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:15" ht="15.75" customHeight="1">
       <c r="A32" s="79"/>
       <c r="B32" s="81"/>
       <c r="C32" s="81"/>
       <c r="D32" s="86"/>
       <c r="E32" s="86"/>
       <c r="F32" s="93"/>
       <c r="G32" s="93"/>
       <c r="H32" s="93"/>
       <c r="I32" s="93"/>
       <c r="J32" s="93"/>
       <c r="K32" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L32" s="79"/>
       <c r="M32" s="80"/>
       <c r="N32" s="80"/>
       <c r="O32" s="79"/>
     </row>
-    <row r="33" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:15" ht="15.75" customHeight="1">
       <c r="A33" s="79"/>
       <c r="B33" s="81"/>
       <c r="C33" s="81"/>
       <c r="D33" s="86"/>
       <c r="E33" s="86"/>
       <c r="F33" s="93"/>
       <c r="G33" s="93"/>
       <c r="H33" s="93"/>
       <c r="I33" s="93"/>
       <c r="J33" s="93"/>
       <c r="K33" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L33" s="79"/>
       <c r="M33" s="80"/>
       <c r="N33" s="80"/>
       <c r="O33" s="79"/>
     </row>
-    <row r="34" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:15" ht="15.75" customHeight="1">
       <c r="A34" s="79"/>
       <c r="B34" s="81"/>
       <c r="C34" s="81"/>
       <c r="D34" s="79"/>
       <c r="E34" s="79"/>
       <c r="F34" s="93"/>
       <c r="G34" s="93"/>
       <c r="H34" s="93"/>
       <c r="I34" s="93"/>
       <c r="J34" s="93"/>
       <c r="K34" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L34" s="80"/>
       <c r="M34" s="79"/>
       <c r="N34" s="79"/>
       <c r="O34" s="80"/>
     </row>
-    <row r="35" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:15" ht="15.75" customHeight="1">
       <c r="A35" s="79"/>
       <c r="B35" s="81"/>
       <c r="C35" s="81"/>
       <c r="D35" s="79"/>
       <c r="E35" s="79"/>
       <c r="F35" s="93"/>
       <c r="G35" s="93"/>
       <c r="H35" s="93"/>
       <c r="I35" s="93"/>
       <c r="J35" s="93"/>
       <c r="K35" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L35" s="80"/>
       <c r="M35" s="79"/>
       <c r="N35" s="79"/>
       <c r="O35" s="79"/>
     </row>
-    <row r="36" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:15" ht="15.75" customHeight="1">
       <c r="A36" s="79"/>
       <c r="B36" s="81"/>
       <c r="C36" s="81"/>
       <c r="D36" s="80"/>
       <c r="E36" s="80"/>
       <c r="F36" s="93"/>
       <c r="G36" s="93"/>
       <c r="H36" s="93"/>
       <c r="I36" s="93"/>
       <c r="J36" s="93"/>
       <c r="K36" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L36" s="79"/>
       <c r="M36" s="79"/>
       <c r="N36" s="79"/>
       <c r="O36" s="79"/>
     </row>
-    <row r="37" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:15" ht="15.75" customHeight="1">
       <c r="A37" s="79"/>
       <c r="B37" s="81"/>
       <c r="C37" s="81"/>
       <c r="D37" s="79"/>
       <c r="E37" s="79"/>
       <c r="F37" s="93"/>
       <c r="G37" s="93"/>
       <c r="H37" s="93"/>
       <c r="I37" s="93"/>
       <c r="J37" s="93"/>
       <c r="K37" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L37" s="79"/>
       <c r="M37" s="79"/>
       <c r="N37" s="79"/>
       <c r="O37" s="79"/>
     </row>
-    <row r="38" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:15" ht="15.75" customHeight="1">
       <c r="A38" s="79"/>
       <c r="B38" s="81"/>
       <c r="C38" s="81"/>
       <c r="D38" s="79"/>
       <c r="E38" s="79"/>
       <c r="F38" s="93"/>
       <c r="G38" s="93"/>
       <c r="H38" s="93"/>
       <c r="I38" s="93"/>
       <c r="J38" s="93"/>
       <c r="K38" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L38" s="79"/>
       <c r="M38" s="79"/>
       <c r="N38" s="79"/>
       <c r="O38" s="79"/>
     </row>
-    <row r="39" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:15" ht="15.75" customHeight="1">
       <c r="A39" s="79"/>
       <c r="B39" s="81"/>
       <c r="C39" s="81"/>
       <c r="D39" s="79"/>
       <c r="E39" s="79"/>
       <c r="F39" s="93"/>
       <c r="G39" s="93"/>
       <c r="H39" s="93"/>
       <c r="I39" s="93"/>
       <c r="J39" s="93"/>
       <c r="K39" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L39" s="79"/>
       <c r="M39" s="79"/>
       <c r="N39" s="79"/>
       <c r="O39" s="79"/>
     </row>
-    <row r="40" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:15" ht="15.75" customHeight="1">
       <c r="A40" s="79"/>
       <c r="B40" s="81"/>
       <c r="C40" s="81"/>
       <c r="D40" s="79"/>
       <c r="E40" s="79"/>
       <c r="F40" s="93"/>
       <c r="G40" s="93"/>
       <c r="H40" s="93"/>
       <c r="I40" s="93"/>
       <c r="J40" s="93"/>
       <c r="K40" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L40" s="79"/>
       <c r="M40" s="79"/>
       <c r="N40" s="79"/>
       <c r="O40" s="79"/>
     </row>
-    <row r="41" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:15" ht="15.75" customHeight="1">
       <c r="A41" s="79"/>
       <c r="B41" s="81"/>
       <c r="C41" s="81"/>
       <c r="D41" s="79"/>
       <c r="E41" s="79"/>
       <c r="F41" s="93"/>
       <c r="G41" s="93"/>
       <c r="H41" s="93"/>
       <c r="I41" s="93"/>
       <c r="J41" s="93"/>
       <c r="K41" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L41" s="79"/>
       <c r="M41" s="79"/>
       <c r="N41" s="79"/>
       <c r="O41" s="79"/>
     </row>
-    <row r="42" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:15" ht="15.75" customHeight="1">
       <c r="A42" s="79"/>
       <c r="B42" s="81"/>
       <c r="C42" s="81"/>
       <c r="D42" s="79"/>
       <c r="E42" s="79"/>
       <c r="F42" s="93"/>
       <c r="G42" s="93"/>
       <c r="H42" s="93"/>
       <c r="I42" s="93"/>
       <c r="J42" s="93"/>
       <c r="K42" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L42" s="79"/>
       <c r="M42" s="79"/>
       <c r="N42" s="79"/>
       <c r="O42" s="79"/>
     </row>
-    <row r="43" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:15" ht="15.75" customHeight="1">
       <c r="A43" s="79"/>
       <c r="B43" s="81"/>
       <c r="C43" s="81"/>
       <c r="D43" s="79"/>
       <c r="E43" s="79"/>
       <c r="F43" s="93"/>
       <c r="G43" s="93"/>
       <c r="H43" s="93"/>
       <c r="I43" s="93"/>
       <c r="J43" s="93"/>
       <c r="K43" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L43" s="79"/>
       <c r="M43" s="79"/>
       <c r="N43" s="79"/>
       <c r="O43" s="79"/>
     </row>
-    <row r="44" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:15" ht="15.75" customHeight="1">
       <c r="A44" s="79"/>
       <c r="B44" s="81"/>
       <c r="C44" s="81"/>
       <c r="D44" s="79"/>
       <c r="E44" s="79"/>
       <c r="F44" s="93"/>
       <c r="G44" s="93"/>
       <c r="H44" s="93"/>
       <c r="I44" s="93"/>
       <c r="J44" s="93"/>
       <c r="K44" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L44" s="79"/>
       <c r="M44" s="79"/>
       <c r="N44" s="79"/>
       <c r="O44" s="79"/>
     </row>
-    <row r="45" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:15" ht="15.75" customHeight="1">
       <c r="A45" s="79"/>
       <c r="B45" s="81"/>
       <c r="C45" s="81"/>
       <c r="D45" s="79"/>
       <c r="E45" s="79"/>
       <c r="F45" s="93"/>
       <c r="G45" s="93"/>
       <c r="H45" s="93"/>
       <c r="I45" s="93"/>
       <c r="J45" s="93"/>
       <c r="K45" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L45" s="79"/>
       <c r="M45" s="79"/>
       <c r="N45" s="79"/>
       <c r="O45" s="79"/>
     </row>
-    <row r="46" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:15" ht="15.75" customHeight="1">
       <c r="A46" s="79"/>
       <c r="B46" s="81"/>
       <c r="C46" s="81"/>
       <c r="D46" s="79"/>
       <c r="E46" s="79"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L46" s="79"/>
       <c r="M46" s="79"/>
       <c r="N46" s="79"/>
       <c r="O46" s="79"/>
     </row>
-    <row r="47" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:15" ht="15.75" customHeight="1">
       <c r="A47" s="79"/>
       <c r="B47" s="81"/>
       <c r="C47" s="81"/>
       <c r="D47" s="79"/>
       <c r="E47" s="79"/>
       <c r="F47" s="93"/>
       <c r="G47" s="93"/>
       <c r="H47" s="93"/>
       <c r="I47" s="93"/>
       <c r="J47" s="93"/>
       <c r="K47" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L47" s="79"/>
       <c r="M47" s="79"/>
       <c r="N47" s="79"/>
       <c r="O47" s="79"/>
     </row>
-    <row r="48" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:15" ht="15.75" customHeight="1">
       <c r="A48" s="79"/>
       <c r="B48" s="81"/>
       <c r="C48" s="81"/>
       <c r="D48" s="79"/>
       <c r="E48" s="79"/>
       <c r="F48" s="93"/>
       <c r="G48" s="93"/>
       <c r="H48" s="93"/>
       <c r="I48" s="93"/>
       <c r="J48" s="93"/>
       <c r="K48" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L48" s="79"/>
       <c r="M48" s="79"/>
       <c r="N48" s="79"/>
       <c r="O48" s="79"/>
     </row>
-    <row r="49" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:15" ht="15.75" customHeight="1">
       <c r="A49" s="79"/>
       <c r="B49" s="81"/>
       <c r="C49" s="81"/>
       <c r="D49" s="79"/>
       <c r="E49" s="79"/>
       <c r="F49" s="93"/>
       <c r="G49" s="93"/>
       <c r="H49" s="93"/>
       <c r="I49" s="93"/>
       <c r="J49" s="93"/>
       <c r="K49" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L49" s="79"/>
       <c r="M49" s="79"/>
       <c r="N49" s="79"/>
       <c r="O49" s="79"/>
     </row>
-    <row r="50" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:15" ht="15.75" customHeight="1">
       <c r="A50" s="79"/>
       <c r="B50" s="81"/>
       <c r="C50" s="81"/>
       <c r="D50" s="79"/>
       <c r="E50" s="79"/>
       <c r="F50" s="93"/>
       <c r="G50" s="93"/>
       <c r="H50" s="93"/>
       <c r="I50" s="93"/>
       <c r="J50" s="93"/>
       <c r="K50" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L50" s="79"/>
       <c r="M50" s="79"/>
       <c r="N50" s="79"/>
       <c r="O50" s="79"/>
     </row>
-    <row r="51" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:15" ht="15.75" customHeight="1">
       <c r="A51" s="79"/>
       <c r="B51" s="81"/>
       <c r="C51" s="81"/>
       <c r="D51" s="79"/>
       <c r="E51" s="79"/>
       <c r="F51" s="93"/>
       <c r="G51" s="93"/>
       <c r="H51" s="93"/>
       <c r="I51" s="93"/>
       <c r="J51" s="93"/>
       <c r="K51" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L51" s="80"/>
       <c r="M51" s="80"/>
       <c r="N51" s="80"/>
       <c r="O51" s="80"/>
     </row>
-    <row r="52" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:15" ht="15.75" customHeight="1">
       <c r="A52" s="79"/>
       <c r="B52" s="81"/>
       <c r="C52" s="81"/>
       <c r="D52" s="80"/>
       <c r="E52" s="80"/>
       <c r="F52" s="93"/>
       <c r="G52" s="93"/>
       <c r="H52" s="93"/>
       <c r="I52" s="93"/>
       <c r="J52" s="93"/>
       <c r="K52" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L52" s="80"/>
       <c r="M52" s="80"/>
       <c r="N52" s="80"/>
       <c r="O52" s="80"/>
     </row>
-    <row r="53" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:15" ht="15.75" customHeight="1">
       <c r="A53" s="79"/>
       <c r="B53" s="81"/>
       <c r="C53" s="81"/>
       <c r="D53" s="80"/>
       <c r="E53" s="80"/>
       <c r="F53" s="93"/>
       <c r="G53" s="93"/>
       <c r="H53" s="93"/>
       <c r="I53" s="93"/>
       <c r="J53" s="93"/>
       <c r="K53" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L53" s="80"/>
       <c r="M53" s="80"/>
       <c r="N53" s="80"/>
       <c r="O53" s="80"/>
     </row>
-    <row r="54" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:15" ht="15.75" customHeight="1">
       <c r="A54" s="79"/>
       <c r="B54" s="81"/>
       <c r="C54" s="81"/>
       <c r="D54" s="79"/>
       <c r="E54" s="79"/>
       <c r="F54" s="93"/>
       <c r="G54" s="93"/>
       <c r="H54" s="93"/>
       <c r="I54" s="93"/>
       <c r="J54" s="93"/>
       <c r="K54" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L54" s="79"/>
       <c r="M54" s="80"/>
       <c r="N54" s="80"/>
       <c r="O54" s="80"/>
     </row>
-    <row r="55" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:15" ht="15.75" customHeight="1">
       <c r="A55" s="79"/>
       <c r="B55" s="81"/>
       <c r="C55" s="81"/>
       <c r="D55" s="80"/>
       <c r="E55" s="80"/>
       <c r="F55" s="93"/>
       <c r="G55" s="93"/>
       <c r="H55" s="93"/>
       <c r="I55" s="93"/>
       <c r="J55" s="93"/>
       <c r="K55" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L55" s="80"/>
       <c r="M55" s="80"/>
       <c r="N55" s="80"/>
       <c r="O55" s="80"/>
     </row>
-    <row r="56" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:15" ht="15.75" customHeight="1">
       <c r="A56" s="79"/>
       <c r="B56" s="81"/>
       <c r="C56" s="81"/>
       <c r="D56" s="80"/>
       <c r="E56" s="80"/>
       <c r="F56" s="93"/>
       <c r="G56" s="93"/>
       <c r="H56" s="93"/>
       <c r="I56" s="93"/>
       <c r="J56" s="93"/>
       <c r="K56" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L56" s="79"/>
       <c r="M56" s="80"/>
       <c r="N56" s="80"/>
       <c r="O56" s="80"/>
     </row>
-    <row r="57" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:15" ht="15.75" customHeight="1">
       <c r="A57" s="79"/>
       <c r="B57" s="81"/>
       <c r="C57" s="81"/>
       <c r="D57" s="80"/>
       <c r="E57" s="80"/>
       <c r="F57" s="93"/>
       <c r="G57" s="93"/>
       <c r="H57" s="93"/>
       <c r="I57" s="93"/>
       <c r="J57" s="93"/>
       <c r="K57" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L57" s="80"/>
       <c r="M57" s="80"/>
       <c r="N57" s="80"/>
       <c r="O57" s="80"/>
     </row>
-    <row r="58" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:15" ht="15.75" customHeight="1">
       <c r="A58" s="79"/>
       <c r="B58" s="81"/>
       <c r="C58" s="81"/>
       <c r="D58" s="80"/>
       <c r="E58" s="80"/>
       <c r="F58" s="93"/>
       <c r="G58" s="93"/>
       <c r="H58" s="93"/>
       <c r="I58" s="93"/>
       <c r="J58" s="93"/>
       <c r="K58" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L58" s="80"/>
       <c r="M58" s="80"/>
       <c r="N58" s="80"/>
       <c r="O58" s="80"/>
     </row>
-    <row r="59" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:15" ht="15.75" customHeight="1">
       <c r="A59" s="79"/>
       <c r="B59" s="81"/>
       <c r="C59" s="81"/>
       <c r="D59" s="79"/>
       <c r="E59" s="79"/>
       <c r="F59" s="93"/>
       <c r="G59" s="93"/>
       <c r="H59" s="93"/>
       <c r="I59" s="93"/>
       <c r="J59" s="93"/>
       <c r="K59" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L59" s="80"/>
       <c r="M59" s="80"/>
       <c r="N59" s="80"/>
       <c r="O59" s="80"/>
     </row>
-    <row r="60" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:15" ht="15.75" customHeight="1">
       <c r="A60" s="79"/>
       <c r="B60" s="81"/>
       <c r="C60" s="81"/>
       <c r="D60" s="79"/>
       <c r="E60" s="79"/>
       <c r="F60" s="93"/>
       <c r="G60" s="93"/>
       <c r="H60" s="93"/>
       <c r="I60" s="93"/>
       <c r="J60" s="93"/>
       <c r="K60" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L60" s="80"/>
       <c r="M60" s="80"/>
       <c r="N60" s="80"/>
       <c r="O60" s="80"/>
     </row>
-    <row r="61" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:15" ht="15.75" customHeight="1">
       <c r="A61" s="79"/>
       <c r="B61" s="81"/>
       <c r="C61" s="81"/>
       <c r="D61" s="79"/>
       <c r="E61" s="79"/>
       <c r="F61" s="93"/>
       <c r="G61" s="93"/>
       <c r="H61" s="93"/>
       <c r="I61" s="93"/>
       <c r="J61" s="93"/>
       <c r="K61" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L61" s="80"/>
       <c r="M61" s="80"/>
       <c r="N61" s="80"/>
       <c r="O61" s="80"/>
     </row>
-    <row r="62" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:15" ht="15.75" customHeight="1">
       <c r="A62" s="79"/>
       <c r="B62" s="81"/>
       <c r="C62" s="81"/>
       <c r="D62" s="79"/>
       <c r="E62" s="79"/>
       <c r="F62" s="93"/>
       <c r="G62" s="93"/>
       <c r="H62" s="93"/>
       <c r="I62" s="93"/>
       <c r="J62" s="93"/>
       <c r="K62" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L62" s="80"/>
       <c r="M62" s="80"/>
       <c r="N62" s="80"/>
       <c r="O62" s="80"/>
     </row>
-    <row r="63" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:15" ht="15.75" customHeight="1">
       <c r="A63" s="79"/>
       <c r="B63" s="81"/>
       <c r="C63" s="81"/>
       <c r="D63" s="79"/>
       <c r="E63" s="79"/>
       <c r="F63" s="93"/>
       <c r="G63" s="93"/>
       <c r="H63" s="93"/>
       <c r="I63" s="93"/>
       <c r="J63" s="93"/>
       <c r="K63" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L63" s="80"/>
       <c r="M63" s="80"/>
       <c r="N63" s="80"/>
       <c r="O63" s="80"/>
     </row>
-    <row r="64" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:15" ht="15.75" customHeight="1">
       <c r="A64" s="79"/>
       <c r="B64" s="81"/>
       <c r="C64" s="81"/>
       <c r="D64" s="79"/>
       <c r="E64" s="79"/>
       <c r="F64" s="93"/>
       <c r="G64" s="93"/>
       <c r="H64" s="93"/>
       <c r="I64" s="93"/>
       <c r="J64" s="93"/>
       <c r="K64" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L64" s="80"/>
       <c r="M64" s="80"/>
       <c r="N64" s="80"/>
       <c r="O64" s="80"/>
     </row>
-    <row r="65" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:15" ht="15.75" customHeight="1">
       <c r="A65" s="79"/>
       <c r="B65" s="81"/>
       <c r="C65" s="81"/>
       <c r="D65" s="79"/>
       <c r="E65" s="79"/>
       <c r="F65" s="93"/>
       <c r="G65" s="93"/>
       <c r="H65" s="93"/>
       <c r="I65" s="93"/>
       <c r="J65" s="93"/>
       <c r="K65" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L65" s="80"/>
       <c r="M65" s="80"/>
       <c r="N65" s="80"/>
       <c r="O65" s="80"/>
     </row>
-    <row r="66" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:15" ht="15.75" customHeight="1">
       <c r="A66" s="79"/>
       <c r="B66" s="81"/>
       <c r="C66" s="81"/>
       <c r="D66" s="79"/>
       <c r="E66" s="79"/>
       <c r="F66" s="93"/>
       <c r="G66" s="93"/>
       <c r="H66" s="93"/>
       <c r="I66" s="93"/>
       <c r="J66" s="93"/>
       <c r="K66" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L66" s="80"/>
       <c r="M66" s="80"/>
       <c r="N66" s="80"/>
       <c r="O66" s="80"/>
     </row>
-    <row r="67" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:15" ht="15.75" customHeight="1">
       <c r="A67" s="79"/>
       <c r="B67" s="81"/>
       <c r="C67" s="81"/>
       <c r="D67" s="79"/>
       <c r="E67" s="79"/>
       <c r="F67" s="93"/>
       <c r="G67" s="93"/>
       <c r="H67" s="93"/>
       <c r="I67" s="93"/>
       <c r="J67" s="93"/>
       <c r="K67" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L67" s="80"/>
       <c r="M67" s="80"/>
       <c r="N67" s="80"/>
       <c r="O67" s="80"/>
     </row>
-    <row r="68" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:15" ht="15.75" customHeight="1">
       <c r="A68" s="79"/>
       <c r="B68" s="81"/>
       <c r="C68" s="81"/>
       <c r="D68" s="79"/>
       <c r="E68" s="79"/>
       <c r="F68" s="93"/>
       <c r="G68" s="93"/>
       <c r="H68" s="93"/>
       <c r="I68" s="93"/>
       <c r="J68" s="93"/>
       <c r="K68" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L68" s="80"/>
       <c r="M68" s="80"/>
       <c r="N68" s="80"/>
       <c r="O68" s="80"/>
     </row>
-    <row r="69" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:15" ht="15.75" customHeight="1">
       <c r="A69" s="79"/>
       <c r="B69" s="81"/>
       <c r="C69" s="81"/>
       <c r="D69" s="79"/>
       <c r="E69" s="79"/>
       <c r="F69" s="93"/>
       <c r="G69" s="93"/>
       <c r="H69" s="93"/>
       <c r="I69" s="93"/>
       <c r="J69" s="93"/>
       <c r="K69" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L69" s="80"/>
       <c r="M69" s="80"/>
       <c r="N69" s="80"/>
       <c r="O69" s="80"/>
     </row>
-    <row r="70" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:15" ht="15.75" customHeight="1">
       <c r="A70" s="79"/>
       <c r="B70" s="81"/>
       <c r="C70" s="81"/>
       <c r="D70" s="79"/>
       <c r="E70" s="79"/>
       <c r="F70" s="93"/>
       <c r="G70" s="93"/>
       <c r="H70" s="93"/>
       <c r="I70" s="93"/>
       <c r="J70" s="93"/>
       <c r="K70" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L70" s="80"/>
       <c r="M70" s="80"/>
       <c r="N70" s="80"/>
       <c r="O70" s="80"/>
     </row>
-    <row r="71" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:15" ht="15.75" customHeight="1">
       <c r="A71" s="79"/>
       <c r="B71" s="81"/>
       <c r="C71" s="81"/>
       <c r="D71" s="79"/>
       <c r="E71" s="79"/>
       <c r="F71" s="93"/>
       <c r="G71" s="93"/>
       <c r="H71" s="93"/>
       <c r="I71" s="93"/>
       <c r="J71" s="93"/>
       <c r="K71" s="161">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L71" s="80"/>
       <c r="M71" s="80"/>
       <c r="N71" s="80"/>
       <c r="O71" s="80"/>
     </row>
-    <row r="72" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:15" ht="15.75" customHeight="1">
       <c r="A72" s="79"/>
       <c r="B72" s="81"/>
       <c r="C72" s="81"/>
       <c r="D72" s="79"/>
       <c r="E72" s="79"/>
       <c r="F72" s="93"/>
       <c r="G72" s="93"/>
       <c r="H72" s="93"/>
       <c r="I72" s="93"/>
       <c r="J72" s="93"/>
       <c r="K72" s="161">
         <f t="shared" ref="K72:K111" si="1">SUM(F72:J72)</f>
         <v>0</v>
       </c>
       <c r="L72" s="80"/>
       <c r="M72" s="80"/>
       <c r="N72" s="80"/>
       <c r="O72" s="80"/>
     </row>
-    <row r="73" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:15" ht="15.75" customHeight="1">
       <c r="A73" s="79"/>
       <c r="B73" s="81"/>
       <c r="C73" s="81"/>
       <c r="D73" s="79"/>
       <c r="E73" s="79"/>
       <c r="F73" s="93"/>
       <c r="G73" s="93"/>
       <c r="H73" s="93"/>
       <c r="I73" s="93"/>
       <c r="J73" s="93"/>
       <c r="K73" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L73" s="87"/>
       <c r="M73" s="80"/>
       <c r="N73" s="80"/>
       <c r="O73" s="80"/>
     </row>
-    <row r="74" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:15" ht="15.75" customHeight="1">
       <c r="A74" s="79"/>
       <c r="B74" s="81"/>
       <c r="C74" s="81"/>
       <c r="D74" s="80"/>
       <c r="E74" s="80"/>
       <c r="F74" s="93"/>
       <c r="G74" s="93"/>
       <c r="H74" s="93"/>
       <c r="I74" s="93"/>
       <c r="J74" s="93"/>
       <c r="K74" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L74" s="87"/>
       <c r="M74" s="80"/>
       <c r="N74" s="80"/>
       <c r="O74" s="80"/>
     </row>
-    <row r="75" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:15" ht="15.75" customHeight="1">
       <c r="A75" s="79"/>
       <c r="B75" s="81"/>
       <c r="C75" s="81"/>
       <c r="D75" s="79"/>
       <c r="E75" s="79"/>
       <c r="F75" s="93"/>
       <c r="G75" s="93"/>
       <c r="H75" s="93"/>
       <c r="I75" s="93"/>
       <c r="J75" s="93"/>
       <c r="K75" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L75" s="87"/>
       <c r="M75" s="80"/>
       <c r="N75" s="80"/>
       <c r="O75" s="80"/>
     </row>
-    <row r="76" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:15" ht="15.75" customHeight="1">
       <c r="A76" s="79"/>
       <c r="B76" s="81"/>
       <c r="C76" s="81"/>
       <c r="D76" s="79"/>
       <c r="E76" s="79"/>
       <c r="F76" s="93"/>
       <c r="G76" s="93"/>
       <c r="H76" s="93"/>
       <c r="I76" s="93"/>
       <c r="J76" s="93"/>
       <c r="K76" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L76" s="87"/>
       <c r="M76" s="80"/>
       <c r="N76" s="80"/>
       <c r="O76" s="80"/>
     </row>
-    <row r="77" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:15" ht="15.75" customHeight="1">
       <c r="A77" s="79"/>
       <c r="B77" s="81"/>
       <c r="C77" s="81"/>
       <c r="D77" s="79"/>
       <c r="E77" s="79"/>
       <c r="F77" s="93"/>
       <c r="G77" s="93"/>
       <c r="H77" s="93"/>
       <c r="I77" s="93"/>
       <c r="J77" s="93"/>
       <c r="K77" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L77" s="87"/>
       <c r="M77" s="80"/>
       <c r="N77" s="80"/>
       <c r="O77" s="80"/>
     </row>
-    <row r="78" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:15" ht="15.75" customHeight="1">
       <c r="A78" s="79"/>
       <c r="B78" s="81"/>
       <c r="C78" s="81"/>
       <c r="D78" s="79"/>
       <c r="E78" s="79"/>
       <c r="F78" s="93"/>
       <c r="G78" s="93"/>
       <c r="H78" s="93"/>
       <c r="I78" s="93"/>
       <c r="J78" s="93"/>
       <c r="K78" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L78" s="87"/>
       <c r="M78" s="80"/>
       <c r="N78" s="80"/>
       <c r="O78" s="80"/>
     </row>
-    <row r="79" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:15" ht="15.75" customHeight="1">
       <c r="A79" s="79"/>
       <c r="B79" s="81"/>
       <c r="C79" s="81"/>
       <c r="D79" s="79"/>
       <c r="E79" s="79"/>
       <c r="F79" s="93"/>
       <c r="G79" s="93"/>
       <c r="H79" s="93"/>
       <c r="I79" s="93"/>
       <c r="J79" s="93"/>
       <c r="K79" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L79" s="87"/>
       <c r="M79" s="80"/>
       <c r="N79" s="80"/>
       <c r="O79" s="80"/>
     </row>
-    <row r="80" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:15" ht="15.75" customHeight="1">
       <c r="A80" s="79"/>
       <c r="B80" s="81"/>
       <c r="C80" s="81"/>
       <c r="D80" s="79"/>
       <c r="E80" s="79"/>
       <c r="F80" s="93"/>
       <c r="G80" s="93"/>
       <c r="H80" s="93"/>
       <c r="I80" s="93"/>
       <c r="J80" s="93"/>
       <c r="K80" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L80" s="87"/>
       <c r="M80" s="80"/>
       <c r="N80" s="80"/>
       <c r="O80" s="80"/>
     </row>
-    <row r="81" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:15" ht="15.75" customHeight="1">
       <c r="A81" s="79"/>
       <c r="B81" s="81"/>
       <c r="C81" s="81"/>
       <c r="D81" s="79"/>
       <c r="E81" s="79"/>
       <c r="F81" s="93"/>
       <c r="G81" s="93"/>
       <c r="H81" s="93"/>
       <c r="I81" s="93"/>
       <c r="J81" s="93"/>
       <c r="K81" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L81" s="87"/>
       <c r="M81" s="80"/>
       <c r="N81" s="80"/>
       <c r="O81" s="80"/>
     </row>
-    <row r="82" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:15" ht="15.75" customHeight="1">
       <c r="A82" s="79"/>
       <c r="B82" s="81"/>
       <c r="C82" s="81"/>
       <c r="D82" s="79"/>
       <c r="E82" s="79"/>
       <c r="F82" s="93"/>
       <c r="G82" s="93"/>
       <c r="H82" s="93"/>
       <c r="I82" s="93"/>
       <c r="J82" s="93"/>
       <c r="K82" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L82" s="87"/>
       <c r="M82" s="80"/>
       <c r="N82" s="80"/>
       <c r="O82" s="80"/>
     </row>
-    <row r="83" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:15" ht="15.75" customHeight="1">
       <c r="A83" s="79"/>
       <c r="B83" s="81"/>
       <c r="C83" s="81"/>
       <c r="D83" s="79"/>
       <c r="E83" s="79"/>
       <c r="F83" s="93"/>
       <c r="G83" s="93"/>
       <c r="H83" s="93"/>
       <c r="I83" s="93"/>
       <c r="J83" s="93"/>
       <c r="K83" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L83" s="87"/>
       <c r="M83" s="80"/>
       <c r="N83" s="80"/>
       <c r="O83" s="80"/>
     </row>
-    <row r="84" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:15" ht="15.75" customHeight="1">
       <c r="A84" s="79"/>
       <c r="B84" s="81"/>
       <c r="C84" s="81"/>
       <c r="D84" s="79"/>
       <c r="E84" s="79"/>
       <c r="F84" s="93"/>
       <c r="G84" s="93"/>
       <c r="H84" s="93"/>
       <c r="I84" s="93"/>
       <c r="J84" s="93"/>
       <c r="K84" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L84" s="87"/>
       <c r="M84" s="80"/>
       <c r="N84" s="80"/>
       <c r="O84" s="80"/>
     </row>
-    <row r="85" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:15" ht="15.75" customHeight="1">
       <c r="A85" s="79"/>
       <c r="B85" s="81"/>
       <c r="C85" s="81"/>
       <c r="D85" s="79"/>
       <c r="E85" s="79"/>
       <c r="F85" s="93"/>
       <c r="G85" s="93"/>
       <c r="H85" s="93"/>
       <c r="I85" s="93"/>
       <c r="J85" s="93"/>
       <c r="K85" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L85" s="87"/>
       <c r="M85" s="80"/>
       <c r="N85" s="80"/>
       <c r="O85" s="80"/>
     </row>
-    <row r="86" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:15" ht="15.75" customHeight="1">
       <c r="A86" s="79"/>
       <c r="B86" s="81"/>
       <c r="C86" s="81"/>
       <c r="D86" s="79"/>
       <c r="E86" s="79"/>
       <c r="F86" s="93"/>
       <c r="G86" s="93"/>
       <c r="H86" s="93"/>
       <c r="I86" s="93"/>
       <c r="J86" s="93"/>
       <c r="K86" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L86" s="87"/>
       <c r="M86" s="80"/>
       <c r="N86" s="80"/>
       <c r="O86" s="80"/>
     </row>
-    <row r="87" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:15" ht="15.75" customHeight="1">
       <c r="A87" s="79"/>
       <c r="B87" s="81"/>
       <c r="C87" s="81"/>
       <c r="D87" s="79"/>
       <c r="E87" s="79"/>
       <c r="F87" s="93"/>
       <c r="G87" s="93"/>
       <c r="H87" s="93"/>
       <c r="I87" s="93"/>
       <c r="J87" s="93"/>
       <c r="K87" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L87" s="87"/>
       <c r="M87" s="80"/>
       <c r="N87" s="80"/>
       <c r="O87" s="80"/>
     </row>
-    <row r="88" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:15" ht="15.75" customHeight="1">
       <c r="A88" s="79"/>
       <c r="B88" s="81"/>
       <c r="C88" s="81"/>
       <c r="D88" s="79"/>
       <c r="E88" s="79"/>
       <c r="F88" s="93"/>
       <c r="G88" s="93"/>
       <c r="H88" s="93"/>
       <c r="I88" s="93"/>
       <c r="J88" s="93"/>
       <c r="K88" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L88" s="87"/>
       <c r="M88" s="80"/>
       <c r="N88" s="80"/>
       <c r="O88" s="80"/>
     </row>
-    <row r="89" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:15" ht="15.75" customHeight="1">
       <c r="A89" s="79"/>
       <c r="B89" s="81"/>
       <c r="C89" s="81"/>
       <c r="D89" s="79"/>
       <c r="E89" s="79"/>
       <c r="F89" s="93"/>
       <c r="G89" s="93"/>
       <c r="H89" s="93"/>
       <c r="I89" s="93"/>
       <c r="J89" s="93"/>
       <c r="K89" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L89" s="87"/>
       <c r="M89" s="80"/>
       <c r="N89" s="80"/>
       <c r="O89" s="80"/>
     </row>
-    <row r="90" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:15" ht="15.75" customHeight="1">
       <c r="A90" s="79"/>
       <c r="B90" s="81"/>
       <c r="C90" s="81"/>
       <c r="D90" s="79"/>
       <c r="E90" s="79"/>
       <c r="F90" s="93"/>
       <c r="G90" s="93"/>
       <c r="H90" s="93"/>
       <c r="I90" s="93"/>
       <c r="J90" s="93"/>
       <c r="K90" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L90" s="87"/>
       <c r="M90" s="80"/>
       <c r="N90" s="80"/>
       <c r="O90" s="80"/>
     </row>
-    <row r="91" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:15" ht="15.75" customHeight="1">
       <c r="A91" s="79"/>
       <c r="B91" s="81"/>
       <c r="C91" s="81"/>
       <c r="D91" s="79"/>
       <c r="E91" s="79"/>
       <c r="F91" s="93"/>
       <c r="G91" s="93"/>
       <c r="H91" s="93"/>
       <c r="I91" s="93"/>
       <c r="J91" s="93"/>
       <c r="K91" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L91" s="87"/>
       <c r="M91" s="80"/>
       <c r="N91" s="80"/>
       <c r="O91" s="80"/>
     </row>
-    <row r="92" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:15" ht="15.75" customHeight="1">
       <c r="A92" s="79"/>
       <c r="B92" s="81"/>
       <c r="C92" s="81"/>
       <c r="D92" s="79"/>
       <c r="E92" s="79"/>
       <c r="F92" s="93"/>
       <c r="G92" s="93"/>
       <c r="H92" s="93"/>
       <c r="I92" s="93"/>
       <c r="J92" s="93"/>
       <c r="K92" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L92" s="87"/>
       <c r="M92" s="80"/>
       <c r="N92" s="80"/>
       <c r="O92" s="80"/>
     </row>
-    <row r="93" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:15" ht="15.75" customHeight="1">
       <c r="A93" s="79"/>
       <c r="B93" s="81"/>
       <c r="C93" s="81"/>
       <c r="D93" s="79"/>
       <c r="E93" s="79"/>
       <c r="F93" s="93"/>
       <c r="G93" s="93"/>
       <c r="H93" s="93"/>
       <c r="I93" s="93"/>
       <c r="J93" s="93"/>
       <c r="K93" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L93" s="87"/>
       <c r="M93" s="80"/>
       <c r="N93" s="80"/>
       <c r="O93" s="80"/>
     </row>
-    <row r="94" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:15" ht="15.75" customHeight="1">
       <c r="A94" s="79"/>
       <c r="B94" s="81"/>
       <c r="C94" s="81"/>
       <c r="D94" s="79"/>
       <c r="E94" s="79"/>
       <c r="F94" s="93"/>
       <c r="G94" s="93"/>
       <c r="H94" s="93"/>
       <c r="I94" s="93"/>
       <c r="J94" s="93"/>
       <c r="K94" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L94" s="87"/>
       <c r="M94" s="80"/>
       <c r="N94" s="80"/>
       <c r="O94" s="80"/>
     </row>
-    <row r="95" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:15" ht="15.75" customHeight="1">
       <c r="A95" s="79"/>
       <c r="B95" s="81"/>
       <c r="C95" s="81"/>
       <c r="D95" s="79"/>
       <c r="E95" s="79"/>
       <c r="F95" s="93"/>
       <c r="G95" s="93"/>
       <c r="H95" s="93"/>
       <c r="I95" s="93"/>
       <c r="J95" s="93"/>
       <c r="K95" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L95" s="87"/>
       <c r="M95" s="80"/>
       <c r="N95" s="80"/>
       <c r="O95" s="80"/>
     </row>
-    <row r="96" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:15" ht="15.75" customHeight="1">
       <c r="A96" s="79"/>
       <c r="B96" s="81"/>
       <c r="C96" s="81"/>
       <c r="D96" s="79"/>
       <c r="E96" s="79"/>
       <c r="F96" s="93"/>
       <c r="G96" s="93"/>
       <c r="H96" s="93"/>
       <c r="I96" s="93"/>
       <c r="J96" s="93"/>
       <c r="K96" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L96" s="87"/>
       <c r="M96" s="80"/>
       <c r="N96" s="80"/>
       <c r="O96" s="80"/>
     </row>
-    <row r="97" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:16" ht="15.75" customHeight="1">
       <c r="A97" s="79"/>
       <c r="B97" s="81"/>
       <c r="C97" s="81"/>
       <c r="D97" s="79"/>
       <c r="E97" s="79"/>
       <c r="F97" s="93"/>
       <c r="G97" s="93"/>
       <c r="H97" s="93"/>
       <c r="I97" s="93"/>
       <c r="J97" s="93"/>
       <c r="K97" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L97" s="87"/>
       <c r="M97" s="80"/>
       <c r="N97" s="80"/>
       <c r="O97" s="80"/>
     </row>
-    <row r="98" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:16" ht="15.75" customHeight="1">
       <c r="A98" s="79"/>
       <c r="B98" s="81"/>
       <c r="C98" s="81"/>
       <c r="D98" s="79"/>
       <c r="E98" s="79"/>
       <c r="F98" s="93"/>
       <c r="G98" s="93"/>
       <c r="H98" s="93"/>
       <c r="I98" s="93"/>
       <c r="J98" s="93"/>
       <c r="K98" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L98" s="87"/>
       <c r="M98" s="80"/>
       <c r="N98" s="80"/>
       <c r="O98" s="80"/>
     </row>
-    <row r="99" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:16" ht="15.75" customHeight="1">
       <c r="A99" s="79"/>
       <c r="B99" s="81"/>
       <c r="C99" s="81"/>
       <c r="D99" s="79"/>
       <c r="E99" s="79"/>
       <c r="F99" s="93"/>
       <c r="G99" s="93"/>
       <c r="H99" s="93"/>
       <c r="I99" s="93"/>
       <c r="J99" s="93"/>
       <c r="K99" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L99" s="87"/>
       <c r="M99" s="80"/>
       <c r="N99" s="80"/>
       <c r="O99" s="80"/>
     </row>
-    <row r="100" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:16" ht="15.75" customHeight="1">
       <c r="A100" s="79"/>
       <c r="B100" s="81"/>
       <c r="C100" s="81"/>
       <c r="D100" s="79"/>
       <c r="E100" s="79"/>
       <c r="F100" s="93"/>
       <c r="G100" s="93"/>
       <c r="H100" s="93"/>
       <c r="I100" s="93"/>
       <c r="J100" s="93"/>
       <c r="K100" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L100" s="87"/>
       <c r="M100" s="80"/>
       <c r="N100" s="80"/>
       <c r="O100" s="80"/>
     </row>
-    <row r="101" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:16" ht="15.75" customHeight="1">
       <c r="A101" s="88"/>
       <c r="B101" s="88"/>
       <c r="C101" s="81"/>
       <c r="D101" s="88"/>
       <c r="E101" s="88"/>
       <c r="F101" s="93"/>
       <c r="G101" s="93"/>
       <c r="H101" s="93"/>
       <c r="I101" s="93"/>
       <c r="J101" s="93"/>
       <c r="K101" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L101" s="88"/>
       <c r="M101" s="88"/>
       <c r="N101" s="88"/>
       <c r="O101" s="88"/>
     </row>
-    <row r="102" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:16" ht="15.75" customHeight="1">
       <c r="A102" s="88"/>
       <c r="B102" s="88"/>
       <c r="C102" s="81"/>
       <c r="D102" s="88"/>
       <c r="E102" s="88"/>
       <c r="F102" s="93"/>
       <c r="G102" s="93"/>
       <c r="H102" s="93"/>
       <c r="I102" s="93"/>
       <c r="J102" s="93"/>
       <c r="K102" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L102" s="88"/>
       <c r="M102" s="88"/>
       <c r="N102" s="88"/>
       <c r="O102" s="88"/>
     </row>
-    <row r="103" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:16" ht="15.75" customHeight="1">
       <c r="A103" s="88"/>
       <c r="B103" s="88"/>
       <c r="C103" s="81"/>
       <c r="D103" s="88"/>
       <c r="E103" s="88"/>
       <c r="F103" s="93"/>
       <c r="G103" s="93"/>
       <c r="H103" s="93"/>
       <c r="I103" s="93"/>
       <c r="J103" s="93"/>
       <c r="K103" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L103" s="88"/>
       <c r="M103" s="88"/>
       <c r="N103" s="88"/>
       <c r="O103" s="88"/>
     </row>
-    <row r="104" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:16" ht="15.75" customHeight="1">
       <c r="A104" s="88"/>
       <c r="B104" s="88"/>
       <c r="C104" s="81"/>
       <c r="D104" s="88"/>
       <c r="E104" s="88"/>
       <c r="F104" s="93"/>
       <c r="G104" s="93"/>
       <c r="H104" s="93"/>
       <c r="I104" s="93"/>
       <c r="J104" s="93"/>
       <c r="K104" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L104" s="88"/>
       <c r="M104" s="88"/>
       <c r="N104" s="88"/>
       <c r="O104" s="88"/>
     </row>
-    <row r="105" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:16" ht="15.75" customHeight="1">
       <c r="A105" s="88"/>
       <c r="B105" s="88"/>
       <c r="C105" s="81"/>
       <c r="D105" s="88"/>
       <c r="E105" s="88"/>
       <c r="F105" s="93"/>
       <c r="G105" s="93"/>
       <c r="H105" s="93"/>
       <c r="I105" s="93"/>
       <c r="J105" s="93"/>
       <c r="K105" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L105" s="88"/>
       <c r="M105" s="88"/>
       <c r="N105" s="88"/>
       <c r="O105" s="88"/>
     </row>
-    <row r="106" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:16" ht="15.75" customHeight="1">
       <c r="A106" s="88"/>
       <c r="B106" s="88"/>
       <c r="C106" s="81"/>
       <c r="D106" s="88"/>
       <c r="E106" s="88"/>
       <c r="F106" s="93"/>
       <c r="G106" s="93"/>
       <c r="H106" s="93"/>
       <c r="I106" s="93"/>
       <c r="J106" s="93"/>
       <c r="K106" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L106" s="88"/>
       <c r="M106" s="88"/>
       <c r="N106" s="88"/>
       <c r="O106" s="88"/>
     </row>
-    <row r="107" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:16" ht="15.75" customHeight="1">
       <c r="A107" s="88"/>
       <c r="B107" s="88"/>
       <c r="C107" s="81"/>
       <c r="D107" s="88"/>
       <c r="E107" s="88"/>
       <c r="F107" s="93"/>
       <c r="G107" s="93"/>
       <c r="H107" s="93"/>
       <c r="I107" s="93"/>
       <c r="J107" s="93"/>
       <c r="K107" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L107" s="88"/>
       <c r="M107" s="88"/>
       <c r="N107" s="88"/>
       <c r="O107" s="88"/>
     </row>
-    <row r="108" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:16" ht="15.75" customHeight="1">
       <c r="A108" s="88"/>
       <c r="B108" s="88"/>
       <c r="C108" s="81"/>
       <c r="D108" s="88"/>
       <c r="E108" s="88"/>
       <c r="F108" s="93"/>
       <c r="G108" s="93"/>
       <c r="H108" s="93"/>
       <c r="I108" s="93"/>
       <c r="J108" s="93"/>
       <c r="K108" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L108" s="88"/>
       <c r="M108" s="88"/>
       <c r="N108" s="88"/>
       <c r="O108" s="88"/>
     </row>
-    <row r="109" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:16" ht="15.75" customHeight="1">
       <c r="A109" s="88"/>
       <c r="B109" s="88"/>
       <c r="C109" s="81"/>
       <c r="D109" s="88"/>
       <c r="E109" s="88"/>
       <c r="F109" s="93"/>
       <c r="G109" s="93"/>
       <c r="H109" s="93"/>
       <c r="I109" s="93"/>
       <c r="J109" s="93"/>
       <c r="K109" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L109" s="88"/>
       <c r="M109" s="88"/>
       <c r="N109" s="88"/>
       <c r="O109" s="88"/>
     </row>
-    <row r="110" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:16" ht="15.75" customHeight="1">
       <c r="A110" s="88"/>
       <c r="B110" s="88"/>
       <c r="C110" s="81"/>
       <c r="D110" s="88"/>
       <c r="E110" s="88"/>
       <c r="F110" s="93"/>
       <c r="G110" s="93"/>
       <c r="H110" s="93"/>
       <c r="I110" s="93"/>
       <c r="J110" s="93"/>
       <c r="K110" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L110" s="88"/>
       <c r="M110" s="88"/>
       <c r="N110" s="88"/>
       <c r="O110" s="88"/>
     </row>
-    <row r="111" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:16" ht="15.75" customHeight="1">
       <c r="A111" s="88"/>
       <c r="B111" s="88"/>
       <c r="C111" s="81"/>
       <c r="D111" s="88"/>
       <c r="E111" s="88"/>
       <c r="F111" s="93"/>
       <c r="G111" s="93"/>
       <c r="H111" s="93"/>
       <c r="I111" s="93"/>
       <c r="J111" s="93"/>
       <c r="K111" s="161">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L111" s="88"/>
       <c r="M111" s="88"/>
       <c r="N111" s="88"/>
       <c r="O111" s="88"/>
     </row>
-    <row r="112" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:16" ht="15.75" customHeight="1">
       <c r="N112" s="13"/>
       <c r="O112" s="13"/>
       <c r="P112" s="89"/>
     </row>
-    <row r="113" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="14:16" ht="15.75" customHeight="1">
       <c r="N113" s="13"/>
       <c r="O113" s="13"/>
       <c r="P113" s="89"/>
     </row>
-    <row r="114" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="14:16" ht="15.75" customHeight="1">
       <c r="N114" s="13"/>
       <c r="O114" s="13"/>
       <c r="P114" s="89"/>
     </row>
-    <row r="115" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="14:16" ht="15.75" customHeight="1">
       <c r="N115" s="13"/>
       <c r="O115" s="13"/>
       <c r="P115" s="89"/>
     </row>
-    <row r="116" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="14:16" ht="15.75" customHeight="1">
       <c r="N116" s="13"/>
       <c r="O116" s="13"/>
       <c r="P116" s="89"/>
     </row>
-    <row r="117" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="14:16" ht="15.75" customHeight="1">
       <c r="N117" s="13"/>
       <c r="O117" s="13"/>
       <c r="P117" s="89"/>
     </row>
-    <row r="118" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="14:16" ht="15.75" customHeight="1">
       <c r="N118" s="13"/>
       <c r="O118" s="13"/>
       <c r="P118" s="89"/>
     </row>
-    <row r="119" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="14:16" ht="15.75" customHeight="1">
       <c r="N119" s="13"/>
       <c r="O119" s="13"/>
       <c r="P119" s="89"/>
     </row>
-    <row r="120" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="14:16" ht="15.75" customHeight="1">
       <c r="N120" s="13"/>
       <c r="O120" s="13"/>
       <c r="P120" s="89"/>
     </row>
-    <row r="121" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="14:16" ht="15.75" customHeight="1">
       <c r="N121" s="13"/>
       <c r="O121" s="13"/>
       <c r="P121" s="89"/>
     </row>
-    <row r="122" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="14:16" ht="15.75" customHeight="1">
       <c r="N122" s="13"/>
       <c r="O122" s="13"/>
       <c r="P122" s="89"/>
     </row>
-    <row r="123" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="14:16" ht="15.75" customHeight="1">
       <c r="N123" s="13"/>
       <c r="O123" s="13"/>
       <c r="P123" s="89"/>
     </row>
-    <row r="124" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="14:16" ht="15.75" customHeight="1">
       <c r="N124" s="13"/>
       <c r="O124" s="13"/>
       <c r="P124" s="89"/>
     </row>
-    <row r="125" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="14:16" ht="15.75" customHeight="1">
       <c r="N125" s="13"/>
       <c r="O125" s="13"/>
       <c r="P125" s="89"/>
     </row>
-    <row r="126" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="126" spans="14:16" ht="15.75" customHeight="1">
       <c r="N126" s="13"/>
       <c r="O126" s="13"/>
       <c r="P126" s="89"/>
     </row>
-    <row r="127" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="127" spans="14:16" ht="15.75" customHeight="1">
       <c r="N127" s="13"/>
       <c r="O127" s="13"/>
       <c r="P127" s="89"/>
     </row>
-    <row r="128" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="128" spans="14:16" ht="15.75" customHeight="1">
       <c r="N128" s="13"/>
       <c r="O128" s="13"/>
       <c r="P128" s="89"/>
     </row>
-    <row r="129" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="129" spans="14:16" ht="15.75" customHeight="1">
       <c r="N129" s="13"/>
       <c r="O129" s="13"/>
       <c r="P129" s="89"/>
     </row>
-    <row r="130" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="130" spans="14:16" ht="15.75" customHeight="1">
       <c r="N130" s="13"/>
       <c r="O130" s="13"/>
       <c r="P130" s="89"/>
     </row>
-    <row r="131" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="131" spans="14:16" ht="15.75" customHeight="1">
       <c r="N131" s="13"/>
       <c r="O131" s="13"/>
       <c r="P131" s="89"/>
     </row>
-    <row r="132" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="132" spans="14:16" ht="15.75" customHeight="1">
       <c r="N132" s="13"/>
       <c r="O132" s="13"/>
       <c r="P132" s="89"/>
     </row>
-    <row r="133" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="133" spans="14:16" ht="15.75" customHeight="1">
       <c r="N133" s="13"/>
       <c r="O133" s="13"/>
       <c r="P133" s="89"/>
     </row>
-    <row r="134" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="14:16" ht="15.75" customHeight="1">
       <c r="N134" s="13"/>
       <c r="O134" s="13"/>
       <c r="P134" s="89"/>
     </row>
-    <row r="135" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="135" spans="14:16" ht="15.75" customHeight="1">
       <c r="N135" s="13"/>
       <c r="O135" s="13"/>
       <c r="P135" s="89"/>
     </row>
-    <row r="136" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="136" spans="14:16" ht="15.75" customHeight="1">
       <c r="N136" s="13"/>
       <c r="O136" s="13"/>
       <c r="P136" s="89"/>
     </row>
-    <row r="137" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="137" spans="14:16" ht="15.75" customHeight="1">
       <c r="N137" s="13"/>
       <c r="O137" s="13"/>
       <c r="P137" s="89"/>
     </row>
-    <row r="138" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="14:16" ht="15.75" customHeight="1">
       <c r="N138" s="13"/>
       <c r="O138" s="13"/>
       <c r="P138" s="89"/>
     </row>
-    <row r="139" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="139" spans="14:16" ht="15.75" customHeight="1">
       <c r="N139" s="13"/>
       <c r="O139" s="13"/>
       <c r="P139" s="89"/>
     </row>
-    <row r="140" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="14:16" ht="15.75" customHeight="1">
       <c r="N140" s="13"/>
       <c r="O140" s="13"/>
       <c r="P140" s="89"/>
     </row>
-    <row r="141" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="141" spans="14:16" ht="15.75" customHeight="1">
       <c r="N141" s="13"/>
       <c r="O141" s="13"/>
       <c r="P141" s="89"/>
     </row>
-    <row r="142" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="142" spans="14:16" ht="15.75" customHeight="1">
       <c r="N142" s="13"/>
       <c r="O142" s="13"/>
       <c r="P142" s="89"/>
     </row>
-    <row r="143" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="143" spans="14:16" ht="15.75" customHeight="1">
       <c r="N143" s="13"/>
       <c r="O143" s="13"/>
       <c r="P143" s="89"/>
     </row>
-    <row r="144" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="144" spans="14:16" ht="15.75" customHeight="1">
       <c r="N144" s="13"/>
       <c r="O144" s="13"/>
       <c r="P144" s="89"/>
     </row>
-    <row r="145" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="145" spans="14:16" ht="15.75" customHeight="1">
       <c r="N145" s="13"/>
       <c r="O145" s="13"/>
       <c r="P145" s="89"/>
     </row>
-    <row r="146" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="146" spans="14:16" ht="15.75" customHeight="1">
       <c r="N146" s="13"/>
       <c r="O146" s="13"/>
       <c r="P146" s="89"/>
     </row>
-    <row r="147" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="147" spans="14:16" ht="15.75" customHeight="1">
       <c r="N147" s="13"/>
       <c r="O147" s="13"/>
       <c r="P147" s="89"/>
     </row>
-    <row r="148" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="148" spans="14:16" ht="15.75" customHeight="1">
       <c r="N148" s="13"/>
       <c r="O148" s="13"/>
       <c r="P148" s="89"/>
     </row>
-    <row r="149" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="149" spans="14:16" ht="15.75" customHeight="1">
       <c r="N149" s="13"/>
       <c r="O149" s="13"/>
       <c r="P149" s="89"/>
     </row>
-    <row r="150" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="150" spans="14:16" ht="15.75" customHeight="1">
       <c r="N150" s="13"/>
       <c r="O150" s="13"/>
       <c r="P150" s="89"/>
     </row>
-    <row r="151" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="151" spans="14:16" ht="15.75" customHeight="1">
       <c r="N151" s="13"/>
       <c r="O151" s="13"/>
       <c r="P151" s="89"/>
     </row>
-    <row r="152" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="152" spans="14:16" ht="15.75" customHeight="1">
       <c r="N152" s="13"/>
       <c r="O152" s="13"/>
       <c r="P152" s="89"/>
     </row>
-    <row r="153" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="153" spans="14:16" ht="15.75" customHeight="1">
       <c r="N153" s="13"/>
       <c r="O153" s="13"/>
       <c r="P153" s="89"/>
     </row>
-    <row r="154" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="154" spans="14:16" ht="15.75" customHeight="1">
       <c r="N154" s="13"/>
       <c r="O154" s="13"/>
       <c r="P154" s="89"/>
     </row>
-    <row r="155" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="155" spans="14:16" ht="15.75" customHeight="1">
       <c r="N155" s="13"/>
       <c r="O155" s="13"/>
       <c r="P155" s="89"/>
     </row>
-    <row r="156" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="156" spans="14:16" ht="15.75" customHeight="1">
       <c r="N156" s="13"/>
       <c r="O156" s="13"/>
       <c r="P156" s="89"/>
     </row>
-    <row r="157" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="14:16" ht="15.75" customHeight="1">
       <c r="N157" s="13"/>
       <c r="O157" s="13"/>
       <c r="P157" s="89"/>
     </row>
-    <row r="158" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="158" spans="14:16" ht="15.75" customHeight="1">
       <c r="N158" s="13"/>
       <c r="O158" s="13"/>
       <c r="P158" s="89"/>
     </row>
-    <row r="159" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="14:16" ht="15.75" customHeight="1">
       <c r="N159" s="13"/>
       <c r="O159" s="13"/>
       <c r="P159" s="89"/>
     </row>
-    <row r="160" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="160" spans="14:16" ht="15.75" customHeight="1">
       <c r="N160" s="13"/>
       <c r="O160" s="13"/>
       <c r="P160" s="89"/>
     </row>
-    <row r="161" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="14:16" ht="15.75" customHeight="1">
       <c r="N161" s="13"/>
       <c r="O161" s="13"/>
       <c r="P161" s="89"/>
     </row>
-    <row r="162" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="14:16" ht="15.75" customHeight="1">
       <c r="N162" s="13"/>
       <c r="O162" s="13"/>
       <c r="P162" s="89"/>
     </row>
-    <row r="163" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="163" spans="14:16" ht="15.75" customHeight="1">
       <c r="N163" s="13"/>
       <c r="O163" s="13"/>
       <c r="P163" s="89"/>
     </row>
-    <row r="164" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="164" spans="14:16" ht="15.75" customHeight="1">
       <c r="N164" s="13"/>
       <c r="O164" s="13"/>
       <c r="P164" s="89"/>
     </row>
-    <row r="165" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="14:16" ht="15.75" customHeight="1">
       <c r="N165" s="13"/>
       <c r="O165" s="13"/>
       <c r="P165" s="89"/>
     </row>
-    <row r="166" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="166" spans="14:16" ht="15.75" customHeight="1">
       <c r="N166" s="13"/>
       <c r="O166" s="13"/>
       <c r="P166" s="89"/>
     </row>
-    <row r="167" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="167" spans="14:16" ht="15.75" customHeight="1">
       <c r="N167" s="13"/>
       <c r="O167" s="13"/>
       <c r="P167" s="89"/>
     </row>
-    <row r="168" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="168" spans="14:16" ht="15.75" customHeight="1">
       <c r="N168" s="13"/>
       <c r="O168" s="13"/>
       <c r="P168" s="89"/>
     </row>
-    <row r="169" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="14:16" ht="15.75" customHeight="1">
       <c r="N169" s="13"/>
       <c r="O169" s="13"/>
       <c r="P169" s="89"/>
     </row>
-    <row r="170" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="170" spans="14:16" ht="15.75" customHeight="1">
       <c r="N170" s="13"/>
       <c r="O170" s="13"/>
       <c r="P170" s="89"/>
     </row>
-    <row r="171" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="171" spans="14:16" ht="15.75" customHeight="1">
       <c r="N171" s="13"/>
       <c r="O171" s="13"/>
       <c r="P171" s="89"/>
     </row>
-    <row r="172" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="172" spans="14:16" ht="15.75" customHeight="1">
       <c r="N172" s="13"/>
       <c r="O172" s="13"/>
       <c r="P172" s="89"/>
     </row>
-    <row r="173" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="173" spans="14:16" ht="15.75" customHeight="1">
       <c r="N173" s="13"/>
       <c r="O173" s="13"/>
       <c r="P173" s="89"/>
     </row>
-    <row r="174" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="174" spans="14:16" ht="15.75" customHeight="1">
       <c r="N174" s="13"/>
       <c r="O174" s="13"/>
       <c r="P174" s="89"/>
     </row>
-    <row r="175" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="175" spans="14:16" ht="15.75" customHeight="1">
       <c r="N175" s="13"/>
       <c r="O175" s="13"/>
       <c r="P175" s="89"/>
     </row>
-    <row r="176" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="176" spans="14:16" ht="15.75" customHeight="1">
       <c r="N176" s="13"/>
       <c r="O176" s="13"/>
       <c r="P176" s="89"/>
     </row>
-    <row r="177" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="177" spans="14:16" ht="15.75" customHeight="1">
       <c r="N177" s="13"/>
       <c r="O177" s="13"/>
       <c r="P177" s="89"/>
     </row>
-    <row r="178" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="178" spans="14:16" ht="15.75" customHeight="1">
       <c r="N178" s="13"/>
       <c r="O178" s="13"/>
       <c r="P178" s="89"/>
     </row>
-    <row r="179" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="179" spans="14:16" ht="15.75" customHeight="1">
       <c r="N179" s="13"/>
       <c r="O179" s="13"/>
       <c r="P179" s="89"/>
     </row>
-    <row r="180" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="180" spans="14:16" ht="15.75" customHeight="1">
       <c r="N180" s="13"/>
       <c r="O180" s="13"/>
       <c r="P180" s="89"/>
     </row>
-    <row r="181" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="181" spans="14:16" ht="15.75" customHeight="1">
       <c r="N181" s="13"/>
       <c r="O181" s="13"/>
       <c r="P181" s="89"/>
     </row>
-    <row r="182" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="182" spans="14:16" ht="15.75" customHeight="1">
       <c r="N182" s="13"/>
       <c r="O182" s="13"/>
       <c r="P182" s="89"/>
     </row>
-    <row r="183" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="183" spans="14:16" ht="15.75" customHeight="1">
       <c r="N183" s="13"/>
       <c r="O183" s="13"/>
       <c r="P183" s="89"/>
     </row>
-    <row r="184" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="184" spans="14:16" ht="15.75" customHeight="1">
       <c r="N184" s="13"/>
       <c r="O184" s="13"/>
       <c r="P184" s="89"/>
     </row>
-    <row r="185" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="185" spans="14:16" ht="15.75" customHeight="1">
       <c r="N185" s="13"/>
       <c r="O185" s="13"/>
       <c r="P185" s="89"/>
     </row>
-    <row r="186" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="14:16" ht="15.75" customHeight="1">
       <c r="N186" s="13"/>
       <c r="O186" s="13"/>
       <c r="P186" s="89"/>
     </row>
-    <row r="187" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="187" spans="14:16" ht="15.75" customHeight="1">
       <c r="N187" s="13"/>
       <c r="O187" s="13"/>
       <c r="P187" s="89"/>
     </row>
-    <row r="188" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="188" spans="14:16" ht="15.75" customHeight="1">
       <c r="N188" s="13"/>
       <c r="O188" s="13"/>
       <c r="P188" s="89"/>
     </row>
-    <row r="189" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="189" spans="14:16" ht="15.75" customHeight="1">
       <c r="N189" s="13"/>
       <c r="O189" s="13"/>
       <c r="P189" s="89"/>
     </row>
-    <row r="190" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="190" spans="14:16" ht="15.75" customHeight="1">
       <c r="N190" s="13"/>
       <c r="O190" s="13"/>
       <c r="P190" s="89"/>
     </row>
-    <row r="191" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="191" spans="14:16" ht="15.75" customHeight="1">
       <c r="N191" s="13"/>
       <c r="O191" s="13"/>
       <c r="P191" s="89"/>
     </row>
-    <row r="192" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="192" spans="14:16" ht="15.75" customHeight="1">
       <c r="N192" s="13"/>
       <c r="O192" s="13"/>
       <c r="P192" s="89"/>
     </row>
-    <row r="193" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="193" spans="14:16" ht="15.75" customHeight="1">
       <c r="N193" s="13"/>
       <c r="O193" s="13"/>
       <c r="P193" s="89"/>
     </row>
-    <row r="194" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="194" spans="14:16" ht="15.75" customHeight="1">
       <c r="N194" s="13"/>
       <c r="O194" s="13"/>
       <c r="P194" s="89"/>
     </row>
-    <row r="195" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="195" spans="14:16" ht="15.75" customHeight="1">
       <c r="N195" s="13"/>
       <c r="O195" s="13"/>
       <c r="P195" s="89"/>
     </row>
-    <row r="196" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="196" spans="14:16" ht="15.75" customHeight="1">
       <c r="N196" s="13"/>
       <c r="O196" s="13"/>
       <c r="P196" s="89"/>
     </row>
-    <row r="197" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="197" spans="14:16" ht="15.75" customHeight="1">
       <c r="N197" s="13"/>
       <c r="O197" s="13"/>
       <c r="P197" s="89"/>
     </row>
-    <row r="198" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="198" spans="14:16" ht="15.75" customHeight="1">
       <c r="N198" s="13"/>
       <c r="O198" s="13"/>
       <c r="P198" s="89"/>
     </row>
-    <row r="199" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="199" spans="14:16" ht="15.75" customHeight="1">
       <c r="N199" s="13"/>
       <c r="O199" s="13"/>
       <c r="P199" s="89"/>
     </row>
-    <row r="200" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="200" spans="14:16" ht="15.75" customHeight="1">
       <c r="N200" s="13"/>
       <c r="O200" s="13"/>
       <c r="P200" s="89"/>
     </row>
-    <row r="201" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="201" spans="14:16" ht="15.75" customHeight="1">
       <c r="N201" s="13"/>
       <c r="O201" s="13"/>
       <c r="P201" s="89"/>
     </row>
-    <row r="202" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="14:16" ht="15.75" customHeight="1">
       <c r="N202" s="13"/>
       <c r="O202" s="13"/>
       <c r="P202" s="89"/>
     </row>
-    <row r="203" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="203" spans="14:16" ht="15.75" customHeight="1">
       <c r="N203" s="13"/>
       <c r="O203" s="13"/>
       <c r="P203" s="89"/>
     </row>
-    <row r="204" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="204" spans="14:16" ht="15.75" customHeight="1">
       <c r="N204" s="13"/>
       <c r="O204" s="13"/>
       <c r="P204" s="89"/>
     </row>
-    <row r="205" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="205" spans="14:16" ht="15.75" customHeight="1">
       <c r="N205" s="13"/>
       <c r="O205" s="13"/>
       <c r="P205" s="89"/>
     </row>
-    <row r="206" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="206" spans="14:16" ht="15.75" customHeight="1">
       <c r="N206" s="13"/>
       <c r="O206" s="13"/>
       <c r="P206" s="89"/>
     </row>
-    <row r="207" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="207" spans="14:16" ht="15.75" customHeight="1">
       <c r="N207" s="13"/>
       <c r="O207" s="13"/>
       <c r="P207" s="89"/>
     </row>
-    <row r="208" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="208" spans="14:16" ht="15.75" customHeight="1">
       <c r="N208" s="13"/>
       <c r="O208" s="13"/>
       <c r="P208" s="89"/>
     </row>
-    <row r="209" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="209" spans="14:16" ht="15.75" customHeight="1">
       <c r="N209" s="13"/>
       <c r="O209" s="13"/>
       <c r="P209" s="89"/>
     </row>
-    <row r="210" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="210" spans="14:16" ht="15.75" customHeight="1">
       <c r="N210" s="13"/>
       <c r="O210" s="13"/>
       <c r="P210" s="89"/>
     </row>
-    <row r="211" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="211" spans="14:16" ht="15.75" customHeight="1">
       <c r="N211" s="13"/>
       <c r="O211" s="13"/>
       <c r="P211" s="89"/>
     </row>
-    <row r="212" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="212" spans="14:16" ht="15.75" customHeight="1">
       <c r="N212" s="13"/>
       <c r="O212" s="13"/>
       <c r="P212" s="89"/>
     </row>
-    <row r="213" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="213" spans="14:16" ht="15.75" customHeight="1">
       <c r="N213" s="13"/>
       <c r="O213" s="13"/>
       <c r="P213" s="89"/>
     </row>
-    <row r="214" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="214" spans="14:16" ht="15.75" customHeight="1">
       <c r="N214" s="13"/>
       <c r="O214" s="13"/>
       <c r="P214" s="89"/>
     </row>
-    <row r="215" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="215" spans="14:16" ht="15.75" customHeight="1">
       <c r="N215" s="13"/>
       <c r="O215" s="13"/>
       <c r="P215" s="89"/>
     </row>
-    <row r="216" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="216" spans="14:16" ht="15.75" customHeight="1">
       <c r="N216" s="13"/>
       <c r="O216" s="13"/>
       <c r="P216" s="89"/>
     </row>
-    <row r="217" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="217" spans="14:16" ht="15.75" customHeight="1">
       <c r="N217" s="13"/>
       <c r="O217" s="13"/>
       <c r="P217" s="89"/>
     </row>
-    <row r="218" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="218" spans="14:16" ht="15.75" customHeight="1">
       <c r="N218" s="13"/>
       <c r="O218" s="13"/>
       <c r="P218" s="89"/>
     </row>
-    <row r="219" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="219" spans="14:16" ht="15.75" customHeight="1">
       <c r="N219" s="13"/>
       <c r="O219" s="13"/>
       <c r="P219" s="89"/>
     </row>
-    <row r="220" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="220" spans="14:16" ht="15.75" customHeight="1">
       <c r="N220" s="13"/>
       <c r="O220" s="13"/>
       <c r="P220" s="89"/>
     </row>
-    <row r="221" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="221" spans="14:16" ht="15.75" customHeight="1">
       <c r="N221" s="13"/>
       <c r="O221" s="13"/>
       <c r="P221" s="89"/>
     </row>
-    <row r="222" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="222" spans="14:16" ht="15.75" customHeight="1">
       <c r="N222" s="13"/>
       <c r="O222" s="13"/>
       <c r="P222" s="89"/>
     </row>
-    <row r="223" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="223" spans="14:16" ht="15.75" customHeight="1">
       <c r="N223" s="13"/>
       <c r="O223" s="13"/>
       <c r="P223" s="89"/>
     </row>
-    <row r="224" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="224" spans="14:16" ht="15.75" customHeight="1">
       <c r="N224" s="13"/>
       <c r="O224" s="13"/>
       <c r="P224" s="89"/>
     </row>
-    <row r="225" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="225" spans="14:16" ht="15.75" customHeight="1">
       <c r="N225" s="13"/>
       <c r="O225" s="13"/>
       <c r="P225" s="89"/>
     </row>
-    <row r="226" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="226" spans="14:16" ht="15.75" customHeight="1">
       <c r="N226" s="13"/>
       <c r="O226" s="13"/>
       <c r="P226" s="89"/>
     </row>
-    <row r="227" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="227" spans="14:16" ht="15.75" customHeight="1">
       <c r="N227" s="13"/>
       <c r="O227" s="13"/>
       <c r="P227" s="89"/>
     </row>
-    <row r="228" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="228" spans="14:16" ht="15.75" customHeight="1">
       <c r="N228" s="13"/>
       <c r="O228" s="13"/>
       <c r="P228" s="89"/>
     </row>
-    <row r="229" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="229" spans="14:16" ht="15.75" customHeight="1">
       <c r="N229" s="13"/>
       <c r="O229" s="13"/>
       <c r="P229" s="89"/>
     </row>
-    <row r="230" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="230" spans="14:16" ht="15.75" customHeight="1">
       <c r="N230" s="13"/>
       <c r="O230" s="13"/>
       <c r="P230" s="89"/>
     </row>
-    <row r="231" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="231" spans="14:16" ht="15.75" customHeight="1">
       <c r="N231" s="13"/>
       <c r="O231" s="13"/>
       <c r="P231" s="89"/>
     </row>
-    <row r="232" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="232" spans="14:16" ht="15.75" customHeight="1">
       <c r="N232" s="13"/>
       <c r="O232" s="13"/>
       <c r="P232" s="89"/>
     </row>
-    <row r="233" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="233" spans="14:16" ht="15.75" customHeight="1">
       <c r="N233" s="13"/>
       <c r="O233" s="13"/>
       <c r="P233" s="89"/>
     </row>
-    <row r="234" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="234" spans="14:16" ht="15.75" customHeight="1">
       <c r="N234" s="13"/>
       <c r="O234" s="13"/>
       <c r="P234" s="89"/>
     </row>
-    <row r="235" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="235" spans="14:16" ht="15.75" customHeight="1">
       <c r="N235" s="13"/>
       <c r="O235" s="13"/>
       <c r="P235" s="89"/>
     </row>
-    <row r="236" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="236" spans="14:16" ht="15.75" customHeight="1">
       <c r="N236" s="13"/>
       <c r="O236" s="13"/>
       <c r="P236" s="89"/>
     </row>
-    <row r="237" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="237" spans="14:16" ht="15.75" customHeight="1">
       <c r="N237" s="13"/>
       <c r="O237" s="13"/>
       <c r="P237" s="89"/>
     </row>
-    <row r="238" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="238" spans="14:16" ht="15.75" customHeight="1">
       <c r="N238" s="13"/>
       <c r="O238" s="13"/>
       <c r="P238" s="89"/>
     </row>
-    <row r="239" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="239" spans="14:16" ht="15.75" customHeight="1">
       <c r="N239" s="13"/>
       <c r="O239" s="13"/>
       <c r="P239" s="89"/>
     </row>
-    <row r="240" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="240" spans="14:16" ht="15.75" customHeight="1">
       <c r="N240" s="13"/>
       <c r="O240" s="13"/>
       <c r="P240" s="89"/>
     </row>
-    <row r="241" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="241" spans="14:16" ht="15.75" customHeight="1">
       <c r="N241" s="13"/>
       <c r="O241" s="13"/>
       <c r="P241" s="89"/>
     </row>
-    <row r="242" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="242" spans="14:16" ht="15.75" customHeight="1">
       <c r="N242" s="13"/>
       <c r="O242" s="13"/>
       <c r="P242" s="89"/>
     </row>
-    <row r="243" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="243" spans="14:16" ht="15.75" customHeight="1">
       <c r="N243" s="13"/>
       <c r="O243" s="13"/>
       <c r="P243" s="89"/>
     </row>
-    <row r="244" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="244" spans="14:16" ht="15.75" customHeight="1">
       <c r="N244" s="13"/>
       <c r="O244" s="13"/>
       <c r="P244" s="89"/>
     </row>
-    <row r="245" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="245" spans="14:16" ht="15.75" customHeight="1">
       <c r="N245" s="13"/>
       <c r="O245" s="13"/>
       <c r="P245" s="89"/>
     </row>
-    <row r="246" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="246" spans="14:16" ht="15.75" customHeight="1">
       <c r="N246" s="13"/>
       <c r="O246" s="13"/>
       <c r="P246" s="89"/>
     </row>
-    <row r="247" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="247" spans="14:16" ht="15.75" customHeight="1">
       <c r="N247" s="13"/>
       <c r="O247" s="13"/>
       <c r="P247" s="89"/>
     </row>
-    <row r="248" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="248" spans="14:16" ht="15.75" customHeight="1">
       <c r="N248" s="13"/>
       <c r="O248" s="13"/>
       <c r="P248" s="89"/>
     </row>
-    <row r="249" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="249" spans="14:16" ht="15.75" customHeight="1">
       <c r="N249" s="13"/>
       <c r="O249" s="13"/>
       <c r="P249" s="89"/>
     </row>
-    <row r="250" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="250" spans="14:16" ht="15.75" customHeight="1">
       <c r="N250" s="13"/>
       <c r="O250" s="13"/>
       <c r="P250" s="89"/>
     </row>
-    <row r="251" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="251" spans="14:16" ht="15.75" customHeight="1">
       <c r="N251" s="13"/>
       <c r="O251" s="13"/>
       <c r="P251" s="89"/>
     </row>
-    <row r="252" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="252" spans="14:16" ht="15.75" customHeight="1">
       <c r="N252" s="13"/>
       <c r="O252" s="13"/>
       <c r="P252" s="89"/>
     </row>
-    <row r="253" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="253" spans="14:16" ht="15.75" customHeight="1">
       <c r="N253" s="13"/>
       <c r="O253" s="13"/>
       <c r="P253" s="89"/>
     </row>
-    <row r="254" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="254" spans="14:16" ht="15.75" customHeight="1">
       <c r="N254" s="13"/>
       <c r="O254" s="13"/>
       <c r="P254" s="89"/>
     </row>
-    <row r="255" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="255" spans="14:16" ht="15.75" customHeight="1">
       <c r="N255" s="13"/>
       <c r="O255" s="13"/>
       <c r="P255" s="89"/>
     </row>
-    <row r="256" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="256" spans="14:16" ht="15.75" customHeight="1">
       <c r="N256" s="13"/>
       <c r="O256" s="13"/>
       <c r="P256" s="89"/>
     </row>
-    <row r="257" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="257" spans="14:16" ht="15.75" customHeight="1">
       <c r="N257" s="13"/>
       <c r="O257" s="13"/>
       <c r="P257" s="89"/>
     </row>
-    <row r="258" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="258" spans="14:16" ht="15.75" customHeight="1">
       <c r="N258" s="13"/>
       <c r="O258" s="13"/>
       <c r="P258" s="89"/>
     </row>
-    <row r="259" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="259" spans="14:16" ht="15.75" customHeight="1">
       <c r="N259" s="13"/>
       <c r="O259" s="13"/>
       <c r="P259" s="89"/>
     </row>
-    <row r="260" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="260" spans="14:16" ht="15.75" customHeight="1">
       <c r="N260" s="13"/>
       <c r="O260" s="13"/>
       <c r="P260" s="89"/>
     </row>
-    <row r="261" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="261" spans="14:16" ht="15.75" customHeight="1">
       <c r="N261" s="13"/>
       <c r="O261" s="13"/>
       <c r="P261" s="89"/>
     </row>
-    <row r="262" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="262" spans="14:16" ht="15.75" customHeight="1">
       <c r="N262" s="13"/>
       <c r="O262" s="13"/>
       <c r="P262" s="89"/>
     </row>
-    <row r="263" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="263" spans="14:16" ht="15.75" customHeight="1">
       <c r="N263" s="13"/>
       <c r="O263" s="13"/>
       <c r="P263" s="89"/>
     </row>
-    <row r="264" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="264" spans="14:16" ht="15.75" customHeight="1">
       <c r="N264" s="13"/>
       <c r="O264" s="13"/>
       <c r="P264" s="89"/>
     </row>
-    <row r="265" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="265" spans="14:16" ht="15.75" customHeight="1">
       <c r="N265" s="13"/>
       <c r="O265" s="13"/>
       <c r="P265" s="89"/>
     </row>
-    <row r="266" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="266" spans="14:16" ht="15.75" customHeight="1">
       <c r="N266" s="13"/>
       <c r="O266" s="13"/>
       <c r="P266" s="89"/>
     </row>
-    <row r="267" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="267" spans="14:16" ht="15.75" customHeight="1">
       <c r="N267" s="13"/>
       <c r="O267" s="13"/>
       <c r="P267" s="89"/>
     </row>
-    <row r="268" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="268" spans="14:16" ht="15.75" customHeight="1">
       <c r="N268" s="13"/>
       <c r="O268" s="13"/>
       <c r="P268" s="89"/>
     </row>
-    <row r="269" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="269" spans="14:16" ht="15.75" customHeight="1">
       <c r="N269" s="13"/>
       <c r="O269" s="13"/>
       <c r="P269" s="89"/>
     </row>
-    <row r="270" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="270" spans="14:16" ht="15.75" customHeight="1">
       <c r="N270" s="13"/>
       <c r="O270" s="13"/>
       <c r="P270" s="89"/>
     </row>
-    <row r="271" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="271" spans="14:16" ht="15.75" customHeight="1">
       <c r="N271" s="13"/>
       <c r="O271" s="13"/>
       <c r="P271" s="89"/>
     </row>
-    <row r="272" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="272" spans="14:16" ht="15.75" customHeight="1">
       <c r="N272" s="13"/>
       <c r="O272" s="13"/>
       <c r="P272" s="89"/>
     </row>
-    <row r="273" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="273" spans="14:16" ht="15.75" customHeight="1">
       <c r="N273" s="13"/>
       <c r="O273" s="13"/>
       <c r="P273" s="89"/>
     </row>
-    <row r="274" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="274" spans="14:16" ht="15.75" customHeight="1">
       <c r="N274" s="13"/>
       <c r="O274" s="13"/>
       <c r="P274" s="89"/>
     </row>
-    <row r="275" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="275" spans="14:16" ht="15.75" customHeight="1">
       <c r="N275" s="13"/>
       <c r="O275" s="13"/>
       <c r="P275" s="89"/>
     </row>
-    <row r="276" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="276" spans="14:16" ht="15.75" customHeight="1">
       <c r="N276" s="13"/>
       <c r="O276" s="13"/>
       <c r="P276" s="89"/>
     </row>
-    <row r="277" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="277" spans="14:16" ht="15.75" customHeight="1">
       <c r="N277" s="13"/>
       <c r="O277" s="13"/>
       <c r="P277" s="89"/>
     </row>
-    <row r="278" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="278" spans="14:16" ht="15.75" customHeight="1">
       <c r="N278" s="13"/>
       <c r="O278" s="13"/>
       <c r="P278" s="89"/>
     </row>
-    <row r="279" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="279" spans="14:16" ht="15.75" customHeight="1">
       <c r="N279" s="13"/>
       <c r="O279" s="13"/>
       <c r="P279" s="89"/>
     </row>
-    <row r="280" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="280" spans="14:16" ht="15.75" customHeight="1">
       <c r="N280" s="13"/>
       <c r="O280" s="13"/>
       <c r="P280" s="89"/>
     </row>
-    <row r="281" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="281" spans="14:16" ht="15.75" customHeight="1">
       <c r="N281" s="13"/>
       <c r="O281" s="13"/>
       <c r="P281" s="89"/>
     </row>
-    <row r="282" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="282" spans="14:16" ht="15.75" customHeight="1">
       <c r="N282" s="13"/>
       <c r="O282" s="13"/>
       <c r="P282" s="89"/>
     </row>
-    <row r="283" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="283" spans="14:16" ht="15.75" customHeight="1">
       <c r="N283" s="13"/>
       <c r="O283" s="13"/>
       <c r="P283" s="89"/>
     </row>
-    <row r="284" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="284" spans="14:16" ht="15.75" customHeight="1">
       <c r="N284" s="13"/>
       <c r="O284" s="13"/>
       <c r="P284" s="89"/>
     </row>
-    <row r="285" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="285" spans="14:16" ht="15.75" customHeight="1">
       <c r="N285" s="13"/>
       <c r="O285" s="13"/>
       <c r="P285" s="89"/>
     </row>
-    <row r="286" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="286" spans="14:16" ht="15.75" customHeight="1">
       <c r="N286" s="13"/>
       <c r="O286" s="13"/>
       <c r="P286" s="89"/>
     </row>
-    <row r="287" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="287" spans="14:16" ht="15.75" customHeight="1">
       <c r="N287" s="13"/>
       <c r="O287" s="13"/>
       <c r="P287" s="89"/>
     </row>
-    <row r="288" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="288" spans="14:16" ht="15.75" customHeight="1">
       <c r="N288" s="13"/>
       <c r="O288" s="13"/>
       <c r="P288" s="89"/>
     </row>
-    <row r="289" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="289" spans="14:16" ht="15.75" customHeight="1">
       <c r="N289" s="13"/>
       <c r="O289" s="13"/>
       <c r="P289" s="89"/>
     </row>
-    <row r="290" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="290" spans="14:16" ht="15.75" customHeight="1">
       <c r="N290" s="13"/>
       <c r="O290" s="13"/>
       <c r="P290" s="89"/>
     </row>
-    <row r="291" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="291" spans="14:16" ht="15.75" customHeight="1">
       <c r="N291" s="13"/>
       <c r="O291" s="13"/>
       <c r="P291" s="89"/>
     </row>
-    <row r="292" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="292" spans="14:16" ht="15.75" customHeight="1">
       <c r="N292" s="13"/>
       <c r="O292" s="13"/>
       <c r="P292" s="89"/>
     </row>
-    <row r="293" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="293" spans="14:16" ht="15.75" customHeight="1">
       <c r="N293" s="13"/>
       <c r="O293" s="13"/>
       <c r="P293" s="89"/>
     </row>
-    <row r="294" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="294" spans="14:16" ht="15.75" customHeight="1">
       <c r="N294" s="13"/>
       <c r="O294" s="13"/>
       <c r="P294" s="89"/>
     </row>
-    <row r="295" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="295" spans="14:16" ht="15.75" customHeight="1">
       <c r="N295" s="13"/>
       <c r="O295" s="13"/>
       <c r="P295" s="89"/>
     </row>
-    <row r="296" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="296" spans="14:16" ht="15.75" customHeight="1">
       <c r="N296" s="13"/>
       <c r="O296" s="13"/>
       <c r="P296" s="89"/>
     </row>
-    <row r="297" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="297" spans="14:16" ht="15.75" customHeight="1">
       <c r="N297" s="13"/>
       <c r="O297" s="13"/>
       <c r="P297" s="89"/>
     </row>
-    <row r="298" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="298" spans="14:16" ht="15.75" customHeight="1">
       <c r="N298" s="13"/>
       <c r="O298" s="13"/>
       <c r="P298" s="89"/>
     </row>
-    <row r="299" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="299" spans="14:16" ht="15.75" customHeight="1">
       <c r="N299" s="13"/>
       <c r="O299" s="13"/>
       <c r="P299" s="89"/>
     </row>
-    <row r="300" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="300" spans="14:16" ht="15.75" customHeight="1">
       <c r="N300" s="13"/>
       <c r="O300" s="13"/>
       <c r="P300" s="89"/>
     </row>
-    <row r="301" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="301" spans="14:16" ht="15.75" customHeight="1">
       <c r="N301" s="13"/>
       <c r="O301" s="13"/>
       <c r="P301" s="89"/>
     </row>
-    <row r="302" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="302" spans="14:16" ht="15.75" customHeight="1">
       <c r="N302" s="13"/>
       <c r="O302" s="13"/>
       <c r="P302" s="89"/>
     </row>
-    <row r="303" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="303" spans="14:16" ht="15.75" customHeight="1">
       <c r="N303" s="13"/>
       <c r="O303" s="13"/>
       <c r="P303" s="89"/>
     </row>
-    <row r="304" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="304" spans="14:16" ht="15.75" customHeight="1">
       <c r="N304" s="13"/>
       <c r="O304" s="13"/>
       <c r="P304" s="89"/>
     </row>
-    <row r="305" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="305" spans="14:16" ht="15.75" customHeight="1">
       <c r="N305" s="13"/>
       <c r="O305" s="13"/>
       <c r="P305" s="89"/>
     </row>
-    <row r="306" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="306" spans="14:16" ht="15.75" customHeight="1">
       <c r="N306" s="13"/>
       <c r="O306" s="13"/>
       <c r="P306" s="89"/>
     </row>
-    <row r="307" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="307" spans="14:16" ht="15.75" customHeight="1">
       <c r="N307" s="13"/>
       <c r="O307" s="13"/>
       <c r="P307" s="89"/>
     </row>
-    <row r="308" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="308" spans="14:16" ht="15.75" customHeight="1">
       <c r="N308" s="13"/>
       <c r="O308" s="13"/>
       <c r="P308" s="89"/>
     </row>
-    <row r="309" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="309" spans="14:16" ht="15.75" customHeight="1">
       <c r="N309" s="13"/>
       <c r="O309" s="13"/>
       <c r="P309" s="89"/>
     </row>
-    <row r="310" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="310" spans="14:16" ht="15.75" customHeight="1">
       <c r="N310" s="13"/>
       <c r="O310" s="13"/>
       <c r="P310" s="89"/>
     </row>
-    <row r="311" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="311" spans="14:16" ht="15.75" customHeight="1">
       <c r="N311" s="13"/>
       <c r="O311" s="13"/>
       <c r="P311" s="89"/>
     </row>
-    <row r="312" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="312" spans="14:16" ht="15.75" customHeight="1">
       <c r="N312" s="13"/>
       <c r="O312" s="13"/>
       <c r="P312" s="89"/>
     </row>
-    <row r="313" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="313" spans="14:16" ht="15.75" customHeight="1">
       <c r="N313" s="13"/>
       <c r="O313" s="13"/>
       <c r="P313" s="89"/>
     </row>
-    <row r="314" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="314" spans="14:16" ht="15.75" customHeight="1">
       <c r="N314" s="13"/>
       <c r="O314" s="13"/>
       <c r="P314" s="89"/>
     </row>
-    <row r="315" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="315" spans="14:16" ht="15.75" customHeight="1">
       <c r="N315" s="13"/>
       <c r="O315" s="13"/>
       <c r="P315" s="89"/>
     </row>
-    <row r="316" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="316" spans="14:16" ht="15.75" customHeight="1">
       <c r="N316" s="13"/>
       <c r="O316" s="13"/>
       <c r="P316" s="89"/>
     </row>
-    <row r="317" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="317" spans="14:16" ht="15.75" customHeight="1">
       <c r="N317" s="13"/>
       <c r="O317" s="13"/>
       <c r="P317" s="89"/>
     </row>
-    <row r="318" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="318" spans="14:16" ht="15.75" customHeight="1">
       <c r="N318" s="13"/>
       <c r="O318" s="13"/>
       <c r="P318" s="89"/>
     </row>
-    <row r="319" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="319" spans="14:16" ht="15.75" customHeight="1">
       <c r="N319" s="13"/>
       <c r="O319" s="13"/>
       <c r="P319" s="89"/>
     </row>
-    <row r="320" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="320" spans="14:16" ht="15.75" customHeight="1">
       <c r="N320" s="13"/>
       <c r="O320" s="13"/>
       <c r="P320" s="89"/>
     </row>
-    <row r="321" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="321" spans="14:16" ht="15.75" customHeight="1">
       <c r="N321" s="13"/>
       <c r="O321" s="13"/>
       <c r="P321" s="89"/>
     </row>
-    <row r="322" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="322" spans="14:16" ht="15.75" customHeight="1">
       <c r="N322" s="13"/>
       <c r="O322" s="13"/>
       <c r="P322" s="89"/>
     </row>
-    <row r="323" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="323" spans="14:16" ht="15.75" customHeight="1">
       <c r="N323" s="13"/>
       <c r="O323" s="13"/>
       <c r="P323" s="89"/>
     </row>
-    <row r="324" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="14:16" ht="15.75" customHeight="1">
       <c r="N324" s="13"/>
       <c r="O324" s="13"/>
       <c r="P324" s="89"/>
     </row>
-    <row r="325" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="325" spans="14:16" ht="15.75" customHeight="1">
       <c r="N325" s="13"/>
       <c r="O325" s="13"/>
       <c r="P325" s="89"/>
     </row>
-    <row r="326" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="326" spans="14:16" ht="15.75" customHeight="1">
       <c r="N326" s="13"/>
       <c r="O326" s="13"/>
       <c r="P326" s="89"/>
     </row>
-    <row r="327" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="327" spans="14:16" ht="15.75" customHeight="1">
       <c r="N327" s="13"/>
       <c r="O327" s="13"/>
       <c r="P327" s="89"/>
     </row>
-    <row r="328" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="328" spans="14:16" ht="15.75" customHeight="1">
       <c r="N328" s="13"/>
       <c r="O328" s="13"/>
       <c r="P328" s="89"/>
     </row>
-    <row r="329" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="329" spans="14:16" ht="15.75" customHeight="1">
       <c r="N329" s="13"/>
       <c r="O329" s="13"/>
       <c r="P329" s="89"/>
     </row>
-    <row r="330" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="330" spans="14:16" ht="15.75" customHeight="1">
       <c r="N330" s="13"/>
       <c r="O330" s="13"/>
       <c r="P330" s="89"/>
     </row>
-    <row r="331" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="331" spans="14:16" ht="15.75" customHeight="1">
       <c r="N331" s="13"/>
       <c r="O331" s="13"/>
       <c r="P331" s="89"/>
     </row>
-    <row r="332" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="332" spans="14:16" ht="15.75" customHeight="1">
       <c r="N332" s="13"/>
       <c r="O332" s="13"/>
       <c r="P332" s="89"/>
     </row>
-    <row r="333" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="333" spans="14:16" ht="15.75" customHeight="1">
       <c r="N333" s="13"/>
       <c r="O333" s="13"/>
       <c r="P333" s="89"/>
     </row>
-    <row r="334" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="334" spans="14:16" ht="15.75" customHeight="1">
       <c r="N334" s="13"/>
       <c r="O334" s="13"/>
       <c r="P334" s="89"/>
     </row>
-    <row r="335" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="335" spans="14:16" ht="15.75" customHeight="1">
       <c r="N335" s="13"/>
       <c r="O335" s="13"/>
       <c r="P335" s="89"/>
     </row>
-    <row r="336" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="336" spans="14:16" ht="15.75" customHeight="1">
       <c r="N336" s="13"/>
       <c r="O336" s="13"/>
       <c r="P336" s="89"/>
     </row>
-    <row r="337" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="337" spans="14:16" ht="15.75" customHeight="1">
       <c r="N337" s="13"/>
       <c r="O337" s="13"/>
       <c r="P337" s="89"/>
     </row>
-    <row r="338" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="338" spans="14:16" ht="15.75" customHeight="1">
       <c r="N338" s="13"/>
       <c r="O338" s="13"/>
       <c r="P338" s="89"/>
     </row>
-    <row r="339" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="339" spans="14:16" ht="15.75" customHeight="1">
       <c r="N339" s="13"/>
       <c r="O339" s="13"/>
       <c r="P339" s="89"/>
     </row>
-    <row r="340" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="340" spans="14:16" ht="15.75" customHeight="1">
       <c r="N340" s="13"/>
       <c r="O340" s="13"/>
       <c r="P340" s="89"/>
     </row>
-    <row r="341" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="341" spans="14:16" ht="15.75" customHeight="1">
       <c r="N341" s="13"/>
       <c r="O341" s="13"/>
       <c r="P341" s="89"/>
     </row>
-    <row r="342" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="342" spans="14:16" ht="15.75" customHeight="1">
       <c r="N342" s="13"/>
       <c r="O342" s="13"/>
       <c r="P342" s="89"/>
     </row>
-    <row r="343" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="343" spans="14:16" ht="15.75" customHeight="1">
       <c r="N343" s="13"/>
       <c r="O343" s="13"/>
       <c r="P343" s="89"/>
     </row>
-    <row r="344" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="344" spans="14:16" ht="15.75" customHeight="1">
       <c r="N344" s="13"/>
       <c r="O344" s="13"/>
       <c r="P344" s="89"/>
     </row>
-    <row r="345" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="345" spans="14:16" ht="15.75" customHeight="1">
       <c r="N345" s="13"/>
       <c r="O345" s="13"/>
       <c r="P345" s="89"/>
     </row>
-    <row r="346" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="346" spans="14:16" ht="15.75" customHeight="1">
       <c r="N346" s="13"/>
       <c r="O346" s="13"/>
       <c r="P346" s="89"/>
     </row>
-    <row r="347" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="347" spans="14:16" ht="15.75" customHeight="1">
       <c r="N347" s="13"/>
       <c r="O347" s="13"/>
       <c r="P347" s="89"/>
     </row>
-    <row r="348" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="348" spans="14:16" ht="15.75" customHeight="1">
       <c r="N348" s="13"/>
       <c r="O348" s="13"/>
       <c r="P348" s="89"/>
     </row>
-    <row r="349" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="349" spans="14:16" ht="15.75" customHeight="1">
       <c r="N349" s="13"/>
       <c r="O349" s="13"/>
       <c r="P349" s="89"/>
     </row>
-    <row r="350" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="350" spans="14:16" ht="15.75" customHeight="1">
       <c r="N350" s="13"/>
       <c r="O350" s="13"/>
       <c r="P350" s="89"/>
     </row>
-    <row r="351" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="351" spans="14:16" ht="15.75" customHeight="1">
       <c r="N351" s="13"/>
       <c r="O351" s="13"/>
       <c r="P351" s="89"/>
     </row>
-    <row r="352" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="352" spans="14:16" ht="15.75" customHeight="1">
       <c r="N352" s="13"/>
       <c r="O352" s="13"/>
       <c r="P352" s="89"/>
     </row>
-    <row r="353" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="353" spans="14:16" ht="15.75" customHeight="1">
       <c r="N353" s="13"/>
       <c r="O353" s="13"/>
       <c r="P353" s="89"/>
     </row>
-    <row r="354" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="354" spans="14:16" ht="15.75" customHeight="1">
       <c r="N354" s="13"/>
       <c r="O354" s="13"/>
       <c r="P354" s="89"/>
     </row>
-    <row r="355" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="355" spans="14:16" ht="15.75" customHeight="1">
       <c r="N355" s="13"/>
       <c r="O355" s="13"/>
       <c r="P355" s="89"/>
     </row>
-    <row r="356" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="356" spans="14:16" ht="15.75" customHeight="1">
       <c r="N356" s="13"/>
       <c r="O356" s="13"/>
       <c r="P356" s="89"/>
     </row>
-    <row r="357" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="357" spans="14:16" ht="15.75" customHeight="1">
       <c r="N357" s="13"/>
       <c r="O357" s="13"/>
       <c r="P357" s="89"/>
     </row>
-    <row r="358" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="358" spans="14:16" ht="15.75" customHeight="1">
       <c r="N358" s="13"/>
       <c r="O358" s="13"/>
       <c r="P358" s="89"/>
     </row>
-    <row r="359" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="359" spans="14:16" ht="15.75" customHeight="1">
       <c r="N359" s="13"/>
       <c r="O359" s="13"/>
       <c r="P359" s="89"/>
     </row>
-    <row r="360" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="360" spans="14:16" ht="15.75" customHeight="1">
       <c r="N360" s="13"/>
       <c r="O360" s="13"/>
       <c r="P360" s="89"/>
     </row>
-    <row r="361" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="361" spans="14:16" ht="15.75" customHeight="1">
       <c r="N361" s="13"/>
       <c r="O361" s="13"/>
       <c r="P361" s="89"/>
     </row>
-    <row r="362" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="362" spans="14:16" ht="15.75" customHeight="1">
       <c r="N362" s="13"/>
       <c r="O362" s="13"/>
       <c r="P362" s="89"/>
     </row>
-    <row r="363" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="363" spans="14:16" ht="15.75" customHeight="1">
       <c r="N363" s="13"/>
       <c r="O363" s="13"/>
       <c r="P363" s="89"/>
     </row>
-    <row r="364" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="364" spans="14:16" ht="15.75" customHeight="1">
       <c r="N364" s="13"/>
       <c r="O364" s="13"/>
       <c r="P364" s="89"/>
     </row>
-    <row r="365" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="365" spans="14:16" ht="15.75" customHeight="1">
       <c r="N365" s="13"/>
       <c r="O365" s="13"/>
       <c r="P365" s="89"/>
     </row>
-    <row r="366" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="366" spans="14:16" ht="15.75" customHeight="1">
       <c r="N366" s="13"/>
       <c r="O366" s="13"/>
       <c r="P366" s="89"/>
     </row>
-    <row r="367" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="367" spans="14:16" ht="15.75" customHeight="1">
       <c r="N367" s="13"/>
       <c r="O367" s="13"/>
       <c r="P367" s="89"/>
     </row>
-    <row r="368" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="368" spans="14:16" ht="15.75" customHeight="1">
       <c r="N368" s="13"/>
       <c r="O368" s="13"/>
       <c r="P368" s="89"/>
     </row>
-    <row r="369" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="369" spans="14:16" ht="15.75" customHeight="1">
       <c r="N369" s="13"/>
       <c r="O369" s="13"/>
       <c r="P369" s="89"/>
     </row>
-    <row r="370" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="370" spans="14:16" ht="15.75" customHeight="1">
       <c r="N370" s="13"/>
       <c r="O370" s="13"/>
       <c r="P370" s="89"/>
     </row>
-    <row r="371" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="371" spans="14:16" ht="15.75" customHeight="1">
       <c r="N371" s="13"/>
       <c r="O371" s="13"/>
       <c r="P371" s="89"/>
     </row>
-    <row r="372" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="372" spans="14:16" ht="15.75" customHeight="1">
       <c r="N372" s="13"/>
       <c r="O372" s="13"/>
       <c r="P372" s="89"/>
     </row>
-    <row r="373" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="373" spans="14:16" ht="15.75" customHeight="1">
       <c r="N373" s="13"/>
       <c r="O373" s="13"/>
       <c r="P373" s="89"/>
     </row>
-    <row r="374" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="374" spans="14:16" ht="15.75" customHeight="1">
       <c r="N374" s="13"/>
       <c r="O374" s="13"/>
       <c r="P374" s="89"/>
     </row>
-    <row r="375" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="375" spans="14:16" ht="15.75" customHeight="1">
       <c r="N375" s="13"/>
       <c r="O375" s="13"/>
       <c r="P375" s="89"/>
     </row>
-    <row r="376" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="376" spans="14:16" ht="15.75" customHeight="1">
       <c r="N376" s="13"/>
       <c r="O376" s="13"/>
       <c r="P376" s="89"/>
     </row>
-    <row r="377" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="377" spans="14:16" ht="15.75" customHeight="1">
       <c r="N377" s="13"/>
       <c r="O377" s="13"/>
       <c r="P377" s="89"/>
     </row>
-    <row r="378" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="378" spans="14:16" ht="15.75" customHeight="1">
       <c r="N378" s="13"/>
       <c r="O378" s="13"/>
       <c r="P378" s="89"/>
     </row>
-    <row r="379" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="379" spans="14:16" ht="15.75" customHeight="1">
       <c r="N379" s="13"/>
       <c r="O379" s="13"/>
       <c r="P379" s="89"/>
     </row>
-    <row r="380" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="380" spans="14:16" ht="15.75" customHeight="1">
       <c r="N380" s="13"/>
       <c r="O380" s="13"/>
       <c r="P380" s="89"/>
     </row>
-    <row r="381" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="381" spans="14:16" ht="15.75" customHeight="1">
       <c r="N381" s="13"/>
       <c r="O381" s="13"/>
       <c r="P381" s="89"/>
     </row>
-    <row r="382" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="382" spans="14:16" ht="15.75" customHeight="1">
       <c r="N382" s="13"/>
       <c r="O382" s="13"/>
       <c r="P382" s="89"/>
     </row>
-    <row r="383" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="383" spans="14:16" ht="15.75" customHeight="1">
       <c r="N383" s="13"/>
       <c r="O383" s="13"/>
       <c r="P383" s="89"/>
     </row>
-    <row r="384" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="384" spans="14:16" ht="15.75" customHeight="1">
       <c r="N384" s="13"/>
       <c r="O384" s="13"/>
       <c r="P384" s="89"/>
     </row>
-    <row r="385" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="385" spans="14:16" ht="15.75" customHeight="1">
       <c r="N385" s="13"/>
       <c r="O385" s="13"/>
       <c r="P385" s="89"/>
     </row>
-    <row r="386" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="386" spans="14:16" ht="15.75" customHeight="1">
       <c r="N386" s="13"/>
       <c r="O386" s="13"/>
       <c r="P386" s="89"/>
     </row>
-    <row r="387" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="387" spans="14:16" ht="15.75" customHeight="1">
       <c r="N387" s="13"/>
       <c r="O387" s="13"/>
       <c r="P387" s="89"/>
     </row>
-    <row r="388" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="388" spans="14:16" ht="15.75" customHeight="1">
       <c r="N388" s="13"/>
       <c r="O388" s="13"/>
       <c r="P388" s="89"/>
     </row>
-    <row r="389" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="389" spans="14:16" ht="15.75" customHeight="1">
       <c r="N389" s="13"/>
       <c r="O389" s="13"/>
       <c r="P389" s="89"/>
     </row>
-    <row r="390" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="390" spans="14:16" ht="15.75" customHeight="1">
       <c r="N390" s="13"/>
       <c r="O390" s="13"/>
       <c r="P390" s="89"/>
     </row>
-    <row r="391" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="391" spans="14:16" ht="15.75" customHeight="1">
       <c r="N391" s="13"/>
       <c r="O391" s="13"/>
       <c r="P391" s="89"/>
     </row>
-    <row r="392" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="392" spans="14:16" ht="15.75" customHeight="1">
       <c r="N392" s="13"/>
       <c r="O392" s="13"/>
       <c r="P392" s="89"/>
     </row>
-    <row r="393" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="393" spans="14:16" ht="15.75" customHeight="1">
       <c r="N393" s="13"/>
       <c r="O393" s="13"/>
       <c r="P393" s="89"/>
     </row>
-    <row r="394" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="394" spans="14:16" ht="15.75" customHeight="1">
       <c r="N394" s="13"/>
       <c r="O394" s="13"/>
       <c r="P394" s="89"/>
     </row>
-    <row r="395" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="395" spans="14:16" ht="15.75" customHeight="1">
       <c r="N395" s="13"/>
       <c r="O395" s="13"/>
       <c r="P395" s="89"/>
     </row>
-    <row r="396" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="396" spans="14:16" ht="15.75" customHeight="1">
       <c r="N396" s="13"/>
       <c r="O396" s="13"/>
       <c r="P396" s="89"/>
     </row>
-    <row r="397" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="397" spans="14:16" ht="15.75" customHeight="1">
       <c r="N397" s="13"/>
       <c r="O397" s="13"/>
       <c r="P397" s="89"/>
     </row>
-    <row r="398" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="398" spans="14:16" ht="15.75" customHeight="1">
       <c r="N398" s="13"/>
       <c r="O398" s="13"/>
       <c r="P398" s="89"/>
     </row>
-    <row r="399" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="399" spans="14:16" ht="15.75" customHeight="1">
       <c r="N399" s="13"/>
       <c r="O399" s="13"/>
       <c r="P399" s="89"/>
     </row>
-    <row r="400" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="400" spans="14:16" ht="15.75" customHeight="1">
       <c r="N400" s="13"/>
       <c r="O400" s="13"/>
       <c r="P400" s="89"/>
     </row>
-    <row r="401" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="401" spans="14:16" ht="15.75" customHeight="1">
       <c r="N401" s="13"/>
       <c r="O401" s="13"/>
       <c r="P401" s="89"/>
     </row>
-    <row r="402" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="402" spans="14:16" ht="15.75" customHeight="1">
       <c r="N402" s="13"/>
       <c r="O402" s="13"/>
       <c r="P402" s="89"/>
     </row>
-    <row r="403" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="403" spans="14:16" ht="15.75" customHeight="1">
       <c r="N403" s="13"/>
       <c r="O403" s="13"/>
       <c r="P403" s="89"/>
     </row>
-    <row r="404" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="404" spans="14:16" ht="15.75" customHeight="1">
       <c r="N404" s="13"/>
       <c r="O404" s="13"/>
       <c r="P404" s="89"/>
     </row>
-    <row r="405" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="405" spans="14:16" ht="15.75" customHeight="1">
       <c r="N405" s="13"/>
       <c r="O405" s="13"/>
       <c r="P405" s="89"/>
     </row>
-    <row r="406" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="406" spans="14:16" ht="15.75" customHeight="1">
       <c r="N406" s="13"/>
       <c r="O406" s="13"/>
       <c r="P406" s="89"/>
     </row>
-    <row r="407" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="407" spans="14:16" ht="15.75" customHeight="1">
       <c r="N407" s="13"/>
       <c r="O407" s="13"/>
       <c r="P407" s="89"/>
     </row>
-    <row r="408" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="408" spans="14:16" ht="15.75" customHeight="1">
       <c r="N408" s="13"/>
       <c r="O408" s="13"/>
       <c r="P408" s="89"/>
     </row>
-    <row r="409" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="409" spans="14:16" ht="15.75" customHeight="1">
       <c r="N409" s="13"/>
       <c r="O409" s="13"/>
       <c r="P409" s="89"/>
     </row>
-    <row r="410" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="410" spans="14:16" ht="15.75" customHeight="1">
       <c r="N410" s="13"/>
       <c r="O410" s="13"/>
       <c r="P410" s="89"/>
     </row>
-    <row r="411" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="411" spans="14:16" ht="15.75" customHeight="1">
       <c r="N411" s="13"/>
       <c r="O411" s="13"/>
       <c r="P411" s="89"/>
     </row>
-    <row r="412" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="412" spans="14:16" ht="15.75" customHeight="1">
       <c r="N412" s="13"/>
       <c r="O412" s="13"/>
       <c r="P412" s="89"/>
     </row>
-    <row r="413" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="413" spans="14:16" ht="15.75" customHeight="1">
       <c r="N413" s="13"/>
       <c r="O413" s="13"/>
       <c r="P413" s="89"/>
     </row>
-    <row r="414" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="414" spans="14:16" ht="15.75" customHeight="1">
       <c r="N414" s="13"/>
       <c r="O414" s="13"/>
       <c r="P414" s="89"/>
     </row>
-    <row r="415" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="415" spans="14:16" ht="15.75" customHeight="1">
       <c r="N415" s="13"/>
       <c r="O415" s="13"/>
       <c r="P415" s="89"/>
     </row>
-    <row r="416" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="416" spans="14:16" ht="15.75" customHeight="1">
       <c r="N416" s="13"/>
       <c r="O416" s="13"/>
       <c r="P416" s="89"/>
     </row>
-    <row r="417" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="417" spans="14:16" ht="15.75" customHeight="1">
       <c r="N417" s="13"/>
       <c r="O417" s="13"/>
       <c r="P417" s="89"/>
     </row>
-    <row r="418" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="418" spans="14:16" ht="15.75" customHeight="1">
       <c r="N418" s="13"/>
       <c r="O418" s="13"/>
       <c r="P418" s="89"/>
     </row>
-    <row r="419" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="419" spans="14:16" ht="15.75" customHeight="1">
       <c r="N419" s="13"/>
       <c r="O419" s="13"/>
       <c r="P419" s="89"/>
     </row>
-    <row r="420" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="420" spans="14:16" ht="15.75" customHeight="1">
       <c r="N420" s="13"/>
       <c r="O420" s="13"/>
       <c r="P420" s="89"/>
     </row>
-    <row r="421" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="421" spans="14:16" ht="15.75" customHeight="1">
       <c r="N421" s="13"/>
       <c r="O421" s="13"/>
       <c r="P421" s="89"/>
     </row>
-    <row r="422" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="422" spans="14:16" ht="15.75" customHeight="1">
       <c r="N422" s="13"/>
       <c r="O422" s="13"/>
       <c r="P422" s="89"/>
     </row>
-    <row r="423" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="423" spans="14:16" ht="15.75" customHeight="1">
       <c r="N423" s="13"/>
       <c r="O423" s="13"/>
       <c r="P423" s="89"/>
     </row>
-    <row r="424" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="424" spans="14:16" ht="15.75" customHeight="1">
       <c r="N424" s="13"/>
       <c r="O424" s="13"/>
       <c r="P424" s="89"/>
     </row>
-    <row r="425" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="425" spans="14:16" ht="15.75" customHeight="1">
       <c r="N425" s="13"/>
       <c r="O425" s="13"/>
       <c r="P425" s="89"/>
     </row>
-    <row r="426" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="426" spans="14:16" ht="15.75" customHeight="1">
       <c r="N426" s="13"/>
       <c r="O426" s="13"/>
       <c r="P426" s="89"/>
     </row>
-    <row r="427" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="427" spans="14:16" ht="15.75" customHeight="1">
       <c r="N427" s="13"/>
       <c r="O427" s="13"/>
       <c r="P427" s="89"/>
     </row>
-    <row r="428" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="428" spans="14:16" ht="15.75" customHeight="1">
       <c r="N428" s="13"/>
       <c r="O428" s="13"/>
       <c r="P428" s="89"/>
     </row>
-    <row r="429" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="429" spans="14:16" ht="15.75" customHeight="1">
       <c r="N429" s="13"/>
       <c r="O429" s="13"/>
       <c r="P429" s="89"/>
     </row>
-    <row r="430" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="430" spans="14:16" ht="15.75" customHeight="1">
       <c r="N430" s="13"/>
       <c r="O430" s="13"/>
       <c r="P430" s="89"/>
     </row>
-    <row r="431" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="431" spans="14:16" ht="15.75" customHeight="1">
       <c r="N431" s="13"/>
       <c r="O431" s="13"/>
       <c r="P431" s="89"/>
     </row>
-    <row r="432" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="432" spans="14:16" ht="15.75" customHeight="1">
       <c r="N432" s="13"/>
       <c r="O432" s="13"/>
       <c r="P432" s="89"/>
     </row>
-    <row r="433" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="433" spans="14:16" ht="15.75" customHeight="1">
       <c r="N433" s="13"/>
       <c r="O433" s="13"/>
       <c r="P433" s="89"/>
     </row>
-    <row r="434" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="434" spans="14:16" ht="15.75" customHeight="1">
       <c r="N434" s="13"/>
       <c r="O434" s="13"/>
       <c r="P434" s="89"/>
     </row>
-    <row r="435" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="435" spans="14:16" ht="15.75" customHeight="1">
       <c r="N435" s="13"/>
       <c r="O435" s="13"/>
       <c r="P435" s="89"/>
     </row>
-    <row r="436" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="436" spans="14:16" ht="15.75" customHeight="1">
       <c r="N436" s="13"/>
       <c r="O436" s="13"/>
       <c r="P436" s="89"/>
     </row>
-    <row r="437" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="437" spans="14:16" ht="15.75" customHeight="1">
       <c r="N437" s="13"/>
       <c r="O437" s="13"/>
       <c r="P437" s="89"/>
     </row>
-    <row r="438" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="438" spans="14:16" ht="15.75" customHeight="1">
       <c r="N438" s="13"/>
       <c r="O438" s="13"/>
       <c r="P438" s="89"/>
     </row>
-    <row r="439" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="439" spans="14:16" ht="15.75" customHeight="1">
       <c r="N439" s="13"/>
       <c r="O439" s="13"/>
       <c r="P439" s="89"/>
     </row>
-    <row r="440" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="440" spans="14:16" ht="15.75" customHeight="1">
       <c r="N440" s="13"/>
       <c r="O440" s="13"/>
       <c r="P440" s="89"/>
     </row>
-    <row r="441" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="441" spans="14:16" ht="15.75" customHeight="1">
       <c r="N441" s="13"/>
       <c r="O441" s="13"/>
       <c r="P441" s="89"/>
     </row>
-    <row r="442" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="442" spans="14:16" ht="15.75" customHeight="1">
       <c r="N442" s="13"/>
       <c r="O442" s="13"/>
       <c r="P442" s="89"/>
     </row>
-    <row r="443" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="443" spans="14:16" ht="15.75" customHeight="1">
       <c r="N443" s="13"/>
       <c r="O443" s="13"/>
       <c r="P443" s="89"/>
     </row>
-    <row r="444" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="444" spans="14:16" ht="15.75" customHeight="1">
       <c r="N444" s="13"/>
       <c r="O444" s="13"/>
       <c r="P444" s="89"/>
     </row>
-    <row r="445" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="445" spans="14:16" ht="15.75" customHeight="1">
       <c r="N445" s="13"/>
       <c r="O445" s="13"/>
       <c r="P445" s="89"/>
     </row>
-    <row r="446" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="446" spans="14:16" ht="15.75" customHeight="1">
       <c r="N446" s="13"/>
       <c r="O446" s="13"/>
       <c r="P446" s="89"/>
     </row>
-    <row r="447" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="447" spans="14:16" ht="15.75" customHeight="1">
       <c r="N447" s="13"/>
       <c r="O447" s="13"/>
       <c r="P447" s="89"/>
     </row>
-    <row r="448" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="448" spans="14:16" ht="15.75" customHeight="1">
       <c r="N448" s="13"/>
       <c r="O448" s="13"/>
       <c r="P448" s="89"/>
     </row>
-    <row r="449" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="449" spans="14:16" ht="15.75" customHeight="1">
       <c r="N449" s="13"/>
       <c r="O449" s="13"/>
       <c r="P449" s="89"/>
     </row>
-    <row r="450" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="450" spans="14:16" ht="15.75" customHeight="1">
       <c r="N450" s="13"/>
       <c r="O450" s="13"/>
       <c r="P450" s="89"/>
     </row>
-    <row r="451" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="451" spans="14:16" ht="15.75" customHeight="1">
       <c r="N451" s="13"/>
       <c r="O451" s="13"/>
       <c r="P451" s="89"/>
     </row>
-    <row r="452" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="452" spans="14:16" ht="15.75" customHeight="1">
       <c r="N452" s="13"/>
       <c r="O452" s="13"/>
       <c r="P452" s="89"/>
     </row>
-    <row r="453" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="453" spans="14:16" ht="15.75" customHeight="1">
       <c r="N453" s="13"/>
       <c r="O453" s="13"/>
       <c r="P453" s="89"/>
     </row>
-    <row r="454" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="454" spans="14:16" ht="15.75" customHeight="1">
       <c r="N454" s="13"/>
       <c r="O454" s="13"/>
       <c r="P454" s="89"/>
     </row>
-    <row r="455" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="455" spans="14:16" ht="15.75" customHeight="1">
       <c r="N455" s="13"/>
       <c r="O455" s="13"/>
       <c r="P455" s="89"/>
     </row>
-    <row r="456" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="456" spans="14:16" ht="15.75" customHeight="1">
       <c r="N456" s="13"/>
       <c r="O456" s="13"/>
       <c r="P456" s="89"/>
     </row>
-    <row r="457" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="457" spans="14:16" ht="15.75" customHeight="1">
       <c r="N457" s="13"/>
       <c r="O457" s="13"/>
       <c r="P457" s="89"/>
     </row>
-    <row r="458" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="458" spans="14:16" ht="15.75" customHeight="1">
       <c r="N458" s="13"/>
       <c r="O458" s="13"/>
       <c r="P458" s="89"/>
     </row>
-    <row r="459" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="459" spans="14:16" ht="15.75" customHeight="1">
       <c r="N459" s="13"/>
       <c r="O459" s="13"/>
       <c r="P459" s="89"/>
     </row>
-    <row r="460" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="460" spans="14:16" ht="15.75" customHeight="1">
       <c r="N460" s="13"/>
       <c r="O460" s="13"/>
       <c r="P460" s="89"/>
     </row>
-    <row r="461" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="461" spans="14:16" ht="15.75" customHeight="1">
       <c r="N461" s="13"/>
       <c r="O461" s="13"/>
       <c r="P461" s="89"/>
     </row>
-    <row r="462" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="462" spans="14:16" ht="15.75" customHeight="1">
       <c r="N462" s="13"/>
       <c r="O462" s="13"/>
       <c r="P462" s="89"/>
     </row>
-    <row r="463" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="463" spans="14:16" ht="15.75" customHeight="1">
       <c r="N463" s="13"/>
       <c r="O463" s="13"/>
       <c r="P463" s="89"/>
     </row>
-    <row r="464" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="464" spans="14:16" ht="15.75" customHeight="1">
       <c r="N464" s="13"/>
       <c r="O464" s="13"/>
       <c r="P464" s="89"/>
     </row>
-    <row r="465" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="465" spans="14:16" ht="15.75" customHeight="1">
       <c r="N465" s="13"/>
       <c r="O465" s="13"/>
       <c r="P465" s="89"/>
     </row>
-    <row r="466" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="466" spans="14:16" ht="15.75" customHeight="1">
       <c r="N466" s="13"/>
       <c r="O466" s="13"/>
       <c r="P466" s="89"/>
     </row>
-    <row r="467" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="467" spans="14:16" ht="15.75" customHeight="1">
       <c r="N467" s="13"/>
       <c r="O467" s="13"/>
       <c r="P467" s="89"/>
     </row>
-    <row r="468" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="468" spans="14:16" ht="15.75" customHeight="1">
       <c r="N468" s="13"/>
       <c r="O468" s="13"/>
       <c r="P468" s="89"/>
     </row>
-    <row r="469" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="469" spans="14:16" ht="15.75" customHeight="1">
       <c r="N469" s="13"/>
       <c r="O469" s="13"/>
       <c r="P469" s="89"/>
     </row>
-    <row r="470" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="470" spans="14:16" ht="15.75" customHeight="1">
       <c r="N470" s="13"/>
       <c r="O470" s="13"/>
       <c r="P470" s="89"/>
     </row>
-    <row r="471" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="471" spans="14:16" ht="15.75" customHeight="1">
       <c r="N471" s="13"/>
       <c r="O471" s="13"/>
       <c r="P471" s="89"/>
     </row>
-    <row r="472" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="472" spans="14:16" ht="15.75" customHeight="1">
       <c r="N472" s="13"/>
       <c r="O472" s="13"/>
       <c r="P472" s="89"/>
     </row>
-    <row r="473" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="473" spans="14:16" ht="15.75" customHeight="1">
       <c r="N473" s="13"/>
       <c r="O473" s="13"/>
       <c r="P473" s="89"/>
     </row>
-    <row r="474" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="474" spans="14:16" ht="15.75" customHeight="1">
       <c r="N474" s="13"/>
       <c r="O474" s="13"/>
       <c r="P474" s="89"/>
     </row>
-    <row r="475" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="475" spans="14:16" ht="15.75" customHeight="1">
       <c r="N475" s="13"/>
       <c r="O475" s="13"/>
       <c r="P475" s="89"/>
     </row>
-    <row r="476" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="476" spans="14:16" ht="15.75" customHeight="1">
       <c r="N476" s="13"/>
       <c r="O476" s="13"/>
       <c r="P476" s="89"/>
     </row>
-    <row r="477" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="477" spans="14:16" ht="15.75" customHeight="1">
       <c r="N477" s="13"/>
       <c r="O477" s="13"/>
       <c r="P477" s="89"/>
     </row>
-    <row r="478" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="478" spans="14:16" ht="15.75" customHeight="1">
       <c r="N478" s="13"/>
       <c r="O478" s="13"/>
       <c r="P478" s="89"/>
     </row>
-    <row r="479" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="479" spans="14:16" ht="15.75" customHeight="1">
       <c r="N479" s="13"/>
       <c r="O479" s="13"/>
       <c r="P479" s="89"/>
     </row>
-    <row r="480" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="480" spans="14:16" ht="15.75" customHeight="1">
       <c r="N480" s="13"/>
       <c r="O480" s="13"/>
       <c r="P480" s="89"/>
     </row>
-    <row r="481" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="481" spans="14:16" ht="15.75" customHeight="1">
       <c r="N481" s="13"/>
       <c r="O481" s="13"/>
       <c r="P481" s="89"/>
     </row>
-    <row r="482" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="482" spans="14:16" ht="15.75" customHeight="1">
       <c r="N482" s="13"/>
       <c r="O482" s="13"/>
       <c r="P482" s="89"/>
     </row>
-    <row r="483" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="483" spans="14:16" ht="15.75" customHeight="1">
       <c r="N483" s="13"/>
       <c r="O483" s="13"/>
       <c r="P483" s="89"/>
     </row>
-    <row r="484" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="484" spans="14:16" ht="15.75" customHeight="1">
       <c r="N484" s="13"/>
       <c r="O484" s="13"/>
       <c r="P484" s="89"/>
     </row>
-    <row r="485" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="485" spans="14:16" ht="15.75" customHeight="1">
       <c r="N485" s="13"/>
       <c r="O485" s="13"/>
       <c r="P485" s="89"/>
     </row>
-    <row r="486" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="486" spans="14:16" ht="15.75" customHeight="1">
       <c r="N486" s="13"/>
       <c r="O486" s="13"/>
       <c r="P486" s="89"/>
     </row>
-    <row r="487" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="487" spans="14:16" ht="15.75" customHeight="1">
       <c r="N487" s="13"/>
       <c r="O487" s="13"/>
       <c r="P487" s="89"/>
     </row>
-    <row r="488" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="488" spans="14:16" ht="15.75" customHeight="1">
       <c r="N488" s="13"/>
       <c r="O488" s="13"/>
       <c r="P488" s="89"/>
     </row>
-    <row r="489" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="489" spans="14:16" ht="15.75" customHeight="1">
       <c r="N489" s="13"/>
       <c r="O489" s="13"/>
       <c r="P489" s="89"/>
     </row>
-    <row r="490" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="490" spans="14:16" ht="15.75" customHeight="1">
       <c r="N490" s="13"/>
       <c r="O490" s="13"/>
       <c r="P490" s="89"/>
     </row>
-    <row r="491" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="491" spans="14:16" ht="15.75" customHeight="1">
       <c r="N491" s="13"/>
       <c r="O491" s="13"/>
       <c r="P491" s="89"/>
     </row>
-    <row r="492" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="492" spans="14:16" ht="15.75" customHeight="1">
       <c r="N492" s="13"/>
       <c r="O492" s="13"/>
       <c r="P492" s="89"/>
     </row>
-    <row r="493" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="493" spans="14:16" ht="15.75" customHeight="1">
       <c r="N493" s="13"/>
       <c r="O493" s="13"/>
       <c r="P493" s="89"/>
     </row>
-    <row r="494" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="494" spans="14:16" ht="15.75" customHeight="1">
       <c r="N494" s="13"/>
       <c r="O494" s="13"/>
       <c r="P494" s="89"/>
     </row>
-    <row r="495" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="495" spans="14:16" ht="15.75" customHeight="1">
       <c r="N495" s="13"/>
       <c r="O495" s="13"/>
       <c r="P495" s="89"/>
     </row>
-    <row r="496" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="496" spans="14:16" ht="15.75" customHeight="1">
       <c r="N496" s="13"/>
       <c r="O496" s="13"/>
       <c r="P496" s="89"/>
     </row>
-    <row r="497" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="497" spans="14:16" ht="15.75" customHeight="1">
       <c r="N497" s="13"/>
       <c r="O497" s="13"/>
       <c r="P497" s="89"/>
     </row>
-    <row r="498" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="498" spans="14:16" ht="15.75" customHeight="1">
       <c r="N498" s="13"/>
       <c r="O498" s="13"/>
       <c r="P498" s="89"/>
     </row>
-    <row r="499" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="499" spans="14:16" ht="15.75" customHeight="1">
       <c r="N499" s="13"/>
       <c r="O499" s="13"/>
       <c r="P499" s="89"/>
     </row>
-    <row r="500" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="500" spans="14:16" ht="15.75" customHeight="1">
       <c r="N500" s="13"/>
       <c r="O500" s="13"/>
       <c r="P500" s="89"/>
     </row>
-    <row r="501" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="501" spans="14:16" ht="15.75" customHeight="1">
       <c r="N501" s="13"/>
       <c r="O501" s="13"/>
       <c r="P501" s="89"/>
     </row>
-    <row r="502" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="502" spans="14:16" ht="15.75" customHeight="1">
       <c r="N502" s="13"/>
       <c r="O502" s="13"/>
       <c r="P502" s="89"/>
     </row>
-    <row r="503" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="503" spans="14:16" ht="15.75" customHeight="1">
       <c r="N503" s="13"/>
       <c r="O503" s="13"/>
       <c r="P503" s="89"/>
     </row>
-    <row r="504" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="504" spans="14:16" ht="15.75" customHeight="1">
       <c r="N504" s="13"/>
       <c r="O504" s="13"/>
       <c r="P504" s="89"/>
     </row>
-    <row r="505" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="505" spans="14:16" ht="15.75" customHeight="1">
       <c r="N505" s="13"/>
       <c r="O505" s="13"/>
       <c r="P505" s="89"/>
     </row>
-    <row r="506" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="506" spans="14:16" ht="15.75" customHeight="1">
       <c r="N506" s="13"/>
       <c r="O506" s="13"/>
       <c r="P506" s="89"/>
     </row>
-    <row r="507" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="507" spans="14:16" ht="15.75" customHeight="1">
       <c r="N507" s="13"/>
       <c r="O507" s="13"/>
       <c r="P507" s="89"/>
     </row>
-    <row r="508" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="508" spans="14:16" ht="15.75" customHeight="1">
       <c r="N508" s="13"/>
       <c r="O508" s="13"/>
       <c r="P508" s="89"/>
     </row>
-    <row r="509" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="509" spans="14:16" ht="15.75" customHeight="1">
       <c r="N509" s="13"/>
       <c r="O509" s="13"/>
       <c r="P509" s="89"/>
     </row>
-    <row r="510" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="510" spans="14:16" ht="15.75" customHeight="1">
       <c r="N510" s="13"/>
       <c r="O510" s="13"/>
       <c r="P510" s="89"/>
     </row>
-    <row r="511" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="511" spans="14:16" ht="15.75" customHeight="1">
       <c r="N511" s="13"/>
       <c r="O511" s="13"/>
       <c r="P511" s="89"/>
     </row>
-    <row r="512" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="512" spans="14:16" ht="15.75" customHeight="1">
       <c r="N512" s="13"/>
       <c r="O512" s="13"/>
       <c r="P512" s="89"/>
     </row>
-    <row r="513" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="513" spans="14:16" ht="15.75" customHeight="1">
       <c r="N513" s="13"/>
       <c r="O513" s="13"/>
       <c r="P513" s="89"/>
     </row>
-    <row r="514" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="514" spans="14:16" ht="15.75" customHeight="1">
       <c r="N514" s="13"/>
       <c r="O514" s="13"/>
       <c r="P514" s="89"/>
     </row>
-    <row r="515" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="515" spans="14:16" ht="15.75" customHeight="1">
       <c r="N515" s="13"/>
       <c r="O515" s="13"/>
       <c r="P515" s="89"/>
     </row>
-    <row r="516" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="516" spans="14:16" ht="15.75" customHeight="1">
       <c r="N516" s="13"/>
       <c r="O516" s="13"/>
       <c r="P516" s="89"/>
     </row>
-    <row r="517" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="517" spans="14:16" ht="15.75" customHeight="1">
       <c r="N517" s="13"/>
       <c r="O517" s="13"/>
       <c r="P517" s="89"/>
     </row>
-    <row r="518" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="518" spans="14:16" ht="15.75" customHeight="1">
       <c r="N518" s="13"/>
       <c r="O518" s="13"/>
       <c r="P518" s="89"/>
     </row>
-    <row r="519" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="519" spans="14:16" ht="15.75" customHeight="1">
       <c r="N519" s="13"/>
       <c r="O519" s="13"/>
       <c r="P519" s="89"/>
     </row>
-    <row r="520" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="520" spans="14:16" ht="15.75" customHeight="1">
       <c r="N520" s="13"/>
       <c r="O520" s="13"/>
       <c r="P520" s="89"/>
     </row>
-    <row r="521" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="521" spans="14:16" ht="15.75" customHeight="1">
       <c r="N521" s="13"/>
       <c r="O521" s="13"/>
       <c r="P521" s="89"/>
     </row>
-    <row r="522" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="522" spans="14:16" ht="15.75" customHeight="1">
       <c r="N522" s="13"/>
       <c r="O522" s="13"/>
       <c r="P522" s="89"/>
     </row>
-    <row r="523" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="523" spans="14:16" ht="15.75" customHeight="1">
       <c r="N523" s="13"/>
       <c r="O523" s="13"/>
       <c r="P523" s="89"/>
     </row>
-    <row r="524" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="524" spans="14:16" ht="15.75" customHeight="1">
       <c r="N524" s="13"/>
       <c r="O524" s="13"/>
       <c r="P524" s="89"/>
     </row>
-    <row r="525" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="525" spans="14:16" ht="15.75" customHeight="1">
       <c r="N525" s="13"/>
       <c r="O525" s="13"/>
       <c r="P525" s="89"/>
     </row>
-    <row r="526" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="526" spans="14:16" ht="15.75" customHeight="1">
       <c r="N526" s="13"/>
       <c r="O526" s="13"/>
       <c r="P526" s="89"/>
     </row>
-    <row r="527" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="527" spans="14:16" ht="15.75" customHeight="1">
       <c r="N527" s="13"/>
       <c r="O527" s="13"/>
       <c r="P527" s="89"/>
     </row>
-    <row r="528" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="528" spans="14:16" ht="15.75" customHeight="1">
       <c r="N528" s="13"/>
       <c r="O528" s="13"/>
       <c r="P528" s="89"/>
     </row>
-    <row r="529" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="529" spans="14:16" ht="15.75" customHeight="1">
       <c r="N529" s="13"/>
       <c r="O529" s="13"/>
       <c r="P529" s="89"/>
     </row>
-    <row r="530" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="530" spans="14:16" ht="15.75" customHeight="1">
       <c r="N530" s="13"/>
       <c r="O530" s="13"/>
       <c r="P530" s="89"/>
     </row>
-    <row r="531" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="531" spans="14:16" ht="15.75" customHeight="1">
       <c r="N531" s="13"/>
       <c r="O531" s="13"/>
       <c r="P531" s="89"/>
     </row>
-    <row r="532" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="532" spans="14:16" ht="15.75" customHeight="1">
       <c r="N532" s="13"/>
       <c r="O532" s="13"/>
       <c r="P532" s="89"/>
     </row>
-    <row r="533" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="533" spans="14:16" ht="15.75" customHeight="1">
       <c r="N533" s="13"/>
       <c r="O533" s="13"/>
       <c r="P533" s="89"/>
     </row>
-    <row r="534" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="534" spans="14:16" ht="15.75" customHeight="1">
       <c r="N534" s="13"/>
       <c r="O534" s="13"/>
       <c r="P534" s="89"/>
     </row>
-    <row r="535" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="535" spans="14:16" ht="15.75" customHeight="1">
       <c r="N535" s="13"/>
       <c r="O535" s="13"/>
       <c r="P535" s="89"/>
     </row>
-    <row r="536" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="536" spans="14:16" ht="15.75" customHeight="1">
       <c r="N536" s="13"/>
       <c r="O536" s="13"/>
       <c r="P536" s="89"/>
     </row>
-    <row r="537" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="537" spans="14:16" ht="15.75" customHeight="1">
       <c r="N537" s="13"/>
       <c r="O537" s="13"/>
       <c r="P537" s="89"/>
     </row>
-    <row r="538" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="538" spans="14:16" ht="15.75" customHeight="1">
       <c r="N538" s="13"/>
       <c r="O538" s="13"/>
       <c r="P538" s="89"/>
     </row>
-    <row r="539" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="539" spans="14:16" ht="15.75" customHeight="1">
       <c r="N539" s="13"/>
       <c r="O539" s="13"/>
       <c r="P539" s="89"/>
     </row>
-    <row r="540" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="540" spans="14:16" ht="15.75" customHeight="1">
       <c r="N540" s="13"/>
       <c r="O540" s="13"/>
       <c r="P540" s="89"/>
     </row>
-    <row r="541" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="541" spans="14:16" ht="15.75" customHeight="1">
       <c r="N541" s="13"/>
       <c r="O541" s="13"/>
       <c r="P541" s="89"/>
     </row>
-    <row r="542" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="542" spans="14:16" ht="15.75" customHeight="1">
       <c r="N542" s="13"/>
       <c r="O542" s="13"/>
       <c r="P542" s="89"/>
     </row>
-    <row r="543" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="543" spans="14:16" ht="15.75" customHeight="1">
       <c r="N543" s="13"/>
       <c r="O543" s="13"/>
       <c r="P543" s="89"/>
     </row>
-    <row r="544" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="544" spans="14:16" ht="15.75" customHeight="1">
       <c r="N544" s="13"/>
       <c r="O544" s="13"/>
       <c r="P544" s="89"/>
     </row>
-    <row r="545" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="545" spans="14:16" ht="15.75" customHeight="1">
       <c r="N545" s="13"/>
       <c r="O545" s="13"/>
       <c r="P545" s="89"/>
     </row>
-    <row r="546" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="546" spans="14:16" ht="15.75" customHeight="1">
       <c r="N546" s="13"/>
       <c r="O546" s="13"/>
       <c r="P546" s="89"/>
     </row>
-    <row r="547" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="547" spans="14:16" ht="15.75" customHeight="1">
       <c r="N547" s="13"/>
       <c r="O547" s="13"/>
       <c r="P547" s="89"/>
     </row>
-    <row r="548" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="548" spans="14:16" ht="15.75" customHeight="1">
       <c r="N548" s="13"/>
       <c r="O548" s="13"/>
       <c r="P548" s="89"/>
     </row>
-    <row r="549" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="549" spans="14:16" ht="15.75" customHeight="1">
       <c r="N549" s="13"/>
       <c r="O549" s="13"/>
       <c r="P549" s="89"/>
     </row>
-    <row r="550" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="550" spans="14:16" ht="15.75" customHeight="1">
       <c r="N550" s="13"/>
       <c r="O550" s="13"/>
       <c r="P550" s="89"/>
     </row>
-    <row r="551" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="551" spans="14:16" ht="15.75" customHeight="1">
       <c r="N551" s="13"/>
       <c r="O551" s="13"/>
       <c r="P551" s="89"/>
     </row>
-    <row r="552" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="552" spans="14:16" ht="15.75" customHeight="1">
       <c r="N552" s="13"/>
       <c r="O552" s="13"/>
       <c r="P552" s="89"/>
     </row>
-    <row r="553" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="553" spans="14:16" ht="15.75" customHeight="1">
       <c r="N553" s="13"/>
       <c r="O553" s="13"/>
       <c r="P553" s="89"/>
     </row>
-    <row r="554" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="554" spans="14:16" ht="15.75" customHeight="1">
       <c r="N554" s="13"/>
       <c r="O554" s="13"/>
       <c r="P554" s="89"/>
     </row>
-    <row r="555" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="555" spans="14:16" ht="15.75" customHeight="1">
       <c r="N555" s="13"/>
       <c r="O555" s="13"/>
       <c r="P555" s="89"/>
     </row>
-    <row r="556" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="556" spans="14:16" ht="15.75" customHeight="1">
       <c r="N556" s="13"/>
       <c r="O556" s="13"/>
       <c r="P556" s="89"/>
     </row>
-    <row r="557" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="557" spans="14:16" ht="15.75" customHeight="1">
       <c r="N557" s="13"/>
       <c r="O557" s="13"/>
       <c r="P557" s="89"/>
     </row>
-    <row r="558" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="558" spans="14:16" ht="15.75" customHeight="1">
       <c r="N558" s="13"/>
       <c r="O558" s="13"/>
       <c r="P558" s="89"/>
     </row>
-    <row r="559" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="559" spans="14:16" ht="15.75" customHeight="1">
       <c r="N559" s="13"/>
       <c r="O559" s="13"/>
       <c r="P559" s="89"/>
     </row>
-    <row r="560" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="560" spans="14:16" ht="15.75" customHeight="1">
       <c r="N560" s="13"/>
       <c r="O560" s="13"/>
       <c r="P560" s="89"/>
     </row>
-    <row r="561" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="561" spans="14:16" ht="15.75" customHeight="1">
       <c r="N561" s="13"/>
       <c r="O561" s="13"/>
       <c r="P561" s="89"/>
     </row>
-    <row r="562" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="562" spans="14:16" ht="15.75" customHeight="1">
       <c r="N562" s="13"/>
       <c r="O562" s="13"/>
       <c r="P562" s="89"/>
     </row>
-    <row r="563" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="563" spans="14:16" ht="15.75" customHeight="1">
       <c r="N563" s="13"/>
       <c r="O563" s="13"/>
       <c r="P563" s="89"/>
     </row>
-    <row r="564" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="564" spans="14:16" ht="15.75" customHeight="1">
       <c r="N564" s="13"/>
       <c r="O564" s="13"/>
       <c r="P564" s="89"/>
     </row>
-    <row r="565" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="565" spans="14:16" ht="15.75" customHeight="1">
       <c r="N565" s="13"/>
       <c r="O565" s="13"/>
       <c r="P565" s="89"/>
     </row>
-    <row r="566" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="566" spans="14:16" ht="15.75" customHeight="1">
       <c r="N566" s="13"/>
       <c r="O566" s="13"/>
       <c r="P566" s="89"/>
     </row>
-    <row r="567" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="567" spans="14:16" ht="15.75" customHeight="1">
       <c r="N567" s="13"/>
       <c r="O567" s="13"/>
       <c r="P567" s="89"/>
     </row>
-    <row r="568" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="568" spans="14:16" ht="15.75" customHeight="1">
       <c r="N568" s="13"/>
       <c r="O568" s="13"/>
       <c r="P568" s="89"/>
     </row>
-    <row r="569" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="569" spans="14:16" ht="15.75" customHeight="1">
       <c r="N569" s="13"/>
       <c r="O569" s="13"/>
       <c r="P569" s="89"/>
     </row>
-    <row r="570" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="570" spans="14:16" ht="15.75" customHeight="1">
       <c r="N570" s="13"/>
       <c r="O570" s="13"/>
       <c r="P570" s="89"/>
     </row>
-    <row r="571" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="571" spans="14:16" ht="15.75" customHeight="1">
       <c r="N571" s="13"/>
       <c r="O571" s="13"/>
       <c r="P571" s="89"/>
     </row>
-    <row r="572" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="572" spans="14:16" ht="15.75" customHeight="1">
       <c r="N572" s="13"/>
       <c r="O572" s="13"/>
       <c r="P572" s="89"/>
     </row>
-    <row r="573" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="573" spans="14:16" ht="15.75" customHeight="1">
       <c r="N573" s="13"/>
       <c r="O573" s="13"/>
       <c r="P573" s="89"/>
     </row>
-    <row r="574" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="574" spans="14:16" ht="15.75" customHeight="1">
       <c r="N574" s="13"/>
       <c r="O574" s="13"/>
       <c r="P574" s="89"/>
     </row>
-    <row r="575" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="575" spans="14:16" ht="15.75" customHeight="1">
       <c r="N575" s="13"/>
       <c r="O575" s="13"/>
       <c r="P575" s="89"/>
     </row>
-    <row r="576" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="576" spans="14:16" ht="15.75" customHeight="1">
       <c r="N576" s="13"/>
       <c r="O576" s="13"/>
       <c r="P576" s="89"/>
     </row>
-    <row r="577" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="577" spans="14:16" ht="15.75" customHeight="1">
       <c r="N577" s="13"/>
       <c r="O577" s="13"/>
       <c r="P577" s="89"/>
     </row>
-    <row r="578" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="578" spans="14:16" ht="15.75" customHeight="1">
       <c r="N578" s="13"/>
       <c r="O578" s="13"/>
       <c r="P578" s="89"/>
     </row>
-    <row r="579" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="579" spans="14:16" ht="15.75" customHeight="1">
       <c r="N579" s="13"/>
       <c r="O579" s="13"/>
       <c r="P579" s="89"/>
     </row>
-    <row r="580" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="580" spans="14:16" ht="15.75" customHeight="1">
       <c r="N580" s="13"/>
       <c r="O580" s="13"/>
       <c r="P580" s="89"/>
     </row>
-    <row r="581" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="581" spans="14:16" ht="15.75" customHeight="1">
       <c r="N581" s="13"/>
       <c r="O581" s="13"/>
       <c r="P581" s="89"/>
     </row>
-    <row r="582" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="582" spans="14:16" ht="15.75" customHeight="1">
       <c r="N582" s="13"/>
       <c r="O582" s="13"/>
       <c r="P582" s="89"/>
     </row>
-    <row r="583" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="583" spans="14:16" ht="15.75" customHeight="1">
       <c r="N583" s="13"/>
       <c r="O583" s="13"/>
       <c r="P583" s="89"/>
     </row>
-    <row r="584" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="584" spans="14:16" ht="15.75" customHeight="1">
       <c r="N584" s="13"/>
       <c r="O584" s="13"/>
       <c r="P584" s="89"/>
     </row>
-    <row r="585" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="585" spans="14:16" ht="15.75" customHeight="1">
       <c r="N585" s="13"/>
       <c r="O585" s="13"/>
       <c r="P585" s="89"/>
     </row>
-    <row r="586" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="586" spans="14:16" ht="15.75" customHeight="1">
       <c r="N586" s="13"/>
       <c r="O586" s="13"/>
       <c r="P586" s="89"/>
     </row>
-    <row r="587" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="587" spans="14:16" ht="15.75" customHeight="1">
       <c r="N587" s="13"/>
       <c r="O587" s="13"/>
       <c r="P587" s="89"/>
     </row>
-    <row r="588" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="588" spans="14:16" ht="15.75" customHeight="1">
       <c r="N588" s="13"/>
       <c r="O588" s="13"/>
       <c r="P588" s="89"/>
     </row>
-    <row r="589" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="589" spans="14:16" ht="15.75" customHeight="1">
       <c r="N589" s="13"/>
       <c r="O589" s="13"/>
       <c r="P589" s="89"/>
     </row>
-    <row r="590" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="590" spans="14:16" ht="15.75" customHeight="1">
       <c r="N590" s="13"/>
       <c r="O590" s="13"/>
       <c r="P590" s="89"/>
     </row>
-    <row r="591" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="591" spans="14:16" ht="15.75" customHeight="1">
       <c r="N591" s="13"/>
       <c r="O591" s="13"/>
       <c r="P591" s="89"/>
     </row>
-    <row r="592" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="592" spans="14:16" ht="15.75" customHeight="1">
       <c r="N592" s="13"/>
       <c r="O592" s="13"/>
       <c r="P592" s="89"/>
     </row>
-    <row r="593" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="593" spans="14:16" ht="15.75" customHeight="1">
       <c r="N593" s="13"/>
       <c r="O593" s="13"/>
       <c r="P593" s="89"/>
     </row>
-    <row r="594" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="594" spans="14:16" ht="15.75" customHeight="1">
       <c r="N594" s="13"/>
       <c r="O594" s="13"/>
       <c r="P594" s="89"/>
     </row>
-    <row r="595" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="595" spans="14:16" ht="15.75" customHeight="1">
       <c r="N595" s="13"/>
       <c r="O595" s="13"/>
       <c r="P595" s="89"/>
     </row>
-    <row r="596" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="596" spans="14:16" ht="15.75" customHeight="1">
       <c r="N596" s="13"/>
       <c r="O596" s="13"/>
       <c r="P596" s="89"/>
     </row>
-    <row r="597" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="597" spans="14:16" ht="15.75" customHeight="1">
       <c r="N597" s="13"/>
       <c r="O597" s="13"/>
       <c r="P597" s="89"/>
     </row>
-    <row r="598" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="598" spans="14:16" ht="15.75" customHeight="1">
       <c r="N598" s="13"/>
       <c r="O598" s="13"/>
       <c r="P598" s="89"/>
     </row>
-    <row r="599" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="599" spans="14:16" ht="15.75" customHeight="1">
       <c r="N599" s="13"/>
       <c r="O599" s="13"/>
       <c r="P599" s="89"/>
     </row>
-    <row r="600" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="600" spans="14:16" ht="15.75" customHeight="1">
       <c r="N600" s="13"/>
       <c r="O600" s="13"/>
       <c r="P600" s="89"/>
     </row>
-    <row r="601" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="601" spans="14:16" ht="15.75" customHeight="1">
       <c r="N601" s="13"/>
       <c r="O601" s="13"/>
       <c r="P601" s="89"/>
     </row>
-    <row r="602" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="602" spans="14:16" ht="15.75" customHeight="1">
       <c r="N602" s="13"/>
       <c r="O602" s="13"/>
       <c r="P602" s="89"/>
     </row>
-    <row r="603" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="603" spans="14:16" ht="15.75" customHeight="1">
       <c r="N603" s="13"/>
       <c r="O603" s="13"/>
       <c r="P603" s="89"/>
     </row>
-    <row r="604" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="604" spans="14:16" ht="15.75" customHeight="1">
       <c r="N604" s="13"/>
       <c r="O604" s="13"/>
       <c r="P604" s="89"/>
     </row>
-    <row r="605" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="605" spans="14:16" ht="15.75" customHeight="1">
       <c r="N605" s="13"/>
       <c r="O605" s="13"/>
       <c r="P605" s="89"/>
     </row>
-    <row r="606" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="606" spans="14:16" ht="15.75" customHeight="1">
       <c r="N606" s="13"/>
       <c r="O606" s="13"/>
       <c r="P606" s="89"/>
     </row>
-    <row r="607" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="607" spans="14:16" ht="15.75" customHeight="1">
       <c r="N607" s="13"/>
       <c r="O607" s="13"/>
       <c r="P607" s="89"/>
     </row>
-    <row r="608" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="608" spans="14:16" ht="15.75" customHeight="1">
       <c r="N608" s="13"/>
       <c r="O608" s="13"/>
       <c r="P608" s="89"/>
     </row>
-    <row r="609" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="609" spans="14:16" ht="15.75" customHeight="1">
       <c r="N609" s="13"/>
       <c r="O609" s="13"/>
       <c r="P609" s="89"/>
     </row>
-    <row r="610" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="610" spans="14:16" ht="15.75" customHeight="1">
       <c r="N610" s="13"/>
       <c r="O610" s="13"/>
       <c r="P610" s="89"/>
     </row>
-    <row r="611" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="611" spans="14:16" ht="15.75" customHeight="1">
       <c r="N611" s="13"/>
       <c r="O611" s="13"/>
       <c r="P611" s="89"/>
     </row>
-    <row r="612" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="612" spans="14:16" ht="15.75" customHeight="1">
       <c r="N612" s="13"/>
       <c r="O612" s="13"/>
       <c r="P612" s="89"/>
     </row>
-    <row r="613" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="613" spans="14:16" ht="15.75" customHeight="1">
       <c r="N613" s="13"/>
       <c r="O613" s="13"/>
       <c r="P613" s="89"/>
     </row>
-    <row r="614" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="614" spans="14:16" ht="15.75" customHeight="1">
       <c r="N614" s="13"/>
       <c r="O614" s="13"/>
       <c r="P614" s="89"/>
     </row>
-    <row r="615" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="615" spans="14:16" ht="15.75" customHeight="1">
       <c r="N615" s="13"/>
       <c r="O615" s="13"/>
       <c r="P615" s="89"/>
     </row>
-    <row r="616" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="616" spans="14:16" ht="15.75" customHeight="1">
       <c r="N616" s="13"/>
       <c r="O616" s="13"/>
       <c r="P616" s="89"/>
     </row>
-    <row r="617" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="617" spans="14:16" ht="15.75" customHeight="1">
       <c r="N617" s="13"/>
       <c r="O617" s="13"/>
       <c r="P617" s="89"/>
     </row>
-    <row r="618" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="618" spans="14:16" ht="15.75" customHeight="1">
       <c r="N618" s="13"/>
       <c r="O618" s="13"/>
       <c r="P618" s="89"/>
     </row>
-    <row r="619" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="619" spans="14:16" ht="15.75" customHeight="1">
       <c r="N619" s="13"/>
       <c r="O619" s="13"/>
       <c r="P619" s="89"/>
     </row>
-    <row r="620" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="620" spans="14:16" ht="15.75" customHeight="1">
       <c r="N620" s="13"/>
       <c r="O620" s="13"/>
       <c r="P620" s="89"/>
     </row>
-    <row r="621" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="621" spans="14:16" ht="15.75" customHeight="1">
       <c r="N621" s="13"/>
       <c r="O621" s="13"/>
       <c r="P621" s="89"/>
     </row>
-    <row r="622" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="622" spans="14:16" ht="15.75" customHeight="1">
       <c r="N622" s="13"/>
       <c r="O622" s="13"/>
       <c r="P622" s="89"/>
     </row>
-    <row r="623" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="623" spans="14:16" ht="15.75" customHeight="1">
       <c r="N623" s="13"/>
       <c r="O623" s="13"/>
       <c r="P623" s="89"/>
     </row>
-    <row r="624" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="624" spans="14:16" ht="15.75" customHeight="1">
       <c r="N624" s="13"/>
       <c r="O624" s="13"/>
       <c r="P624" s="89"/>
     </row>
-    <row r="625" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="625" spans="14:16" ht="15.75" customHeight="1">
       <c r="N625" s="13"/>
       <c r="O625" s="13"/>
       <c r="P625" s="89"/>
     </row>
-    <row r="626" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="626" spans="14:16" ht="15.75" customHeight="1">
       <c r="N626" s="13"/>
       <c r="O626" s="13"/>
       <c r="P626" s="89"/>
     </row>
-    <row r="627" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="627" spans="14:16" ht="15.75" customHeight="1">
       <c r="N627" s="13"/>
       <c r="O627" s="13"/>
       <c r="P627" s="89"/>
     </row>
-    <row r="628" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="628" spans="14:16" ht="15.75" customHeight="1">
       <c r="N628" s="13"/>
       <c r="O628" s="13"/>
       <c r="P628" s="89"/>
     </row>
-    <row r="629" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="629" spans="14:16" ht="15.75" customHeight="1">
       <c r="N629" s="13"/>
       <c r="O629" s="13"/>
       <c r="P629" s="89"/>
     </row>
-    <row r="630" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="630" spans="14:16" ht="15.75" customHeight="1">
       <c r="N630" s="13"/>
       <c r="O630" s="13"/>
       <c r="P630" s="89"/>
     </row>
-    <row r="631" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="631" spans="14:16" ht="15.75" customHeight="1">
       <c r="N631" s="13"/>
       <c r="O631" s="13"/>
       <c r="P631" s="89"/>
     </row>
-    <row r="632" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="632" spans="14:16" ht="15.75" customHeight="1">
       <c r="N632" s="13"/>
       <c r="O632" s="13"/>
       <c r="P632" s="89"/>
     </row>
-    <row r="633" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="633" spans="14:16" ht="15.75" customHeight="1">
       <c r="N633" s="13"/>
       <c r="O633" s="13"/>
       <c r="P633" s="89"/>
     </row>
-    <row r="634" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="634" spans="14:16" ht="15.75" customHeight="1">
       <c r="N634" s="13"/>
       <c r="O634" s="13"/>
       <c r="P634" s="89"/>
     </row>
-    <row r="635" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="635" spans="14:16" ht="15.75" customHeight="1">
       <c r="N635" s="13"/>
       <c r="O635" s="13"/>
       <c r="P635" s="89"/>
     </row>
-    <row r="636" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="636" spans="14:16" ht="15.75" customHeight="1">
       <c r="N636" s="13"/>
       <c r="O636" s="13"/>
       <c r="P636" s="89"/>
     </row>
-    <row r="637" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="637" spans="14:16" ht="15.75" customHeight="1">
       <c r="N637" s="13"/>
       <c r="O637" s="13"/>
       <c r="P637" s="89"/>
     </row>
-    <row r="638" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="638" spans="14:16" ht="15.75" customHeight="1">
       <c r="N638" s="13"/>
       <c r="O638" s="13"/>
       <c r="P638" s="89"/>
     </row>
-    <row r="639" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="639" spans="14:16" ht="15.75" customHeight="1">
       <c r="N639" s="13"/>
       <c r="O639" s="13"/>
       <c r="P639" s="89"/>
     </row>
-    <row r="640" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="640" spans="14:16" ht="15.75" customHeight="1">
       <c r="N640" s="13"/>
       <c r="O640" s="13"/>
       <c r="P640" s="89"/>
     </row>
-    <row r="641" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="641" spans="14:16" ht="15.75" customHeight="1">
       <c r="N641" s="13"/>
       <c r="O641" s="13"/>
       <c r="P641" s="89"/>
     </row>
-    <row r="642" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="642" spans="14:16" ht="15.75" customHeight="1">
       <c r="N642" s="13"/>
       <c r="O642" s="13"/>
       <c r="P642" s="89"/>
     </row>
-    <row r="643" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="643" spans="14:16" ht="15.75" customHeight="1">
       <c r="N643" s="13"/>
       <c r="O643" s="13"/>
       <c r="P643" s="89"/>
     </row>
-    <row r="644" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="644" spans="14:16" ht="15.75" customHeight="1">
       <c r="N644" s="13"/>
       <c r="O644" s="13"/>
       <c r="P644" s="89"/>
     </row>
-    <row r="645" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="645" spans="14:16" ht="15.75" customHeight="1">
       <c r="N645" s="13"/>
       <c r="O645" s="13"/>
       <c r="P645" s="89"/>
     </row>
-    <row r="646" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="646" spans="14:16" ht="15.75" customHeight="1">
       <c r="N646" s="13"/>
       <c r="O646" s="13"/>
       <c r="P646" s="89"/>
     </row>
-    <row r="647" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="647" spans="14:16" ht="15.75" customHeight="1">
       <c r="N647" s="13"/>
       <c r="O647" s="13"/>
       <c r="P647" s="89"/>
     </row>
-    <row r="648" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="648" spans="14:16" ht="15.75" customHeight="1">
       <c r="N648" s="13"/>
       <c r="O648" s="13"/>
       <c r="P648" s="89"/>
     </row>
-    <row r="649" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="649" spans="14:16" ht="15.75" customHeight="1">
       <c r="N649" s="13"/>
       <c r="O649" s="13"/>
       <c r="P649" s="89"/>
     </row>
-    <row r="650" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="650" spans="14:16" ht="15.75" customHeight="1">
       <c r="N650" s="13"/>
       <c r="O650" s="13"/>
       <c r="P650" s="89"/>
     </row>
-    <row r="651" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="651" spans="14:16" ht="15.75" customHeight="1">
       <c r="N651" s="13"/>
       <c r="O651" s="13"/>
       <c r="P651" s="89"/>
     </row>
-    <row r="652" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="652" spans="14:16" ht="15.75" customHeight="1">
       <c r="N652" s="13"/>
       <c r="O652" s="13"/>
       <c r="P652" s="89"/>
     </row>
-    <row r="653" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="653" spans="14:16" ht="15.75" customHeight="1">
       <c r="N653" s="13"/>
       <c r="O653" s="13"/>
       <c r="P653" s="89"/>
     </row>
-    <row r="654" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="654" spans="14:16" ht="15.75" customHeight="1">
       <c r="N654" s="13"/>
       <c r="O654" s="13"/>
       <c r="P654" s="89"/>
     </row>
-    <row r="655" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="655" spans="14:16" ht="15.75" customHeight="1">
       <c r="N655" s="13"/>
       <c r="O655" s="13"/>
       <c r="P655" s="89"/>
     </row>
-    <row r="656" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="656" spans="14:16" ht="15.75" customHeight="1">
       <c r="N656" s="13"/>
       <c r="O656" s="13"/>
       <c r="P656" s="89"/>
     </row>
-    <row r="657" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="657" spans="14:16" ht="15.75" customHeight="1">
       <c r="N657" s="13"/>
       <c r="O657" s="13"/>
       <c r="P657" s="89"/>
     </row>
-    <row r="658" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="658" spans="14:16" ht="15.75" customHeight="1">
       <c r="N658" s="13"/>
       <c r="O658" s="13"/>
       <c r="P658" s="89"/>
     </row>
-    <row r="659" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="659" spans="14:16" ht="15.75" customHeight="1">
       <c r="N659" s="13"/>
       <c r="O659" s="13"/>
       <c r="P659" s="89"/>
     </row>
-    <row r="660" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="660" spans="14:16" ht="15.75" customHeight="1">
       <c r="N660" s="13"/>
       <c r="O660" s="13"/>
       <c r="P660" s="89"/>
     </row>
-    <row r="661" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="661" spans="14:16" ht="15.75" customHeight="1">
       <c r="N661" s="13"/>
       <c r="O661" s="13"/>
       <c r="P661" s="89"/>
     </row>
-    <row r="662" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="662" spans="14:16" ht="15.75" customHeight="1">
       <c r="N662" s="13"/>
       <c r="O662" s="13"/>
       <c r="P662" s="89"/>
     </row>
-    <row r="663" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="663" spans="14:16" ht="15.75" customHeight="1">
       <c r="N663" s="13"/>
       <c r="O663" s="13"/>
       <c r="P663" s="89"/>
     </row>
-    <row r="664" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="664" spans="14:16" ht="15.75" customHeight="1">
       <c r="N664" s="13"/>
       <c r="O664" s="13"/>
       <c r="P664" s="89"/>
     </row>
-    <row r="665" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="665" spans="14:16" ht="15.75" customHeight="1">
       <c r="N665" s="13"/>
       <c r="O665" s="13"/>
       <c r="P665" s="89"/>
     </row>
-    <row r="666" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="666" spans="14:16" ht="15.75" customHeight="1">
       <c r="N666" s="13"/>
       <c r="O666" s="13"/>
       <c r="P666" s="89"/>
     </row>
-    <row r="667" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="667" spans="14:16" ht="15.75" customHeight="1">
       <c r="N667" s="13"/>
       <c r="O667" s="13"/>
       <c r="P667" s="89"/>
     </row>
-    <row r="668" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="668" spans="14:16" ht="15.75" customHeight="1">
       <c r="N668" s="13"/>
       <c r="O668" s="13"/>
       <c r="P668" s="89"/>
     </row>
-    <row r="669" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="669" spans="14:16" ht="15.75" customHeight="1">
       <c r="N669" s="13"/>
       <c r="O669" s="13"/>
       <c r="P669" s="89"/>
     </row>
-    <row r="670" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="670" spans="14:16" ht="15.75" customHeight="1">
       <c r="N670" s="13"/>
       <c r="O670" s="13"/>
       <c r="P670" s="89"/>
     </row>
-    <row r="671" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="671" spans="14:16" ht="15.75" customHeight="1">
       <c r="N671" s="13"/>
       <c r="O671" s="13"/>
       <c r="P671" s="89"/>
     </row>
-    <row r="672" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="672" spans="14:16" ht="15.75" customHeight="1">
       <c r="N672" s="13"/>
       <c r="O672" s="13"/>
       <c r="P672" s="89"/>
     </row>
-    <row r="673" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="673" spans="14:16" ht="15.75" customHeight="1">
       <c r="N673" s="13"/>
       <c r="O673" s="13"/>
       <c r="P673" s="89"/>
     </row>
-    <row r="674" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="674" spans="14:16" ht="15.75" customHeight="1">
       <c r="N674" s="13"/>
       <c r="O674" s="13"/>
       <c r="P674" s="89"/>
     </row>
-    <row r="675" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="675" spans="14:16" ht="15.75" customHeight="1">
       <c r="N675" s="13"/>
       <c r="O675" s="13"/>
       <c r="P675" s="89"/>
     </row>
-    <row r="676" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="676" spans="14:16" ht="15.75" customHeight="1">
       <c r="N676" s="13"/>
       <c r="O676" s="13"/>
       <c r="P676" s="89"/>
     </row>
-    <row r="677" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="677" spans="14:16" ht="15.75" customHeight="1">
       <c r="N677" s="13"/>
       <c r="O677" s="13"/>
       <c r="P677" s="89"/>
     </row>
-    <row r="678" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="678" spans="14:16" ht="15.75" customHeight="1">
       <c r="N678" s="13"/>
       <c r="O678" s="13"/>
       <c r="P678" s="89"/>
     </row>
-    <row r="679" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="679" spans="14:16" ht="15.75" customHeight="1">
       <c r="N679" s="13"/>
       <c r="O679" s="13"/>
       <c r="P679" s="89"/>
     </row>
-    <row r="680" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="680" spans="14:16" ht="15.75" customHeight="1">
       <c r="N680" s="13"/>
       <c r="O680" s="13"/>
       <c r="P680" s="89"/>
     </row>
-    <row r="681" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="681" spans="14:16" ht="15.75" customHeight="1">
       <c r="N681" s="13"/>
       <c r="O681" s="13"/>
       <c r="P681" s="89"/>
     </row>
-    <row r="682" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="682" spans="14:16" ht="15.75" customHeight="1">
       <c r="N682" s="13"/>
       <c r="O682" s="13"/>
       <c r="P682" s="89"/>
     </row>
-    <row r="683" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="683" spans="14:16" ht="15.75" customHeight="1">
       <c r="N683" s="13"/>
       <c r="O683" s="13"/>
       <c r="P683" s="89"/>
     </row>
-    <row r="684" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="684" spans="14:16" ht="15.75" customHeight="1">
       <c r="N684" s="13"/>
       <c r="O684" s="13"/>
       <c r="P684" s="89"/>
     </row>
-    <row r="685" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="685" spans="14:16" ht="15.75" customHeight="1">
       <c r="N685" s="13"/>
       <c r="O685" s="13"/>
       <c r="P685" s="89"/>
     </row>
-    <row r="686" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="686" spans="14:16" ht="15.75" customHeight="1">
       <c r="N686" s="13"/>
       <c r="O686" s="13"/>
       <c r="P686" s="89"/>
     </row>
-    <row r="687" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="687" spans="14:16" ht="15.75" customHeight="1">
       <c r="N687" s="13"/>
       <c r="O687" s="13"/>
       <c r="P687" s="89"/>
     </row>
-    <row r="688" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="688" spans="14:16" ht="15.75" customHeight="1">
       <c r="N688" s="13"/>
       <c r="O688" s="13"/>
       <c r="P688" s="89"/>
     </row>
-    <row r="689" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="689" spans="14:16" ht="15.75" customHeight="1">
       <c r="N689" s="13"/>
       <c r="O689" s="13"/>
       <c r="P689" s="89"/>
     </row>
-    <row r="690" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="690" spans="14:16" ht="15.75" customHeight="1">
       <c r="N690" s="13"/>
       <c r="O690" s="13"/>
       <c r="P690" s="89"/>
     </row>
-    <row r="691" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="691" spans="14:16" ht="15.75" customHeight="1">
       <c r="N691" s="13"/>
       <c r="O691" s="13"/>
       <c r="P691" s="89"/>
     </row>
-    <row r="692" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="692" spans="14:16" ht="15.75" customHeight="1">
       <c r="N692" s="13"/>
       <c r="O692" s="13"/>
       <c r="P692" s="89"/>
     </row>
-    <row r="693" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="693" spans="14:16" ht="15.75" customHeight="1">
       <c r="N693" s="13"/>
       <c r="O693" s="13"/>
       <c r="P693" s="89"/>
     </row>
-    <row r="694" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="694" spans="14:16" ht="15.75" customHeight="1">
       <c r="N694" s="13"/>
       <c r="O694" s="13"/>
       <c r="P694" s="89"/>
     </row>
-    <row r="695" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="695" spans="14:16" ht="15.75" customHeight="1">
       <c r="N695" s="13"/>
       <c r="O695" s="13"/>
       <c r="P695" s="89"/>
     </row>
-    <row r="696" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="696" spans="14:16" ht="15.75" customHeight="1">
       <c r="N696" s="13"/>
       <c r="O696" s="13"/>
       <c r="P696" s="89"/>
     </row>
-    <row r="697" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="697" spans="14:16" ht="15.75" customHeight="1">
       <c r="N697" s="13"/>
       <c r="O697" s="13"/>
       <c r="P697" s="89"/>
     </row>
-    <row r="698" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="698" spans="14:16" ht="15.75" customHeight="1">
       <c r="N698" s="13"/>
       <c r="O698" s="13"/>
       <c r="P698" s="89"/>
     </row>
-    <row r="699" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="699" spans="14:16" ht="15.75" customHeight="1">
       <c r="N699" s="13"/>
       <c r="O699" s="13"/>
       <c r="P699" s="89"/>
     </row>
-    <row r="700" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="700" spans="14:16" ht="15.75" customHeight="1">
       <c r="N700" s="13"/>
       <c r="O700" s="13"/>
       <c r="P700" s="89"/>
     </row>
-    <row r="701" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="701" spans="14:16" ht="15.75" customHeight="1">
       <c r="N701" s="13"/>
       <c r="O701" s="13"/>
       <c r="P701" s="89"/>
     </row>
-    <row r="702" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="702" spans="14:16" ht="15.75" customHeight="1">
       <c r="N702" s="13"/>
       <c r="O702" s="13"/>
       <c r="P702" s="89"/>
     </row>
-    <row r="703" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="703" spans="14:16" ht="15.75" customHeight="1">
       <c r="N703" s="13"/>
       <c r="O703" s="13"/>
       <c r="P703" s="89"/>
     </row>
-    <row r="704" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="704" spans="14:16" ht="15.75" customHeight="1">
       <c r="N704" s="13"/>
       <c r="O704" s="13"/>
       <c r="P704" s="89"/>
     </row>
-    <row r="705" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="705" spans="14:16" ht="15.75" customHeight="1">
       <c r="N705" s="13"/>
       <c r="O705" s="13"/>
       <c r="P705" s="89"/>
     </row>
-    <row r="706" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="706" spans="14:16" ht="15.75" customHeight="1">
       <c r="N706" s="13"/>
       <c r="O706" s="13"/>
       <c r="P706" s="89"/>
     </row>
-    <row r="707" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="707" spans="14:16" ht="15.75" customHeight="1">
       <c r="N707" s="13"/>
       <c r="O707" s="13"/>
       <c r="P707" s="89"/>
     </row>
-    <row r="708" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="708" spans="14:16" ht="15.75" customHeight="1">
       <c r="N708" s="13"/>
       <c r="O708" s="13"/>
       <c r="P708" s="89"/>
     </row>
-    <row r="709" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="709" spans="14:16" ht="15.75" customHeight="1">
       <c r="N709" s="13"/>
       <c r="O709" s="13"/>
       <c r="P709" s="89"/>
     </row>
-    <row r="710" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="710" spans="14:16" ht="15.75" customHeight="1">
       <c r="N710" s="13"/>
       <c r="O710" s="13"/>
       <c r="P710" s="89"/>
     </row>
-    <row r="711" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="711" spans="14:16" ht="15.75" customHeight="1">
       <c r="N711" s="13"/>
       <c r="O711" s="13"/>
       <c r="P711" s="89"/>
     </row>
-    <row r="712" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="712" spans="14:16" ht="15.75" customHeight="1">
       <c r="N712" s="13"/>
       <c r="O712" s="13"/>
       <c r="P712" s="89"/>
     </row>
-    <row r="713" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="713" spans="14:16" ht="15.75" customHeight="1">
       <c r="N713" s="13"/>
       <c r="O713" s="13"/>
       <c r="P713" s="89"/>
     </row>
-    <row r="714" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="714" spans="14:16" ht="15.75" customHeight="1">
       <c r="N714" s="13"/>
       <c r="O714" s="13"/>
       <c r="P714" s="89"/>
     </row>
-    <row r="715" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="715" spans="14:16" ht="15.75" customHeight="1">
       <c r="N715" s="13"/>
       <c r="O715" s="13"/>
       <c r="P715" s="89"/>
     </row>
-    <row r="716" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="716" spans="14:16" ht="15.75" customHeight="1">
       <c r="N716" s="13"/>
       <c r="O716" s="13"/>
       <c r="P716" s="89"/>
     </row>
-    <row r="717" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="717" spans="14:16" ht="15.75" customHeight="1">
       <c r="N717" s="13"/>
       <c r="O717" s="13"/>
       <c r="P717" s="89"/>
     </row>
-    <row r="718" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="718" spans="14:16" ht="15.75" customHeight="1">
       <c r="N718" s="13"/>
       <c r="O718" s="13"/>
       <c r="P718" s="89"/>
     </row>
-    <row r="719" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="719" spans="14:16" ht="15.75" customHeight="1">
       <c r="N719" s="13"/>
       <c r="O719" s="13"/>
       <c r="P719" s="89"/>
     </row>
-    <row r="720" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="720" spans="14:16" ht="15.75" customHeight="1">
       <c r="N720" s="13"/>
       <c r="O720" s="13"/>
       <c r="P720" s="89"/>
     </row>
-    <row r="721" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="721" spans="14:16" ht="15.75" customHeight="1">
       <c r="N721" s="13"/>
       <c r="O721" s="13"/>
       <c r="P721" s="89"/>
     </row>
-    <row r="722" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="722" spans="14:16" ht="15.75" customHeight="1">
       <c r="N722" s="13"/>
       <c r="O722" s="13"/>
       <c r="P722" s="89"/>
     </row>
-    <row r="723" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="723" spans="14:16" ht="15.75" customHeight="1">
       <c r="N723" s="13"/>
       <c r="O723" s="13"/>
       <c r="P723" s="89"/>
     </row>
-    <row r="724" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="724" spans="14:16" ht="15.75" customHeight="1">
       <c r="N724" s="13"/>
       <c r="O724" s="13"/>
       <c r="P724" s="89"/>
     </row>
-    <row r="725" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="725" spans="14:16" ht="15.75" customHeight="1">
       <c r="N725" s="13"/>
       <c r="O725" s="13"/>
       <c r="P725" s="89"/>
     </row>
-    <row r="726" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="726" spans="14:16" ht="15.75" customHeight="1">
       <c r="N726" s="13"/>
       <c r="O726" s="13"/>
       <c r="P726" s="89"/>
     </row>
-    <row r="727" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="727" spans="14:16" ht="15.75" customHeight="1">
       <c r="N727" s="13"/>
       <c r="O727" s="13"/>
       <c r="P727" s="89"/>
     </row>
-    <row r="728" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="728" spans="14:16" ht="15.75" customHeight="1">
       <c r="N728" s="13"/>
       <c r="O728" s="13"/>
       <c r="P728" s="89"/>
     </row>
-    <row r="729" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="729" spans="14:16" ht="15.75" customHeight="1">
       <c r="N729" s="13"/>
       <c r="O729" s="13"/>
       <c r="P729" s="89"/>
     </row>
-    <row r="730" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="730" spans="14:16" ht="15.75" customHeight="1">
       <c r="N730" s="13"/>
       <c r="O730" s="13"/>
       <c r="P730" s="89"/>
     </row>
-    <row r="731" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="731" spans="14:16" ht="15.75" customHeight="1">
       <c r="N731" s="13"/>
       <c r="O731" s="13"/>
       <c r="P731" s="89"/>
     </row>
-    <row r="732" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="732" spans="14:16" ht="15.75" customHeight="1">
       <c r="N732" s="13"/>
       <c r="O732" s="13"/>
       <c r="P732" s="89"/>
     </row>
-    <row r="733" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="733" spans="14:16" ht="15.75" customHeight="1">
       <c r="N733" s="13"/>
       <c r="O733" s="13"/>
       <c r="P733" s="89"/>
     </row>
-    <row r="734" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="734" spans="14:16" ht="15.75" customHeight="1">
       <c r="N734" s="13"/>
       <c r="O734" s="13"/>
       <c r="P734" s="89"/>
     </row>
-    <row r="735" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="735" spans="14:16" ht="15.75" customHeight="1">
       <c r="N735" s="13"/>
       <c r="O735" s="13"/>
       <c r="P735" s="89"/>
     </row>
-    <row r="736" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="736" spans="14:16" ht="15.75" customHeight="1">
       <c r="N736" s="13"/>
       <c r="O736" s="13"/>
       <c r="P736" s="89"/>
     </row>
-    <row r="737" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="737" spans="14:16" ht="15.75" customHeight="1">
       <c r="N737" s="13"/>
       <c r="O737" s="13"/>
       <c r="P737" s="89"/>
     </row>
-    <row r="738" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="738" spans="14:16" ht="15.75" customHeight="1">
       <c r="N738" s="13"/>
       <c r="O738" s="13"/>
       <c r="P738" s="89"/>
     </row>
-    <row r="739" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="739" spans="14:16" ht="15.75" customHeight="1">
       <c r="N739" s="13"/>
       <c r="O739" s="13"/>
       <c r="P739" s="89"/>
     </row>
-    <row r="740" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="740" spans="14:16" ht="15.75" customHeight="1">
       <c r="N740" s="13"/>
       <c r="O740" s="13"/>
       <c r="P740" s="89"/>
     </row>
-    <row r="741" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="741" spans="14:16" ht="15.75" customHeight="1">
       <c r="N741" s="13"/>
       <c r="O741" s="13"/>
       <c r="P741" s="89"/>
     </row>
-    <row r="742" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="742" spans="14:16" ht="15.75" customHeight="1">
       <c r="N742" s="13"/>
       <c r="O742" s="13"/>
       <c r="P742" s="89"/>
     </row>
-    <row r="743" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="743" spans="14:16" ht="15.75" customHeight="1">
       <c r="N743" s="13"/>
       <c r="O743" s="13"/>
       <c r="P743" s="89"/>
     </row>
-    <row r="744" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="744" spans="14:16" ht="15.75" customHeight="1">
       <c r="N744" s="13"/>
       <c r="O744" s="13"/>
       <c r="P744" s="89"/>
     </row>
-    <row r="745" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="745" spans="14:16" ht="15.75" customHeight="1">
       <c r="N745" s="13"/>
       <c r="O745" s="13"/>
       <c r="P745" s="89"/>
     </row>
-    <row r="746" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="746" spans="14:16" ht="15.75" customHeight="1">
       <c r="N746" s="13"/>
       <c r="O746" s="13"/>
       <c r="P746" s="89"/>
     </row>
-    <row r="747" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="747" spans="14:16" ht="15.75" customHeight="1">
       <c r="N747" s="13"/>
       <c r="O747" s="13"/>
       <c r="P747" s="89"/>
     </row>
-    <row r="748" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="748" spans="14:16" ht="15.75" customHeight="1">
       <c r="N748" s="13"/>
       <c r="O748" s="13"/>
       <c r="P748" s="89"/>
     </row>
-    <row r="749" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="749" spans="14:16" ht="15.75" customHeight="1">
       <c r="N749" s="13"/>
       <c r="O749" s="13"/>
       <c r="P749" s="89"/>
     </row>
-    <row r="750" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="750" spans="14:16" ht="15.75" customHeight="1">
       <c r="N750" s="13"/>
       <c r="O750" s="13"/>
       <c r="P750" s="89"/>
     </row>
-    <row r="751" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="751" spans="14:16" ht="15.75" customHeight="1">
       <c r="N751" s="13"/>
       <c r="O751" s="13"/>
       <c r="P751" s="89"/>
     </row>
-    <row r="752" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="752" spans="14:16" ht="15.75" customHeight="1">
       <c r="N752" s="13"/>
       <c r="O752" s="13"/>
       <c r="P752" s="89"/>
     </row>
-    <row r="753" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="753" spans="14:16" ht="15.75" customHeight="1">
       <c r="N753" s="13"/>
       <c r="O753" s="13"/>
       <c r="P753" s="89"/>
     </row>
-    <row r="754" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="754" spans="14:16" ht="15.75" customHeight="1">
       <c r="N754" s="13"/>
       <c r="O754" s="13"/>
       <c r="P754" s="89"/>
     </row>
-    <row r="755" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="755" spans="14:16" ht="15.75" customHeight="1">
       <c r="N755" s="13"/>
       <c r="O755" s="13"/>
       <c r="P755" s="89"/>
     </row>
-    <row r="756" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="756" spans="14:16" ht="15.75" customHeight="1">
       <c r="N756" s="13"/>
       <c r="O756" s="13"/>
       <c r="P756" s="89"/>
     </row>
-    <row r="757" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="757" spans="14:16" ht="15.75" customHeight="1">
       <c r="N757" s="13"/>
       <c r="O757" s="13"/>
       <c r="P757" s="89"/>
     </row>
-    <row r="758" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="758" spans="14:16" ht="15.75" customHeight="1">
       <c r="N758" s="13"/>
       <c r="O758" s="13"/>
       <c r="P758" s="89"/>
     </row>
-    <row r="759" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="759" spans="14:16" ht="15.75" customHeight="1">
       <c r="N759" s="13"/>
       <c r="O759" s="13"/>
       <c r="P759" s="89"/>
     </row>
-    <row r="760" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="760" spans="14:16" ht="15.75" customHeight="1">
       <c r="N760" s="13"/>
       <c r="O760" s="13"/>
       <c r="P760" s="89"/>
     </row>
-    <row r="761" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="761" spans="14:16" ht="15.75" customHeight="1">
       <c r="N761" s="13"/>
       <c r="O761" s="13"/>
       <c r="P761" s="89"/>
     </row>
-    <row r="762" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="762" spans="14:16" ht="15.75" customHeight="1">
       <c r="N762" s="13"/>
       <c r="O762" s="13"/>
       <c r="P762" s="89"/>
     </row>
-    <row r="763" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="763" spans="14:16" ht="15.75" customHeight="1">
       <c r="N763" s="13"/>
       <c r="O763" s="13"/>
       <c r="P763" s="89"/>
     </row>
-    <row r="764" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="764" spans="14:16" ht="15.75" customHeight="1">
       <c r="N764" s="13"/>
       <c r="O764" s="13"/>
       <c r="P764" s="89"/>
     </row>
-    <row r="765" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="765" spans="14:16" ht="15.75" customHeight="1">
       <c r="N765" s="13"/>
       <c r="O765" s="13"/>
       <c r="P765" s="89"/>
     </row>
-    <row r="766" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="766" spans="14:16" ht="15.75" customHeight="1">
       <c r="N766" s="13"/>
       <c r="O766" s="13"/>
       <c r="P766" s="89"/>
     </row>
-    <row r="767" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="767" spans="14:16" ht="15.75" customHeight="1">
       <c r="N767" s="13"/>
       <c r="O767" s="13"/>
       <c r="P767" s="89"/>
     </row>
-    <row r="768" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="768" spans="14:16" ht="15.75" customHeight="1">
       <c r="N768" s="13"/>
       <c r="O768" s="13"/>
       <c r="P768" s="89"/>
     </row>
-    <row r="769" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="769" spans="14:16" ht="15.75" customHeight="1">
       <c r="N769" s="13"/>
       <c r="O769" s="13"/>
       <c r="P769" s="89"/>
     </row>
-    <row r="770" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="770" spans="14:16" ht="15.75" customHeight="1">
       <c r="N770" s="13"/>
       <c r="O770" s="13"/>
       <c r="P770" s="89"/>
     </row>
-    <row r="771" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="771" spans="14:16" ht="15.75" customHeight="1">
       <c r="N771" s="13"/>
       <c r="O771" s="13"/>
       <c r="P771" s="89"/>
     </row>
-    <row r="772" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="772" spans="14:16" ht="15.75" customHeight="1">
       <c r="N772" s="13"/>
       <c r="O772" s="13"/>
       <c r="P772" s="89"/>
     </row>
-    <row r="773" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="773" spans="14:16" ht="15.75" customHeight="1">
       <c r="N773" s="13"/>
       <c r="O773" s="13"/>
       <c r="P773" s="89"/>
     </row>
-    <row r="774" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="774" spans="14:16" ht="15.75" customHeight="1">
       <c r="N774" s="13"/>
       <c r="O774" s="13"/>
       <c r="P774" s="89"/>
     </row>
-    <row r="775" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="775" spans="14:16" ht="15.75" customHeight="1">
       <c r="N775" s="13"/>
       <c r="O775" s="13"/>
       <c r="P775" s="89"/>
     </row>
-    <row r="776" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="776" spans="14:16" ht="15.75" customHeight="1">
       <c r="N776" s="13"/>
       <c r="O776" s="13"/>
       <c r="P776" s="89"/>
     </row>
-    <row r="777" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="777" spans="14:16" ht="15.75" customHeight="1">
       <c r="N777" s="13"/>
       <c r="O777" s="13"/>
       <c r="P777" s="89"/>
     </row>
-    <row r="778" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="778" spans="14:16" ht="15.75" customHeight="1">
       <c r="N778" s="13"/>
       <c r="O778" s="13"/>
       <c r="P778" s="89"/>
     </row>
-    <row r="779" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="779" spans="14:16" ht="15.75" customHeight="1">
       <c r="N779" s="13"/>
       <c r="O779" s="13"/>
       <c r="P779" s="89"/>
     </row>
-    <row r="780" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="780" spans="14:16" ht="15.75" customHeight="1">
       <c r="N780" s="13"/>
       <c r="O780" s="13"/>
       <c r="P780" s="89"/>
     </row>
-    <row r="781" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="781" spans="14:16" ht="15.75" customHeight="1">
       <c r="N781" s="13"/>
       <c r="O781" s="13"/>
       <c r="P781" s="89"/>
     </row>
-    <row r="782" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="782" spans="14:16" ht="15.75" customHeight="1">
       <c r="N782" s="13"/>
       <c r="O782" s="13"/>
       <c r="P782" s="89"/>
     </row>
-    <row r="783" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="783" spans="14:16" ht="15.75" customHeight="1">
       <c r="N783" s="13"/>
       <c r="O783" s="13"/>
       <c r="P783" s="89"/>
     </row>
-    <row r="784" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="784" spans="14:16" ht="15.75" customHeight="1">
       <c r="N784" s="13"/>
       <c r="O784" s="13"/>
       <c r="P784" s="89"/>
     </row>
-    <row r="785" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="785" spans="14:16" ht="15.75" customHeight="1">
       <c r="N785" s="13"/>
       <c r="O785" s="13"/>
       <c r="P785" s="89"/>
     </row>
-    <row r="786" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="786" spans="14:16" ht="15.75" customHeight="1">
       <c r="N786" s="13"/>
       <c r="O786" s="13"/>
       <c r="P786" s="89"/>
     </row>
-    <row r="787" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="787" spans="14:16" ht="15.75" customHeight="1">
       <c r="N787" s="13"/>
       <c r="O787" s="13"/>
       <c r="P787" s="89"/>
     </row>
-    <row r="788" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="788" spans="14:16" ht="15.75" customHeight="1">
       <c r="N788" s="13"/>
       <c r="O788" s="13"/>
       <c r="P788" s="89"/>
     </row>
-    <row r="789" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="789" spans="14:16" ht="15.75" customHeight="1">
       <c r="N789" s="13"/>
       <c r="O789" s="13"/>
       <c r="P789" s="89"/>
     </row>
-    <row r="790" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="790" spans="14:16" ht="15.75" customHeight="1">
       <c r="N790" s="13"/>
       <c r="O790" s="13"/>
       <c r="P790" s="89"/>
     </row>
-    <row r="791" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="791" spans="14:16" ht="15.75" customHeight="1">
       <c r="N791" s="13"/>
       <c r="O791" s="13"/>
       <c r="P791" s="89"/>
     </row>
-    <row r="792" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="792" spans="14:16" ht="15.75" customHeight="1">
       <c r="N792" s="13"/>
       <c r="O792" s="13"/>
       <c r="P792" s="89"/>
     </row>
-    <row r="793" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="793" spans="14:16" ht="15.75" customHeight="1">
       <c r="N793" s="13"/>
       <c r="O793" s="13"/>
       <c r="P793" s="89"/>
     </row>
-    <row r="794" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="794" spans="14:16" ht="15.75" customHeight="1">
       <c r="N794" s="13"/>
       <c r="O794" s="13"/>
       <c r="P794" s="89"/>
     </row>
-    <row r="795" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="795" spans="14:16" ht="15.75" customHeight="1">
       <c r="N795" s="13"/>
       <c r="O795" s="13"/>
       <c r="P795" s="89"/>
     </row>
-    <row r="796" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="796" spans="14:16" ht="15.75" customHeight="1">
       <c r="N796" s="13"/>
       <c r="O796" s="13"/>
       <c r="P796" s="89"/>
     </row>
-    <row r="797" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="797" spans="14:16" ht="15.75" customHeight="1">
       <c r="N797" s="13"/>
       <c r="O797" s="13"/>
       <c r="P797" s="89"/>
     </row>
-    <row r="798" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="798" spans="14:16" ht="15.75" customHeight="1">
       <c r="N798" s="13"/>
       <c r="O798" s="13"/>
       <c r="P798" s="89"/>
     </row>
-    <row r="799" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="799" spans="14:16" ht="15.75" customHeight="1">
       <c r="N799" s="13"/>
       <c r="O799" s="13"/>
       <c r="P799" s="89"/>
     </row>
-    <row r="800" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="800" spans="14:16" ht="15.75" customHeight="1">
       <c r="N800" s="13"/>
       <c r="O800" s="13"/>
       <c r="P800" s="89"/>
     </row>
-    <row r="801" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="801" spans="14:16" ht="15.75" customHeight="1">
       <c r="N801" s="13"/>
       <c r="O801" s="13"/>
       <c r="P801" s="89"/>
     </row>
-    <row r="802" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="802" spans="14:16" ht="15.75" customHeight="1">
       <c r="N802" s="13"/>
       <c r="O802" s="13"/>
       <c r="P802" s="89"/>
     </row>
-    <row r="803" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="803" spans="14:16" ht="15.75" customHeight="1">
       <c r="N803" s="13"/>
       <c r="O803" s="13"/>
       <c r="P803" s="89"/>
     </row>
-    <row r="804" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="804" spans="14:16" ht="15.75" customHeight="1">
       <c r="N804" s="13"/>
       <c r="O804" s="13"/>
       <c r="P804" s="89"/>
     </row>
-    <row r="805" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="805" spans="14:16" ht="15.75" customHeight="1">
       <c r="N805" s="13"/>
       <c r="O805" s="13"/>
       <c r="P805" s="89"/>
     </row>
-    <row r="806" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="806" spans="14:16" ht="15.75" customHeight="1">
       <c r="N806" s="13"/>
       <c r="O806" s="13"/>
       <c r="P806" s="89"/>
     </row>
-    <row r="807" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="807" spans="14:16" ht="15.75" customHeight="1">
       <c r="N807" s="13"/>
       <c r="O807" s="13"/>
       <c r="P807" s="89"/>
     </row>
-    <row r="808" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="808" spans="14:16" ht="15.75" customHeight="1">
       <c r="N808" s="13"/>
       <c r="O808" s="13"/>
       <c r="P808" s="89"/>
     </row>
-    <row r="809" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="809" spans="14:16" ht="15.75" customHeight="1">
       <c r="N809" s="13"/>
       <c r="O809" s="13"/>
       <c r="P809" s="89"/>
     </row>
-    <row r="810" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="810" spans="14:16" ht="15.75" customHeight="1">
       <c r="N810" s="13"/>
       <c r="O810" s="13"/>
       <c r="P810" s="89"/>
     </row>
-    <row r="811" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="811" spans="14:16" ht="15.75" customHeight="1">
       <c r="N811" s="13"/>
       <c r="O811" s="13"/>
       <c r="P811" s="89"/>
     </row>
-    <row r="812" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="812" spans="14:16" ht="15.75" customHeight="1">
       <c r="N812" s="13"/>
       <c r="O812" s="13"/>
       <c r="P812" s="89"/>
     </row>
-    <row r="813" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="813" spans="14:16" ht="15.75" customHeight="1">
       <c r="N813" s="13"/>
       <c r="O813" s="13"/>
       <c r="P813" s="89"/>
     </row>
-    <row r="814" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="814" spans="14:16" ht="15.75" customHeight="1">
       <c r="N814" s="13"/>
       <c r="O814" s="13"/>
       <c r="P814" s="89"/>
     </row>
-    <row r="815" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="815" spans="14:16" ht="15.75" customHeight="1">
       <c r="N815" s="13"/>
       <c r="O815" s="13"/>
       <c r="P815" s="89"/>
     </row>
-    <row r="816" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="816" spans="14:16" ht="15.75" customHeight="1">
       <c r="N816" s="13"/>
       <c r="O816" s="13"/>
       <c r="P816" s="89"/>
     </row>
-    <row r="817" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="817" spans="14:16" ht="15.75" customHeight="1">
       <c r="N817" s="13"/>
       <c r="O817" s="13"/>
       <c r="P817" s="89"/>
     </row>
-    <row r="818" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="818" spans="14:16" ht="15.75" customHeight="1">
       <c r="N818" s="13"/>
       <c r="O818" s="13"/>
       <c r="P818" s="89"/>
     </row>
-    <row r="819" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="819" spans="14:16" ht="15.75" customHeight="1">
       <c r="N819" s="13"/>
       <c r="O819" s="13"/>
       <c r="P819" s="89"/>
     </row>
-    <row r="820" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="820" spans="14:16" ht="15.75" customHeight="1">
       <c r="N820" s="13"/>
       <c r="O820" s="13"/>
       <c r="P820" s="89"/>
     </row>
-    <row r="821" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="821" spans="14:16" ht="15.75" customHeight="1">
       <c r="N821" s="13"/>
       <c r="O821" s="13"/>
       <c r="P821" s="89"/>
     </row>
-    <row r="822" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="822" spans="14:16" ht="15.75" customHeight="1">
       <c r="N822" s="13"/>
       <c r="O822" s="13"/>
       <c r="P822" s="89"/>
     </row>
-    <row r="823" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="823" spans="14:16" ht="15.75" customHeight="1">
       <c r="N823" s="13"/>
       <c r="O823" s="13"/>
       <c r="P823" s="89"/>
     </row>
-    <row r="824" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="824" spans="14:16" ht="15.75" customHeight="1">
       <c r="N824" s="13"/>
       <c r="O824" s="13"/>
       <c r="P824" s="89"/>
     </row>
-    <row r="825" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="825" spans="14:16" ht="15.75" customHeight="1">
       <c r="N825" s="13"/>
       <c r="O825" s="13"/>
       <c r="P825" s="89"/>
     </row>
-    <row r="826" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="826" spans="14:16" ht="15.75" customHeight="1">
       <c r="N826" s="13"/>
       <c r="O826" s="13"/>
       <c r="P826" s="89"/>
     </row>
-    <row r="827" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="827" spans="14:16" ht="15.75" customHeight="1">
       <c r="N827" s="13"/>
       <c r="O827" s="13"/>
       <c r="P827" s="89"/>
     </row>
-    <row r="828" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="828" spans="14:16" ht="15.75" customHeight="1">
       <c r="N828" s="13"/>
       <c r="O828" s="13"/>
       <c r="P828" s="89"/>
     </row>
-    <row r="829" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="829" spans="14:16" ht="15.75" customHeight="1">
       <c r="N829" s="13"/>
       <c r="O829" s="13"/>
       <c r="P829" s="89"/>
     </row>
-    <row r="830" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="830" spans="14:16" ht="15.75" customHeight="1">
       <c r="N830" s="13"/>
       <c r="O830" s="13"/>
       <c r="P830" s="89"/>
     </row>
-    <row r="831" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="831" spans="14:16" ht="15.75" customHeight="1">
       <c r="N831" s="13"/>
       <c r="O831" s="13"/>
       <c r="P831" s="89"/>
     </row>
-    <row r="832" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="832" spans="14:16" ht="15.75" customHeight="1">
       <c r="N832" s="13"/>
       <c r="O832" s="13"/>
       <c r="P832" s="89"/>
     </row>
-    <row r="833" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="833" spans="14:16" ht="15.75" customHeight="1">
       <c r="N833" s="13"/>
       <c r="O833" s="13"/>
       <c r="P833" s="89"/>
     </row>
-    <row r="834" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="834" spans="14:16" ht="15.75" customHeight="1">
       <c r="N834" s="13"/>
       <c r="O834" s="13"/>
       <c r="P834" s="89"/>
     </row>
-    <row r="835" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="835" spans="14:16" ht="15.75" customHeight="1">
       <c r="N835" s="13"/>
       <c r="O835" s="13"/>
       <c r="P835" s="89"/>
     </row>
-    <row r="836" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="836" spans="14:16" ht="15.75" customHeight="1">
       <c r="N836" s="13"/>
       <c r="O836" s="13"/>
       <c r="P836" s="89"/>
     </row>
-    <row r="837" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="837" spans="14:16" ht="15.75" customHeight="1">
       <c r="N837" s="13"/>
       <c r="O837" s="13"/>
       <c r="P837" s="89"/>
     </row>
-    <row r="838" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="838" spans="14:16" ht="15.75" customHeight="1">
       <c r="N838" s="13"/>
       <c r="O838" s="13"/>
       <c r="P838" s="89"/>
     </row>
-    <row r="839" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="839" spans="14:16" ht="15.75" customHeight="1">
       <c r="N839" s="13"/>
       <c r="O839" s="13"/>
       <c r="P839" s="89"/>
     </row>
-    <row r="840" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="840" spans="14:16" ht="15.75" customHeight="1">
       <c r="N840" s="13"/>
       <c r="O840" s="13"/>
       <c r="P840" s="89"/>
     </row>
-    <row r="841" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="841" spans="14:16" ht="15.75" customHeight="1">
       <c r="N841" s="13"/>
       <c r="O841" s="13"/>
       <c r="P841" s="89"/>
     </row>
-    <row r="842" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="842" spans="14:16" ht="15.75" customHeight="1">
       <c r="N842" s="13"/>
       <c r="O842" s="13"/>
       <c r="P842" s="89"/>
     </row>
-    <row r="843" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="843" spans="14:16" ht="15.75" customHeight="1">
       <c r="N843" s="13"/>
       <c r="O843" s="13"/>
       <c r="P843" s="89"/>
     </row>
-    <row r="844" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="844" spans="14:16" ht="15.75" customHeight="1">
       <c r="N844" s="13"/>
       <c r="O844" s="13"/>
       <c r="P844" s="89"/>
     </row>
-    <row r="845" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="845" spans="14:16" ht="15.75" customHeight="1">
       <c r="N845" s="13"/>
       <c r="O845" s="13"/>
       <c r="P845" s="89"/>
     </row>
-    <row r="846" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="846" spans="14:16" ht="15.75" customHeight="1">
       <c r="N846" s="13"/>
       <c r="O846" s="13"/>
       <c r="P846" s="89"/>
     </row>
-    <row r="847" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="847" spans="14:16" ht="15.75" customHeight="1">
       <c r="N847" s="13"/>
       <c r="O847" s="13"/>
       <c r="P847" s="89"/>
     </row>
-    <row r="848" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="848" spans="14:16" ht="15.75" customHeight="1">
       <c r="N848" s="13"/>
       <c r="O848" s="13"/>
       <c r="P848" s="89"/>
     </row>
-    <row r="849" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="849" spans="14:16" ht="15.75" customHeight="1">
       <c r="N849" s="13"/>
       <c r="O849" s="13"/>
       <c r="P849" s="89"/>
     </row>
-    <row r="850" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="850" spans="14:16" ht="15.75" customHeight="1">
       <c r="N850" s="13"/>
       <c r="O850" s="13"/>
       <c r="P850" s="89"/>
     </row>
-    <row r="851" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="851" spans="14:16" ht="15.75" customHeight="1">
       <c r="N851" s="13"/>
       <c r="O851" s="13"/>
       <c r="P851" s="89"/>
     </row>
-    <row r="852" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="852" spans="14:16" ht="15.75" customHeight="1">
       <c r="N852" s="13"/>
       <c r="O852" s="13"/>
       <c r="P852" s="89"/>
     </row>
-    <row r="853" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="853" spans="14:16" ht="15.75" customHeight="1">
       <c r="N853" s="13"/>
       <c r="O853" s="13"/>
       <c r="P853" s="89"/>
     </row>
-    <row r="854" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="854" spans="14:16" ht="15.75" customHeight="1">
       <c r="N854" s="13"/>
       <c r="O854" s="13"/>
       <c r="P854" s="89"/>
     </row>
-    <row r="855" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="855" spans="14:16" ht="15.75" customHeight="1">
       <c r="N855" s="13"/>
       <c r="O855" s="13"/>
       <c r="P855" s="89"/>
     </row>
-    <row r="856" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="856" spans="14:16" ht="15.75" customHeight="1">
       <c r="N856" s="13"/>
       <c r="O856" s="13"/>
       <c r="P856" s="89"/>
     </row>
-    <row r="857" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="857" spans="14:16" ht="15.75" customHeight="1">
       <c r="N857" s="13"/>
       <c r="O857" s="13"/>
       <c r="P857" s="89"/>
     </row>
-    <row r="858" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="858" spans="14:16" ht="15.75" customHeight="1">
       <c r="N858" s="13"/>
       <c r="O858" s="13"/>
       <c r="P858" s="89"/>
     </row>
-    <row r="859" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="859" spans="14:16" ht="15.75" customHeight="1">
       <c r="N859" s="13"/>
       <c r="O859" s="13"/>
       <c r="P859" s="89"/>
     </row>
-    <row r="860" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="860" spans="14:16" ht="15.75" customHeight="1">
       <c r="N860" s="13"/>
       <c r="O860" s="13"/>
       <c r="P860" s="89"/>
     </row>
-    <row r="861" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="861" spans="14:16" ht="15.75" customHeight="1">
       <c r="N861" s="13"/>
       <c r="O861" s="13"/>
       <c r="P861" s="89"/>
     </row>
-    <row r="862" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="862" spans="14:16" ht="15.75" customHeight="1">
       <c r="N862" s="13"/>
       <c r="O862" s="13"/>
       <c r="P862" s="89"/>
     </row>
-    <row r="863" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="863" spans="14:16" ht="15.75" customHeight="1">
       <c r="N863" s="13"/>
       <c r="O863" s="13"/>
       <c r="P863" s="89"/>
     </row>
-    <row r="864" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="864" spans="14:16" ht="15.75" customHeight="1">
       <c r="N864" s="13"/>
       <c r="O864" s="13"/>
       <c r="P864" s="89"/>
     </row>
-    <row r="865" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="865" spans="14:16" ht="15.75" customHeight="1">
       <c r="N865" s="13"/>
       <c r="O865" s="13"/>
       <c r="P865" s="89"/>
     </row>
-    <row r="866" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="866" spans="14:16" ht="15.75" customHeight="1">
       <c r="N866" s="13"/>
       <c r="O866" s="13"/>
       <c r="P866" s="89"/>
     </row>
-    <row r="867" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="867" spans="14:16" ht="15.75" customHeight="1">
       <c r="N867" s="13"/>
       <c r="O867" s="13"/>
       <c r="P867" s="89"/>
     </row>
-    <row r="868" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="868" spans="14:16" ht="15.75" customHeight="1">
       <c r="N868" s="13"/>
       <c r="O868" s="13"/>
       <c r="P868" s="89"/>
     </row>
-    <row r="869" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="869" spans="14:16" ht="15.75" customHeight="1">
       <c r="N869" s="13"/>
       <c r="O869" s="13"/>
       <c r="P869" s="89"/>
     </row>
-    <row r="870" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="870" spans="14:16" ht="15.75" customHeight="1">
       <c r="N870" s="13"/>
       <c r="O870" s="13"/>
       <c r="P870" s="89"/>
     </row>
-    <row r="871" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="871" spans="14:16" ht="15.75" customHeight="1">
       <c r="N871" s="13"/>
       <c r="O871" s="13"/>
       <c r="P871" s="89"/>
     </row>
-    <row r="872" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="872" spans="14:16" ht="15.75" customHeight="1">
       <c r="N872" s="13"/>
       <c r="O872" s="13"/>
       <c r="P872" s="89"/>
     </row>
-    <row r="873" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="873" spans="14:16" ht="15.75" customHeight="1">
       <c r="N873" s="13"/>
       <c r="O873" s="13"/>
       <c r="P873" s="89"/>
     </row>
-    <row r="874" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="874" spans="14:16" ht="15.75" customHeight="1">
       <c r="N874" s="13"/>
       <c r="O874" s="13"/>
       <c r="P874" s="89"/>
     </row>
-    <row r="875" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="875" spans="14:16" ht="15.75" customHeight="1">
       <c r="N875" s="13"/>
       <c r="O875" s="13"/>
       <c r="P875" s="89"/>
     </row>
-    <row r="876" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="876" spans="14:16" ht="15.75" customHeight="1">
       <c r="N876" s="13"/>
       <c r="O876" s="13"/>
       <c r="P876" s="89"/>
     </row>
-    <row r="877" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="877" spans="14:16" ht="15.75" customHeight="1">
       <c r="N877" s="13"/>
       <c r="O877" s="13"/>
       <c r="P877" s="89"/>
     </row>
-    <row r="878" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="878" spans="14:16" ht="15.75" customHeight="1">
       <c r="N878" s="13"/>
       <c r="O878" s="13"/>
       <c r="P878" s="89"/>
     </row>
-    <row r="879" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="879" spans="14:16" ht="15.75" customHeight="1">
       <c r="N879" s="13"/>
       <c r="O879" s="13"/>
       <c r="P879" s="89"/>
     </row>
-    <row r="880" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="880" spans="14:16" ht="15.75" customHeight="1">
       <c r="N880" s="13"/>
       <c r="O880" s="13"/>
       <c r="P880" s="89"/>
     </row>
-    <row r="881" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="881" spans="14:16" ht="15.75" customHeight="1">
       <c r="N881" s="13"/>
       <c r="O881" s="13"/>
       <c r="P881" s="89"/>
     </row>
-    <row r="882" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="882" spans="14:16" ht="15.75" customHeight="1">
       <c r="N882" s="13"/>
       <c r="O882" s="13"/>
       <c r="P882" s="89"/>
     </row>
-    <row r="883" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="883" spans="14:16" ht="15.75" customHeight="1">
       <c r="N883" s="13"/>
       <c r="O883" s="13"/>
       <c r="P883" s="89"/>
     </row>
-    <row r="884" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="884" spans="14:16" ht="15.75" customHeight="1">
       <c r="N884" s="13"/>
       <c r="O884" s="13"/>
       <c r="P884" s="89"/>
     </row>
-    <row r="885" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="885" spans="14:16" ht="15.75" customHeight="1">
       <c r="N885" s="13"/>
       <c r="O885" s="13"/>
       <c r="P885" s="89"/>
     </row>
-    <row r="886" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="886" spans="14:16" ht="15.75" customHeight="1">
       <c r="N886" s="13"/>
       <c r="O886" s="13"/>
       <c r="P886" s="89"/>
     </row>
-    <row r="887" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="887" spans="14:16" ht="15.75" customHeight="1">
       <c r="N887" s="13"/>
       <c r="O887" s="13"/>
       <c r="P887" s="89"/>
     </row>
-    <row r="888" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="888" spans="14:16" ht="15.75" customHeight="1">
       <c r="N888" s="13"/>
       <c r="O888" s="13"/>
       <c r="P888" s="89"/>
     </row>
-    <row r="889" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="889" spans="14:16" ht="15.75" customHeight="1">
       <c r="N889" s="13"/>
       <c r="O889" s="13"/>
       <c r="P889" s="89"/>
     </row>
-    <row r="890" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="890" spans="14:16" ht="15.75" customHeight="1">
       <c r="N890" s="13"/>
       <c r="O890" s="13"/>
       <c r="P890" s="89"/>
     </row>
-    <row r="891" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="891" spans="14:16" ht="15.75" customHeight="1">
       <c r="N891" s="13"/>
       <c r="O891" s="13"/>
       <c r="P891" s="89"/>
     </row>
-    <row r="892" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="892" spans="14:16" ht="15.75" customHeight="1">
       <c r="N892" s="13"/>
       <c r="O892" s="13"/>
       <c r="P892" s="89"/>
     </row>
-    <row r="893" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="893" spans="14:16" ht="15.75" customHeight="1">
       <c r="N893" s="13"/>
       <c r="O893" s="13"/>
       <c r="P893" s="89"/>
     </row>
-    <row r="894" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="894" spans="14:16" ht="15.75" customHeight="1">
       <c r="N894" s="13"/>
       <c r="O894" s="13"/>
       <c r="P894" s="89"/>
     </row>
-    <row r="895" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="895" spans="14:16" ht="15.75" customHeight="1">
       <c r="N895" s="13"/>
       <c r="O895" s="13"/>
       <c r="P895" s="89"/>
     </row>
-    <row r="896" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="896" spans="14:16" ht="15.75" customHeight="1">
       <c r="N896" s="13"/>
       <c r="O896" s="13"/>
       <c r="P896" s="89"/>
     </row>
-    <row r="897" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="897" spans="14:16" ht="15.75" customHeight="1">
       <c r="N897" s="13"/>
       <c r="O897" s="13"/>
       <c r="P897" s="89"/>
     </row>
-    <row r="898" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="898" spans="14:16" ht="15.75" customHeight="1">
       <c r="N898" s="13"/>
       <c r="O898" s="13"/>
       <c r="P898" s="89"/>
     </row>
-    <row r="899" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="899" spans="14:16" ht="15.75" customHeight="1">
       <c r="N899" s="13"/>
       <c r="O899" s="13"/>
       <c r="P899" s="89"/>
     </row>
-    <row r="900" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="900" spans="14:16" ht="15.75" customHeight="1">
       <c r="N900" s="13"/>
       <c r="O900" s="13"/>
       <c r="P900" s="89"/>
     </row>
-    <row r="901" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="901" spans="14:16" ht="15.75" customHeight="1">
       <c r="N901" s="13"/>
       <c r="O901" s="13"/>
       <c r="P901" s="89"/>
     </row>
-    <row r="902" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="902" spans="14:16" ht="15.75" customHeight="1">
       <c r="N902" s="13"/>
       <c r="O902" s="13"/>
       <c r="P902" s="89"/>
     </row>
-    <row r="903" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="903" spans="14:16" ht="15.75" customHeight="1">
       <c r="N903" s="13"/>
       <c r="O903" s="13"/>
       <c r="P903" s="89"/>
     </row>
-    <row r="904" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="904" spans="14:16" ht="15.75" customHeight="1">
       <c r="N904" s="13"/>
       <c r="O904" s="13"/>
       <c r="P904" s="89"/>
     </row>
-    <row r="905" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="905" spans="14:16" ht="15.75" customHeight="1">
       <c r="N905" s="13"/>
       <c r="O905" s="13"/>
       <c r="P905" s="89"/>
     </row>
-    <row r="906" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="906" spans="14:16" ht="15.75" customHeight="1">
       <c r="N906" s="13"/>
       <c r="O906" s="13"/>
       <c r="P906" s="89"/>
     </row>
-    <row r="907" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="907" spans="14:16" ht="15.75" customHeight="1">
       <c r="N907" s="13"/>
       <c r="O907" s="13"/>
       <c r="P907" s="89"/>
     </row>
-    <row r="908" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="908" spans="14:16" ht="15.75" customHeight="1">
       <c r="N908" s="13"/>
       <c r="O908" s="13"/>
       <c r="P908" s="89"/>
     </row>
-    <row r="909" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="909" spans="14:16" ht="15.75" customHeight="1">
       <c r="N909" s="13"/>
       <c r="O909" s="13"/>
       <c r="P909" s="89"/>
     </row>
-    <row r="910" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="910" spans="14:16" ht="15.75" customHeight="1">
       <c r="N910" s="13"/>
       <c r="O910" s="13"/>
       <c r="P910" s="89"/>
     </row>
-    <row r="911" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="911" spans="14:16" ht="15.75" customHeight="1">
       <c r="N911" s="13"/>
       <c r="O911" s="13"/>
       <c r="P911" s="89"/>
     </row>
-    <row r="912" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="912" spans="14:16" ht="15.75" customHeight="1">
       <c r="N912" s="13"/>
       <c r="O912" s="13"/>
       <c r="P912" s="89"/>
     </row>
-    <row r="913" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="913" spans="14:16" ht="15.75" customHeight="1">
       <c r="N913" s="13"/>
       <c r="O913" s="13"/>
       <c r="P913" s="89"/>
     </row>
-    <row r="914" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="914" spans="14:16" ht="15.75" customHeight="1">
       <c r="N914" s="13"/>
       <c r="O914" s="13"/>
       <c r="P914" s="89"/>
     </row>
-    <row r="915" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="915" spans="14:16" ht="15.75" customHeight="1">
       <c r="N915" s="13"/>
       <c r="O915" s="13"/>
       <c r="P915" s="89"/>
     </row>
-    <row r="916" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="916" spans="14:16" ht="15.75" customHeight="1">
       <c r="N916" s="13"/>
       <c r="O916" s="13"/>
       <c r="P916" s="89"/>
     </row>
-    <row r="917" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="917" spans="14:16" ht="15.75" customHeight="1">
       <c r="N917" s="13"/>
       <c r="O917" s="13"/>
       <c r="P917" s="89"/>
     </row>
-    <row r="918" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="918" spans="14:16" ht="15.75" customHeight="1">
       <c r="N918" s="13"/>
       <c r="O918" s="13"/>
       <c r="P918" s="89"/>
     </row>
-    <row r="919" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="919" spans="14:16" ht="15.75" customHeight="1">
       <c r="N919" s="13"/>
       <c r="O919" s="13"/>
       <c r="P919" s="89"/>
     </row>
-    <row r="920" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="920" spans="14:16" ht="15.75" customHeight="1">
       <c r="N920" s="13"/>
       <c r="O920" s="13"/>
       <c r="P920" s="89"/>
     </row>
-    <row r="921" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="921" spans="14:16" ht="15.75" customHeight="1">
       <c r="N921" s="13"/>
       <c r="O921" s="13"/>
       <c r="P921" s="89"/>
     </row>
-    <row r="922" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="922" spans="14:16" ht="15.75" customHeight="1">
       <c r="N922" s="13"/>
       <c r="O922" s="13"/>
       <c r="P922" s="89"/>
     </row>
-    <row r="923" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="923" spans="14:16" ht="15.75" customHeight="1">
       <c r="N923" s="13"/>
       <c r="O923" s="13"/>
       <c r="P923" s="89"/>
     </row>
-    <row r="924" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="924" spans="14:16" ht="15.75" customHeight="1">
       <c r="N924" s="13"/>
       <c r="O924" s="13"/>
       <c r="P924" s="89"/>
     </row>
-    <row r="925" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="925" spans="14:16" ht="15.75" customHeight="1">
       <c r="N925" s="13"/>
       <c r="O925" s="13"/>
       <c r="P925" s="89"/>
     </row>
-    <row r="926" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="926" spans="14:16" ht="15.75" customHeight="1">
       <c r="N926" s="13"/>
       <c r="O926" s="13"/>
       <c r="P926" s="89"/>
     </row>
-    <row r="927" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="927" spans="14:16" ht="15.75" customHeight="1">
       <c r="N927" s="13"/>
       <c r="O927" s="13"/>
       <c r="P927" s="89"/>
     </row>
-    <row r="928" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="928" spans="14:16" ht="15.75" customHeight="1">
       <c r="N928" s="13"/>
       <c r="O928" s="13"/>
       <c r="P928" s="89"/>
     </row>
-    <row r="929" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="929" spans="14:16" ht="15.75" customHeight="1">
       <c r="N929" s="13"/>
       <c r="O929" s="13"/>
       <c r="P929" s="89"/>
     </row>
-    <row r="930" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="930" spans="14:16" ht="15.75" customHeight="1">
       <c r="N930" s="13"/>
       <c r="O930" s="13"/>
       <c r="P930" s="89"/>
     </row>
-    <row r="931" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="931" spans="14:16" ht="15.75" customHeight="1">
       <c r="N931" s="13"/>
       <c r="O931" s="13"/>
       <c r="P931" s="89"/>
     </row>
-    <row r="932" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="932" spans="14:16" ht="15.75" customHeight="1">
       <c r="N932" s="13"/>
       <c r="O932" s="13"/>
       <c r="P932" s="89"/>
     </row>
-    <row r="933" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="933" spans="14:16" ht="15.75" customHeight="1">
       <c r="N933" s="13"/>
       <c r="O933" s="13"/>
       <c r="P933" s="89"/>
     </row>
-    <row r="934" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="934" spans="14:16" ht="15.75" customHeight="1">
       <c r="N934" s="13"/>
       <c r="O934" s="13"/>
       <c r="P934" s="89"/>
     </row>
-    <row r="935" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="935" spans="14:16" ht="15.75" customHeight="1">
       <c r="N935" s="13"/>
       <c r="O935" s="13"/>
       <c r="P935" s="89"/>
     </row>
-    <row r="936" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="936" spans="14:16" ht="15.75" customHeight="1">
       <c r="N936" s="13"/>
       <c r="O936" s="13"/>
       <c r="P936" s="89"/>
     </row>
-    <row r="937" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="937" spans="14:16" ht="15.75" customHeight="1">
       <c r="N937" s="13"/>
       <c r="O937" s="13"/>
       <c r="P937" s="89"/>
     </row>
-    <row r="938" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="938" spans="14:16" ht="15.75" customHeight="1">
       <c r="N938" s="13"/>
       <c r="O938" s="13"/>
       <c r="P938" s="89"/>
     </row>
-    <row r="939" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="939" spans="14:16" ht="15.75" customHeight="1">
       <c r="N939" s="13"/>
       <c r="O939" s="13"/>
       <c r="P939" s="89"/>
     </row>
-    <row r="940" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="940" spans="14:16" ht="15.75" customHeight="1">
       <c r="N940" s="13"/>
       <c r="O940" s="13"/>
       <c r="P940" s="89"/>
     </row>
-    <row r="941" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="941" spans="14:16" ht="15.75" customHeight="1">
       <c r="N941" s="13"/>
       <c r="O941" s="13"/>
       <c r="P941" s="89"/>
     </row>
-    <row r="942" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="942" spans="14:16" ht="15.75" customHeight="1">
       <c r="N942" s="13"/>
       <c r="O942" s="13"/>
       <c r="P942" s="89"/>
     </row>
-    <row r="943" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="943" spans="14:16" ht="15.75" customHeight="1">
       <c r="N943" s="13"/>
       <c r="O943" s="13"/>
       <c r="P943" s="89"/>
     </row>
-    <row r="944" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="944" spans="14:16" ht="15.75" customHeight="1">
       <c r="N944" s="13"/>
       <c r="O944" s="13"/>
       <c r="P944" s="89"/>
     </row>
-    <row r="945" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="945" spans="14:16" ht="15.75" customHeight="1">
       <c r="N945" s="13"/>
       <c r="O945" s="13"/>
       <c r="P945" s="89"/>
     </row>
-    <row r="946" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="946" spans="14:16" ht="15.75" customHeight="1">
       <c r="N946" s="13"/>
       <c r="O946" s="13"/>
       <c r="P946" s="89"/>
     </row>
-    <row r="947" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="947" spans="14:16" ht="15.75" customHeight="1">
       <c r="N947" s="13"/>
       <c r="O947" s="13"/>
       <c r="P947" s="89"/>
     </row>
-    <row r="948" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="948" spans="14:16" ht="15.75" customHeight="1">
       <c r="N948" s="13"/>
       <c r="O948" s="13"/>
       <c r="P948" s="89"/>
     </row>
-    <row r="949" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="949" spans="14:16" ht="15.75" customHeight="1">
       <c r="N949" s="13"/>
       <c r="O949" s="13"/>
       <c r="P949" s="89"/>
     </row>
-    <row r="950" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="950" spans="14:16" ht="15.75" customHeight="1">
       <c r="N950" s="13"/>
       <c r="O950" s="13"/>
       <c r="P950" s="89"/>
     </row>
-    <row r="951" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="951" spans="14:16" ht="15.75" customHeight="1">
       <c r="N951" s="13"/>
       <c r="O951" s="13"/>
       <c r="P951" s="89"/>
     </row>
-    <row r="952" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="952" spans="14:16" ht="15.75" customHeight="1">
       <c r="N952" s="13"/>
       <c r="O952" s="13"/>
       <c r="P952" s="89"/>
     </row>
-    <row r="953" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="953" spans="14:16" ht="15.75" customHeight="1">
       <c r="N953" s="13"/>
       <c r="O953" s="13"/>
       <c r="P953" s="89"/>
     </row>
-    <row r="954" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="954" spans="14:16" ht="15.75" customHeight="1">
       <c r="N954" s="13"/>
       <c r="O954" s="13"/>
       <c r="P954" s="89"/>
     </row>
-    <row r="955" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="955" spans="14:16" ht="15.75" customHeight="1">
       <c r="N955" s="13"/>
       <c r="O955" s="13"/>
       <c r="P955" s="89"/>
     </row>
-    <row r="956" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="956" spans="14:16" ht="15.75" customHeight="1">
       <c r="N956" s="13"/>
       <c r="O956" s="13"/>
       <c r="P956" s="89"/>
     </row>
-    <row r="957" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="957" spans="14:16" ht="15.75" customHeight="1">
       <c r="N957" s="13"/>
       <c r="O957" s="13"/>
       <c r="P957" s="89"/>
     </row>
-    <row r="958" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="958" spans="14:16" ht="15.75" customHeight="1">
       <c r="N958" s="13"/>
       <c r="O958" s="13"/>
       <c r="P958" s="89"/>
     </row>
-    <row r="959" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="959" spans="14:16" ht="15.75" customHeight="1">
       <c r="N959" s="13"/>
       <c r="O959" s="13"/>
       <c r="P959" s="89"/>
     </row>
-    <row r="960" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="960" spans="14:16" ht="15.75" customHeight="1">
       <c r="N960" s="13"/>
       <c r="O960" s="13"/>
       <c r="P960" s="89"/>
     </row>
-    <row r="961" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="961" spans="14:16" ht="15.75" customHeight="1">
       <c r="N961" s="13"/>
       <c r="O961" s="13"/>
       <c r="P961" s="89"/>
     </row>
-    <row r="962" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="962" spans="14:16" ht="15.75" customHeight="1">
       <c r="N962" s="13"/>
       <c r="O962" s="13"/>
       <c r="P962" s="89"/>
     </row>
-    <row r="963" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="963" spans="14:16" ht="15.75" customHeight="1">
       <c r="N963" s="13"/>
       <c r="O963" s="13"/>
       <c r="P963" s="89"/>
     </row>
-    <row r="964" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="964" spans="14:16" ht="15.75" customHeight="1">
       <c r="N964" s="13"/>
       <c r="O964" s="13"/>
       <c r="P964" s="89"/>
     </row>
-    <row r="965" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="965" spans="14:16" ht="15.75" customHeight="1">
       <c r="N965" s="13"/>
       <c r="O965" s="13"/>
       <c r="P965" s="89"/>
     </row>
-    <row r="966" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="966" spans="14:16" ht="15.75" customHeight="1">
       <c r="N966" s="13"/>
       <c r="O966" s="13"/>
       <c r="P966" s="89"/>
     </row>
-    <row r="967" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="967" spans="14:16" ht="15.75" customHeight="1">
       <c r="N967" s="13"/>
       <c r="O967" s="13"/>
       <c r="P967" s="89"/>
     </row>
-    <row r="968" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="968" spans="14:16" ht="15.75" customHeight="1">
       <c r="N968" s="13"/>
       <c r="O968" s="13"/>
       <c r="P968" s="89"/>
     </row>
-    <row r="969" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="969" spans="14:16" ht="15.75" customHeight="1">
       <c r="N969" s="13"/>
       <c r="O969" s="13"/>
     </row>
-    <row r="970" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="970" spans="14:16" ht="15.75" customHeight="1">
       <c r="N970" s="13"/>
       <c r="O970" s="13"/>
     </row>
-    <row r="971" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="971" spans="14:16" ht="15.75" customHeight="1">
       <c r="N971" s="13"/>
       <c r="O971" s="13"/>
     </row>
-    <row r="972" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="972" spans="14:16" ht="15.75" customHeight="1">
       <c r="N972" s="13"/>
       <c r="O972" s="13"/>
     </row>
-    <row r="973" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="973" spans="14:16" ht="15.75" customHeight="1">
       <c r="N973" s="13"/>
       <c r="O973" s="13"/>
     </row>
-    <row r="974" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="974" spans="14:16" ht="15.75" customHeight="1">
       <c r="N974" s="13"/>
       <c r="O974" s="13"/>
     </row>
-    <row r="975" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="975" spans="14:16" ht="15.75" customHeight="1">
       <c r="N975" s="13"/>
       <c r="O975" s="13"/>
     </row>
-    <row r="976" spans="14:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="976" spans="14:16" ht="15.75" customHeight="1">
       <c r="N976" s="13"/>
       <c r="O976" s="13"/>
     </row>
-    <row r="977" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="977" spans="14:15" ht="15.75" customHeight="1">
       <c r="N977" s="13"/>
       <c r="O977" s="13"/>
     </row>
-    <row r="978" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="978" spans="14:15" ht="15.75" customHeight="1">
       <c r="N978" s="13"/>
       <c r="O978" s="13"/>
     </row>
-    <row r="979" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="979" spans="14:15" ht="15.75" customHeight="1">
       <c r="N979" s="13"/>
       <c r="O979" s="13"/>
     </row>
-    <row r="980" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="980" spans="14:15" ht="15.75" customHeight="1">
       <c r="N980" s="13"/>
       <c r="O980" s="13"/>
     </row>
-    <row r="981" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="981" spans="14:15" ht="15.75" customHeight="1">
       <c r="N981" s="13"/>
       <c r="O981" s="13"/>
     </row>
-    <row r="982" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="982" spans="14:15" ht="15.75" customHeight="1">
       <c r="N982" s="13"/>
       <c r="O982" s="13"/>
     </row>
-    <row r="983" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="983" spans="14:15" ht="15.75" customHeight="1">
       <c r="N983" s="13"/>
       <c r="O983" s="13"/>
     </row>
-    <row r="984" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="984" spans="14:15" ht="15.75" customHeight="1">
       <c r="N984" s="13"/>
       <c r="O984" s="13"/>
     </row>
-    <row r="985" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="985" spans="14:15" ht="15.75" customHeight="1">
       <c r="N985" s="13"/>
       <c r="O985" s="13"/>
     </row>
-    <row r="986" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="986" spans="14:15" ht="15.75" customHeight="1">
       <c r="N986" s="13"/>
       <c r="O986" s="13"/>
     </row>
-    <row r="987" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="987" spans="14:15" ht="15.75" customHeight="1">
       <c r="N987" s="13"/>
       <c r="O987" s="13"/>
     </row>
-    <row r="988" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="988" spans="14:15" ht="15.75" customHeight="1">
       <c r="N988" s="13"/>
       <c r="O988" s="13"/>
     </row>
-    <row r="989" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="989" spans="14:15" ht="15.75" customHeight="1">
       <c r="N989" s="13"/>
       <c r="O989" s="13"/>
     </row>
-    <row r="990" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="990" spans="14:15" ht="15.75" customHeight="1">
       <c r="N990" s="13"/>
       <c r="O990" s="13"/>
     </row>
-    <row r="991" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="991" spans="14:15" ht="15.75" customHeight="1">
       <c r="N991" s="13"/>
       <c r="O991" s="13"/>
     </row>
-    <row r="992" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="992" spans="14:15" ht="15.75" customHeight="1">
       <c r="N992" s="13"/>
       <c r="O992" s="13"/>
     </row>
-    <row r="993" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="993" spans="14:15" ht="15.75" customHeight="1">
       <c r="N993" s="13"/>
       <c r="O993" s="13"/>
     </row>
-    <row r="994" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="994" spans="14:15" ht="15.75" customHeight="1">
       <c r="N994" s="13"/>
       <c r="O994" s="13"/>
     </row>
-    <row r="995" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="995" spans="14:15" ht="15.75" customHeight="1">
       <c r="N995" s="13"/>
       <c r="O995" s="13"/>
     </row>
-    <row r="996" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="996" spans="14:15" ht="15.75" customHeight="1">
       <c r="N996" s="13"/>
       <c r="O996" s="13"/>
     </row>
-    <row r="997" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="997" spans="14:15" ht="15.75" customHeight="1">
       <c r="N997" s="13"/>
       <c r="O997" s="13"/>
     </row>
-    <row r="998" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="998" spans="14:15" ht="15.75" customHeight="1">
       <c r="N998" s="13"/>
       <c r="O998" s="13"/>
     </row>
-    <row r="999" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="999" spans="14:15" ht="15.75" customHeight="1">
       <c r="N999" s="13"/>
       <c r="O999" s="13"/>
     </row>
-    <row r="1000" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1000" spans="14:15" ht="15.75" customHeight="1">
       <c r="N1000" s="13"/>
       <c r="O1000" s="13"/>
     </row>
-    <row r="1001" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1001" spans="14:15" ht="15.75" customHeight="1">
       <c r="N1001" s="13"/>
       <c r="O1001" s="13"/>
     </row>
-    <row r="1002" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1002" spans="14:15" ht="15.75" customHeight="1">
       <c r="N1002" s="13"/>
       <c r="O1002" s="13"/>
     </row>
-    <row r="1003" spans="14:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1003" spans="14:15" ht="15.75" customHeight="1">
       <c r="N1003" s="13"/>
       <c r="O1003" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="F5:J5"/>
     <mergeCell ref="B2:F2"/>
   </mergeCells>
   <conditionalFormatting sqref="K7:K111">
     <cfRule type="cellIs" dxfId="12" priority="1" operator="greaterThan">
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="11" priority="2" operator="greaterThan">
       <formula>100</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="list" allowBlank="1" sqref="P112:P968" xr:uid="{6A30A661-0469-4F3C-97EC-E25C8FA3847F}">
       <formula1>"All skill-transfer,All gap-filling,Mixed - Mostly skill-transfer,Mixed - Mostly gap-filling"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" sqref="O34:O100 O7:O28" xr:uid="{17BE4FC2-119B-4484-84C8-B480803DE2B2}">
       <formula1>"Yes-position has been filled,No-position will be recruited"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select from the drop-down list" sqref="E7:E111" xr:uid="{2BDC098C-BC0B-4105-A29C-1EE17C069C0A}">
       <formula1>"National, Sub-national"</formula1>
@@ -21457,2988 +21438,2990 @@
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select from the drop-down list" xr:uid="{99B6CDF0-4E43-45BD-8022-AF127E42B38F}">
           <x14:formula1>
             <xm:f>'HIDE Validation'!$I$3:$I$4</xm:f>
           </x14:formula1>
           <xm:sqref>C7:C111</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{255BB2E3-6B9C-4DBA-8DAD-85353B10AD32}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="B1:X64"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="C43" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F48" sqref="F48"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="2" max="2" width="20.5" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="24" width="13.1640625" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" customWidth="1"/>
+    <col min="3" max="3" width="31.28515625" style="147" customWidth="1"/>
+    <col min="4" max="4" width="44.42578125" style="113" customWidth="1"/>
+    <col min="5" max="5" width="31.85546875" style="113" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" style="115" customWidth="1"/>
+    <col min="7" max="7" width="54.7109375" customWidth="1"/>
+    <col min="8" max="8" width="25.42578125" customWidth="1"/>
+    <col min="9" max="9" width="23.7109375" style="115" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="115" customWidth="1"/>
+    <col min="11" max="11" width="23.42578125" customWidth="1"/>
+    <col min="12" max="12" width="25.140625" customWidth="1"/>
+    <col min="13" max="13" width="27.28515625" customWidth="1"/>
+    <col min="14" max="14" width="22.5703125" customWidth="1"/>
+    <col min="15" max="15" width="25.28515625" customWidth="1"/>
+    <col min="16" max="24" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:24" ht="16" thickBot="1" x14ac:dyDescent="0.25"/>
-[...10 lines deleted...]
-      <c r="C3" s="205" t="s">
+    <row r="1" spans="2:24" ht="15" thickBot="1"/>
+    <row r="2" spans="2:24" ht="29.1" thickBot="1">
+      <c r="C2" s="211" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" s="212"/>
+      <c r="E2" s="212"/>
+      <c r="F2" s="212"/>
+      <c r="G2" s="213"/>
+    </row>
+    <row r="3" spans="2:24" ht="15.6">
+      <c r="C3" s="199" t="s">
         <v>65</v>
       </c>
-      <c r="P3" s="224" t="s">
-[...11 lines deleted...]
-    <row r="4" spans="2:24" x14ac:dyDescent="0.2">
+      <c r="P3" s="216" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q3" s="216"/>
+      <c r="R3" s="216"/>
+      <c r="S3" s="216"/>
+      <c r="T3" s="216"/>
+      <c r="U3" s="216"/>
+      <c r="V3" s="216"/>
+      <c r="W3" s="216"/>
+      <c r="X3" s="216"/>
+    </row>
+    <row r="4" spans="2:24">
       <c r="P4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Q4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="R4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="S4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="T4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="U4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="W4" s="76" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="X4" s="76" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:24" ht="9.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="5" spans="2:24" ht="9.6" customHeight="1">
       <c r="B5" s="75"/>
       <c r="C5" s="148"/>
       <c r="D5" s="114"/>
       <c r="E5" s="114"/>
       <c r="F5" s="116"/>
       <c r="G5" s="75"/>
       <c r="H5" s="75"/>
       <c r="I5" s="116" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J5" s="116" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="Q5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="R5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="S5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="T5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="U5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="V5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="W5" s="74" t="s">
         <v>71</v>
       </c>
       <c r="X5" s="74" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="6" spans="2:24" s="200" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="6" spans="2:24" s="194" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="B6" s="124" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="197" t="s">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="C6" s="191" t="s">
+        <v>121</v>
+      </c>
+      <c r="D6" s="192" t="s">
+        <v>121</v>
       </c>
       <c r="E6" s="124" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="198" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="196" t="s">
+      <c r="F6" s="192" t="s">
         <v>121</v>
       </c>
-      <c r="J6" s="196" t="s">
+      <c r="G6" s="192" t="s">
+        <v>121</v>
+      </c>
+      <c r="H6" s="192" t="s">
+        <v>121</v>
+      </c>
+      <c r="I6" s="190" t="s">
+        <v>122</v>
+      </c>
+      <c r="J6" s="190" t="s">
         <v>71</v>
       </c>
-      <c r="K6" s="199" t="s">
+      <c r="K6" s="193" t="s">
         <v>71</v>
       </c>
-      <c r="L6" s="199" t="s">
+      <c r="L6" s="193" t="s">
         <v>71</v>
       </c>
-      <c r="M6" s="199" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="199" t="s">
+      <c r="M6" s="193" t="s">
+        <v>122</v>
+      </c>
+      <c r="N6" s="193" t="s">
         <v>71</v>
       </c>
-      <c r="O6" s="199" t="s">
+      <c r="O6" s="193" t="s">
         <v>71</v>
       </c>
       <c r="P6" s="77">
         <v>2026</v>
       </c>
-      <c r="Q6" s="222">
+      <c r="Q6" s="214">
         <v>2027</v>
       </c>
-      <c r="R6" s="223"/>
-      <c r="S6" s="222">
+      <c r="R6" s="215"/>
+      <c r="S6" s="214">
         <v>2028</v>
       </c>
-      <c r="T6" s="223"/>
-      <c r="U6" s="222">
+      <c r="T6" s="215"/>
+      <c r="U6" s="214">
         <v>2029</v>
       </c>
-      <c r="V6" s="223"/>
-      <c r="W6" s="222">
+      <c r="V6" s="215"/>
+      <c r="W6" s="214">
         <v>2030</v>
       </c>
-      <c r="X6" s="223"/>
-[...1 lines deleted...]
-    <row r="7" spans="2:24" ht="26" x14ac:dyDescent="0.2">
+      <c r="X6" s="215"/>
+    </row>
+    <row r="7" spans="2:24" ht="35.450000000000003">
       <c r="B7" s="111" t="s">
         <v>73</v>
       </c>
       <c r="C7" s="108" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D7" s="108" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E7" s="109" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F7" s="108" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G7" s="108" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H7" s="108" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I7" s="109" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J7" s="108" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L7" s="61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M7" s="61" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N7" s="104" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O7" s="61" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P7" s="50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Q7" s="51" t="s">
+        <v>136</v>
+      </c>
+      <c r="R7" s="51" t="s">
         <v>135</v>
       </c>
-      <c r="R7" s="51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S7" s="52" t="s">
+        <v>136</v>
+      </c>
+      <c r="T7" s="52" t="s">
         <v>135</v>
       </c>
-      <c r="T7" s="52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U7" s="51" t="s">
+        <v>136</v>
+      </c>
+      <c r="V7" s="51" t="s">
         <v>135</v>
       </c>
-      <c r="V7" s="51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7" s="52" t="s">
+        <v>136</v>
+      </c>
+      <c r="X7" s="52" t="s">
         <v>135</v>
       </c>
-      <c r="X7" s="52" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="2:24" ht="112" x14ac:dyDescent="0.2">
+    </row>
+    <row r="8" spans="2:24" ht="116.1">
       <c r="B8" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C8" s="215" t="s">
+      <c r="C8" s="217" t="s">
         <v>95</v>
       </c>
       <c r="D8" s="131" t="s">
         <v>96</v>
       </c>
       <c r="E8" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D8,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F8" s="149" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G8" s="133" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H8" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I8" s="117"/>
       <c r="J8" s="117"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="52"/>
       <c r="Q8" s="51"/>
-      <c r="R8" s="165"/>
-      <c r="S8" s="163"/>
+      <c r="R8" s="51"/>
+      <c r="S8" s="52"/>
       <c r="T8" s="52"/>
       <c r="U8" s="51"/>
-      <c r="V8" s="165"/>
+      <c r="V8" s="51"/>
       <c r="W8" s="52"/>
       <c r="X8" s="52"/>
     </row>
-    <row r="9" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:24" ht="72.599999999999994">
       <c r="B9" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C9" s="216"/>
+      <c r="C9" s="218"/>
       <c r="D9" s="134" t="s">
         <v>97</v>
       </c>
       <c r="E9" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D9,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F9" s="149" t="s">
+        <v>140</v>
+      </c>
+      <c r="G9" s="133" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" s="112" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="I9" s="117"/>
       <c r="J9" s="117"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="50"/>
       <c r="Q9" s="51"/>
-      <c r="R9" s="166"/>
-[...1 lines deleted...]
-      <c r="T9" s="164"/>
+      <c r="R9" s="200"/>
+      <c r="S9" s="52"/>
+      <c r="T9" s="50"/>
       <c r="U9" s="51"/>
-      <c r="V9" s="167"/>
+      <c r="V9" s="201"/>
       <c r="W9" s="52"/>
-      <c r="X9" s="164"/>
-[...1 lines deleted...]
-    <row r="10" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X9" s="50"/>
+    </row>
+    <row r="10" spans="2:24" ht="72.599999999999994">
       <c r="B10" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C10" s="216"/>
+      <c r="C10" s="218"/>
       <c r="D10" s="134" t="s">
         <v>97</v>
       </c>
       <c r="E10" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D10,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F10" s="149" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G10" s="133" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H10" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I10" s="117"/>
       <c r="J10" s="117"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="52"/>
       <c r="Q10" s="51"/>
-      <c r="R10" s="165"/>
-      <c r="S10" s="163"/>
+      <c r="R10" s="51"/>
+      <c r="S10" s="52"/>
       <c r="T10" s="52"/>
       <c r="U10" s="51"/>
-      <c r="V10" s="165"/>
+      <c r="V10" s="51"/>
       <c r="W10" s="52"/>
       <c r="X10" s="52"/>
     </row>
-    <row r="11" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:24" ht="72.599999999999994">
       <c r="B11" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C11" s="216"/>
+      <c r="C11" s="218"/>
       <c r="D11" s="134" t="s">
         <v>97</v>
       </c>
       <c r="E11" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D11,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F11" s="149" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G11" s="133" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H11" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I11" s="117"/>
       <c r="J11" s="117"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="50"/>
       <c r="Q11" s="51"/>
-      <c r="R11" s="166"/>
-[...1 lines deleted...]
-      <c r="T11" s="164"/>
+      <c r="R11" s="200"/>
+      <c r="S11" s="52"/>
+      <c r="T11" s="50"/>
       <c r="U11" s="51"/>
-      <c r="V11" s="167"/>
+      <c r="V11" s="201"/>
       <c r="W11" s="52"/>
-      <c r="X11" s="164"/>
-[...1 lines deleted...]
-    <row r="12" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X11" s="50"/>
+    </row>
+    <row r="12" spans="2:24" ht="72.599999999999994">
       <c r="B12" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C12" s="216"/>
+      <c r="C12" s="218"/>
       <c r="D12" s="134" t="s">
         <v>97</v>
       </c>
       <c r="E12" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D12,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F12" s="149" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G12" s="133" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H12" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I12" s="117"/>
       <c r="J12" s="117"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="52"/>
       <c r="Q12" s="51"/>
-      <c r="R12" s="165"/>
-      <c r="S12" s="163"/>
+      <c r="R12" s="51"/>
+      <c r="S12" s="52"/>
       <c r="T12" s="52"/>
       <c r="U12" s="51"/>
-      <c r="V12" s="165"/>
+      <c r="V12" s="51"/>
       <c r="W12" s="52"/>
       <c r="X12" s="52"/>
     </row>
-    <row r="13" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:24" ht="72.599999999999994">
       <c r="B13" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C13" s="216"/>
+      <c r="C13" s="218"/>
       <c r="D13" s="134" t="s">
         <v>97</v>
       </c>
       <c r="E13" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D13,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F13" s="149" t="s">
+        <v>149</v>
+      </c>
+      <c r="G13" s="133" t="s">
+        <v>150</v>
+      </c>
+      <c r="H13" s="112" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="I13" s="117"/>
       <c r="J13" s="117"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="50"/>
       <c r="Q13" s="51"/>
-      <c r="R13" s="166"/>
-[...1 lines deleted...]
-      <c r="T13" s="164"/>
+      <c r="R13" s="200"/>
+      <c r="S13" s="52"/>
+      <c r="T13" s="50"/>
       <c r="U13" s="51"/>
-      <c r="V13" s="167"/>
+      <c r="V13" s="201"/>
       <c r="W13" s="52"/>
-      <c r="X13" s="164"/>
-[...1 lines deleted...]
-    <row r="14" spans="2:24" ht="192" x14ac:dyDescent="0.2">
+      <c r="X13" s="50"/>
+    </row>
+    <row r="14" spans="2:24" ht="188.45">
       <c r="B14" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C14" s="216"/>
+      <c r="C14" s="218"/>
       <c r="D14" s="136" t="s">
         <v>98</v>
       </c>
       <c r="E14" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D14,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F14" s="149" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G14" s="133" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H14" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I14" s="117"/>
       <c r="J14" s="117"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="P14" s="52"/>
       <c r="Q14" s="51"/>
-      <c r="R14" s="165"/>
-      <c r="S14" s="163"/>
+      <c r="R14" s="51"/>
+      <c r="S14" s="52"/>
       <c r="T14" s="52"/>
       <c r="U14" s="51"/>
-      <c r="V14" s="165"/>
+      <c r="V14" s="51"/>
       <c r="W14" s="52"/>
       <c r="X14" s="52"/>
     </row>
-    <row r="15" spans="2:24" ht="80" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:24" ht="87">
       <c r="B15" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C15" s="216"/>
+      <c r="C15" s="218"/>
       <c r="D15" s="136" t="s">
         <v>98</v>
       </c>
       <c r="E15" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D15,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F15" s="149" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G15" s="133" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H15" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I15" s="117"/>
       <c r="J15" s="117"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="50"/>
       <c r="Q15" s="51"/>
-      <c r="R15" s="166"/>
-[...1 lines deleted...]
-      <c r="T15" s="164"/>
+      <c r="R15" s="200"/>
+      <c r="S15" s="52"/>
+      <c r="T15" s="50"/>
       <c r="U15" s="51"/>
-      <c r="V15" s="167"/>
+      <c r="V15" s="201"/>
       <c r="W15" s="52"/>
-      <c r="X15" s="164"/>
-[...1 lines deleted...]
-    <row r="16" spans="2:24" ht="80" x14ac:dyDescent="0.2">
+      <c r="X15" s="50"/>
+    </row>
+    <row r="16" spans="2:24" ht="87">
       <c r="B16" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C16" s="216"/>
+      <c r="C16" s="218"/>
       <c r="D16" s="136" t="s">
         <v>98</v>
       </c>
       <c r="E16" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D16,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F16" s="149" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G16" s="133" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H16" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I16" s="117"/>
       <c r="J16" s="117"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="52"/>
       <c r="Q16" s="51"/>
-      <c r="R16" s="165"/>
-      <c r="S16" s="163"/>
+      <c r="R16" s="51"/>
+      <c r="S16" s="52"/>
       <c r="T16" s="52"/>
       <c r="U16" s="51"/>
-      <c r="V16" s="165"/>
+      <c r="V16" s="51"/>
       <c r="W16" s="52"/>
       <c r="X16" s="52"/>
     </row>
-    <row r="17" spans="2:24" ht="80" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:24" ht="87">
       <c r="B17" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C17" s="216"/>
+      <c r="C17" s="218"/>
       <c r="D17" s="136" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D17,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F17" s="149" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G17" s="133" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H17" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I17" s="117"/>
       <c r="J17" s="117"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="50"/>
       <c r="Q17" s="51"/>
-      <c r="R17" s="166"/>
-[...1 lines deleted...]
-      <c r="T17" s="164"/>
+      <c r="R17" s="200"/>
+      <c r="S17" s="52"/>
+      <c r="T17" s="50"/>
       <c r="U17" s="51"/>
-      <c r="V17" s="167"/>
+      <c r="V17" s="201"/>
       <c r="W17" s="52"/>
-      <c r="X17" s="164"/>
-[...1 lines deleted...]
-    <row r="18" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X17" s="50"/>
+    </row>
+    <row r="18" spans="2:24" ht="57.95">
       <c r="B18" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C18" s="216"/>
+      <c r="C18" s="218"/>
       <c r="D18" s="134" t="s">
         <v>99</v>
       </c>
       <c r="E18" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D18,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F18" s="150" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G18" s="133" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H18" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I18" s="117"/>
       <c r="J18" s="117"/>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
       <c r="M18" s="4"/>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="P18" s="52"/>
       <c r="Q18" s="51"/>
-      <c r="R18" s="165"/>
-      <c r="S18" s="163"/>
+      <c r="R18" s="51"/>
+      <c r="S18" s="52"/>
       <c r="T18" s="52"/>
       <c r="U18" s="51"/>
-      <c r="V18" s="165"/>
+      <c r="V18" s="51"/>
       <c r="W18" s="52"/>
       <c r="X18" s="52"/>
     </row>
-    <row r="19" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:24" ht="72.599999999999994">
       <c r="B19" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C19" s="216"/>
-      <c r="D19" s="134" t="s">
+      <c r="C19" s="218"/>
+      <c r="D19" s="135" t="s">
         <v>99</v>
       </c>
       <c r="E19" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D19,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F19" s="150" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G19" s="133" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H19" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I19" s="117"/>
       <c r="J19" s="117"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="4"/>
       <c r="O19" s="4"/>
       <c r="P19" s="50"/>
       <c r="Q19" s="51"/>
-      <c r="R19" s="166"/>
-[...1 lines deleted...]
-      <c r="T19" s="164"/>
+      <c r="R19" s="200"/>
+      <c r="S19" s="52"/>
+      <c r="T19" s="50"/>
       <c r="U19" s="51"/>
-      <c r="V19" s="167"/>
+      <c r="V19" s="201"/>
       <c r="W19" s="52"/>
-      <c r="X19" s="164"/>
-[...1 lines deleted...]
-    <row r="20" spans="2:24" ht="144" x14ac:dyDescent="0.2">
+      <c r="X19" s="50"/>
+    </row>
+    <row r="20" spans="2:24" ht="144.94999999999999">
       <c r="B20" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C20" s="216"/>
-      <c r="D20" s="134" t="s">
+      <c r="C20" s="218"/>
+      <c r="D20" s="135" t="s">
         <v>99</v>
       </c>
       <c r="E20" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D20,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F20" s="150" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G20" s="133" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H20" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I20" s="117"/>
       <c r="J20" s="117"/>
       <c r="K20" s="4"/>
       <c r="L20" s="4"/>
       <c r="M20" s="4"/>
       <c r="N20" s="4"/>
       <c r="O20" s="4"/>
       <c r="P20" s="52"/>
       <c r="Q20" s="51"/>
-      <c r="R20" s="165"/>
-      <c r="S20" s="163"/>
+      <c r="R20" s="51"/>
+      <c r="S20" s="52"/>
       <c r="T20" s="52"/>
       <c r="U20" s="51"/>
-      <c r="V20" s="165"/>
+      <c r="V20" s="51"/>
       <c r="W20" s="52"/>
       <c r="X20" s="52"/>
     </row>
-    <row r="21" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:24" ht="57.95">
       <c r="B21" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C21" s="216"/>
-      <c r="D21" s="134" t="s">
+      <c r="C21" s="218"/>
+      <c r="D21" s="135" t="s">
         <v>99</v>
       </c>
       <c r="E21" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D21,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F21" s="150" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G21" s="133" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H21" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I21" s="117"/>
       <c r="J21" s="117"/>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="4"/>
       <c r="O21" s="4"/>
       <c r="P21" s="50"/>
       <c r="Q21" s="51"/>
-      <c r="R21" s="166"/>
-[...1 lines deleted...]
-      <c r="T21" s="164"/>
+      <c r="R21" s="200"/>
+      <c r="S21" s="52"/>
+      <c r="T21" s="50"/>
       <c r="U21" s="51"/>
-      <c r="V21" s="167"/>
+      <c r="V21" s="201"/>
       <c r="W21" s="52"/>
-      <c r="X21" s="164"/>
-[...1 lines deleted...]
-    <row r="22" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X21" s="50"/>
+    </row>
+    <row r="22" spans="2:24" ht="57.95">
       <c r="B22" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C22" s="216"/>
-      <c r="D22" s="134" t="s">
+      <c r="C22" s="218"/>
+      <c r="D22" s="135" t="s">
         <v>99</v>
       </c>
       <c r="E22" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D22,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F22" s="150" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G22" s="133" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H22" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I22" s="117"/>
       <c r="J22" s="117"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
       <c r="M22" s="4"/>
       <c r="N22" s="4"/>
       <c r="O22" s="4"/>
       <c r="P22" s="52"/>
       <c r="Q22" s="51"/>
-      <c r="R22" s="165"/>
-      <c r="S22" s="163"/>
+      <c r="R22" s="51"/>
+      <c r="S22" s="52"/>
       <c r="T22" s="52"/>
       <c r="U22" s="51"/>
-      <c r="V22" s="165"/>
+      <c r="V22" s="51"/>
       <c r="W22" s="52"/>
       <c r="X22" s="52"/>
     </row>
-    <row r="23" spans="2:24" ht="409.6" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:24" ht="409.5">
       <c r="B23" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C23" s="216"/>
+      <c r="C23" s="218"/>
       <c r="D23" s="134" t="s">
         <v>100</v>
       </c>
       <c r="E23" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D23,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F23" s="151" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G23" s="133" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H23" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I23" s="117"/>
       <c r="J23" s="117"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="4"/>
       <c r="N23" s="4"/>
       <c r="O23" s="4"/>
       <c r="P23" s="50"/>
       <c r="Q23" s="51"/>
-      <c r="R23" s="166"/>
-[...1 lines deleted...]
-      <c r="T23" s="164"/>
+      <c r="R23" s="200"/>
+      <c r="S23" s="52"/>
+      <c r="T23" s="50"/>
       <c r="U23" s="51"/>
-      <c r="V23" s="167"/>
+      <c r="V23" s="201"/>
       <c r="W23" s="52"/>
-      <c r="X23" s="164"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:24" ht="160" x14ac:dyDescent="0.2">
+      <c r="X23" s="50"/>
+    </row>
+    <row r="24" spans="2:24" ht="159.6">
       <c r="B24" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C24" s="217"/>
+      <c r="C24" s="219"/>
       <c r="D24" s="135" t="s">
         <v>100</v>
       </c>
       <c r="E24" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D24,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
       <c r="F24" s="151" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G24" s="133" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H24" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I24" s="117"/>
       <c r="J24" s="117"/>
       <c r="K24" s="4"/>
       <c r="L24" s="4"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
       <c r="O24" s="4"/>
       <c r="P24" s="52"/>
       <c r="Q24" s="51"/>
-      <c r="R24" s="165"/>
-      <c r="S24" s="163"/>
+      <c r="R24" s="51"/>
+      <c r="S24" s="52"/>
       <c r="T24" s="52"/>
       <c r="U24" s="51"/>
-      <c r="V24" s="165"/>
+      <c r="V24" s="51"/>
       <c r="W24" s="52"/>
       <c r="X24" s="52"/>
     </row>
-    <row r="25" spans="2:24" ht="224" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:24" ht="203.1">
       <c r="B25" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C25" s="215" t="s">
-        <v>172</v>
+      <c r="C25" s="217" t="s">
+        <v>173</v>
       </c>
       <c r="D25" s="134" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E25" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D25,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F25" s="150" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G25" s="133" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H25" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I25" s="117"/>
       <c r="J25" s="117"/>
       <c r="K25" s="4"/>
       <c r="L25" s="4"/>
       <c r="M25" s="4"/>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="P25" s="50"/>
       <c r="Q25" s="51"/>
-      <c r="R25" s="166"/>
-[...1 lines deleted...]
-      <c r="T25" s="164"/>
+      <c r="R25" s="200"/>
+      <c r="S25" s="52"/>
+      <c r="T25" s="50"/>
       <c r="U25" s="51"/>
-      <c r="V25" s="167"/>
+      <c r="V25" s="201"/>
       <c r="W25" s="52"/>
-      <c r="X25" s="164"/>
-[...1 lines deleted...]
-    <row r="26" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+      <c r="X25" s="50"/>
+    </row>
+    <row r="26" spans="2:24" ht="57.95">
       <c r="B26" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C26" s="216"/>
+      <c r="C26" s="218"/>
       <c r="D26" s="135" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E26" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D26,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F26" s="150" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G26" s="133" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H26" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I26" s="117"/>
       <c r="J26" s="117"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="P26" s="52"/>
       <c r="Q26" s="51"/>
-      <c r="R26" s="165"/>
-      <c r="S26" s="163"/>
+      <c r="R26" s="51"/>
+      <c r="S26" s="52"/>
       <c r="T26" s="52"/>
       <c r="U26" s="51"/>
-      <c r="V26" s="165"/>
+      <c r="V26" s="51"/>
       <c r="W26" s="52"/>
       <c r="X26" s="52"/>
     </row>
-    <row r="27" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:24" ht="43.5">
       <c r="B27" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C27" s="216"/>
+      <c r="C27" s="218"/>
       <c r="D27" s="135" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E27" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D27,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F27" s="150" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G27" s="133" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H27" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I27" s="117"/>
       <c r="J27" s="117"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
       <c r="O27" s="4"/>
       <c r="P27" s="50"/>
       <c r="Q27" s="51"/>
-      <c r="R27" s="166"/>
-[...1 lines deleted...]
-      <c r="T27" s="164"/>
+      <c r="R27" s="200"/>
+      <c r="S27" s="52"/>
+      <c r="T27" s="50"/>
       <c r="U27" s="51"/>
-      <c r="V27" s="167"/>
+      <c r="V27" s="201"/>
       <c r="W27" s="52"/>
-      <c r="X27" s="164"/>
-[...1 lines deleted...]
-    <row r="28" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+      <c r="X27" s="50"/>
+    </row>
+    <row r="28" spans="2:24" ht="43.5">
       <c r="B28" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C28" s="216"/>
+      <c r="C28" s="218"/>
       <c r="D28" s="135" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E28" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D28,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F28" s="150" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G28" s="133" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H28" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I28" s="117"/>
       <c r="J28" s="117"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
       <c r="O28" s="4"/>
       <c r="P28" s="52"/>
       <c r="Q28" s="51"/>
-      <c r="R28" s="165"/>
-      <c r="S28" s="163"/>
+      <c r="R28" s="51"/>
+      <c r="S28" s="52"/>
       <c r="T28" s="52"/>
       <c r="U28" s="51"/>
-      <c r="V28" s="165"/>
+      <c r="V28" s="51"/>
       <c r="W28" s="52"/>
       <c r="X28" s="52"/>
     </row>
-    <row r="29" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:24" ht="57.95">
       <c r="B29" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C29" s="216"/>
+      <c r="C29" s="218"/>
       <c r="D29" s="134" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E29" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D29,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
-        <v>No</v>
+        <v>Yes</v>
       </c>
       <c r="F29" s="152" t="s">
         <v>183</v>
       </c>
       <c r="G29" s="133" t="s">
         <v>184</v>
       </c>
       <c r="H29" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I29" s="117"/>
       <c r="J29" s="117"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="50"/>
       <c r="Q29" s="51"/>
-      <c r="R29" s="166"/>
-[...1 lines deleted...]
-      <c r="T29" s="164"/>
+      <c r="R29" s="200"/>
+      <c r="S29" s="52"/>
+      <c r="T29" s="50"/>
       <c r="U29" s="51"/>
-      <c r="V29" s="167"/>
+      <c r="V29" s="201"/>
       <c r="W29" s="52"/>
-      <c r="X29" s="164"/>
-[...1 lines deleted...]
-    <row r="30" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+      <c r="X29" s="50"/>
+    </row>
+    <row r="30" spans="2:24" ht="57.95">
       <c r="B30" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C30" s="216"/>
+      <c r="C30" s="218"/>
       <c r="D30" s="135" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E30" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D30,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
-        <v>No</v>
+        <v>Yes</v>
       </c>
       <c r="F30" s="152" t="s">
         <v>185</v>
       </c>
       <c r="G30" s="133" t="s">
         <v>186</v>
       </c>
       <c r="H30" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I30" s="117"/>
       <c r="J30" s="117"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
       <c r="O30" s="4"/>
       <c r="P30" s="52"/>
       <c r="Q30" s="51"/>
-      <c r="R30" s="165"/>
-      <c r="S30" s="163"/>
+      <c r="R30" s="51"/>
+      <c r="S30" s="52"/>
       <c r="T30" s="52"/>
       <c r="U30" s="51"/>
-      <c r="V30" s="165"/>
+      <c r="V30" s="51"/>
       <c r="W30" s="52"/>
       <c r="X30" s="52"/>
     </row>
-    <row r="31" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:24" ht="43.5">
       <c r="B31" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C31" s="216"/>
+      <c r="C31" s="218"/>
       <c r="D31" s="135" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E31" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D31,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
-        <v>No</v>
+        <v>Yes</v>
       </c>
       <c r="F31" s="152" t="s">
         <v>187</v>
       </c>
       <c r="G31" s="133" t="s">
         <v>188</v>
       </c>
       <c r="H31" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I31" s="117"/>
       <c r="J31" s="117"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="50"/>
       <c r="Q31" s="51"/>
-      <c r="R31" s="166"/>
-[...1 lines deleted...]
-      <c r="T31" s="164"/>
+      <c r="R31" s="200"/>
+      <c r="S31" s="52"/>
+      <c r="T31" s="50"/>
       <c r="U31" s="51"/>
-      <c r="V31" s="167"/>
+      <c r="V31" s="201"/>
       <c r="W31" s="52"/>
-      <c r="X31" s="164"/>
-[...1 lines deleted...]
-    <row r="32" spans="2:24" ht="32" x14ac:dyDescent="0.2">
+      <c r="X31" s="50"/>
+    </row>
+    <row r="32" spans="2:24" ht="29.1">
       <c r="B32" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C32" s="216"/>
+      <c r="C32" s="218"/>
       <c r="D32" s="135" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E32" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D32,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
-        <v>No</v>
+        <v>Yes</v>
       </c>
       <c r="F32" s="152" t="s">
         <v>189</v>
       </c>
       <c r="G32" s="133" t="s">
         <v>190</v>
       </c>
       <c r="H32" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I32" s="117"/>
       <c r="J32" s="117"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="52"/>
       <c r="Q32" s="51"/>
-      <c r="R32" s="165"/>
-      <c r="S32" s="163"/>
+      <c r="R32" s="51"/>
+      <c r="S32" s="52"/>
       <c r="T32" s="52"/>
       <c r="U32" s="51"/>
-      <c r="V32" s="165"/>
+      <c r="V32" s="51"/>
       <c r="W32" s="52"/>
       <c r="X32" s="52"/>
     </row>
-    <row r="33" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:24" ht="43.5">
       <c r="B33" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C33" s="216"/>
+      <c r="C33" s="218"/>
       <c r="D33" s="135" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E33" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D33,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
-        <v>No</v>
+        <v>Yes</v>
       </c>
       <c r="F33" s="152" t="s">
         <v>191</v>
       </c>
       <c r="G33" s="133" t="s">
         <v>192</v>
       </c>
       <c r="H33" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I33" s="117"/>
       <c r="J33" s="117"/>
       <c r="K33" s="4"/>
       <c r="L33" s="4"/>
       <c r="M33" s="4"/>
       <c r="N33" s="4"/>
       <c r="O33" s="4"/>
       <c r="P33" s="50"/>
       <c r="Q33" s="51"/>
-      <c r="R33" s="166"/>
-[...1 lines deleted...]
-      <c r="T33" s="164"/>
+      <c r="R33" s="200"/>
+      <c r="S33" s="52"/>
+      <c r="T33" s="50"/>
       <c r="U33" s="51"/>
-      <c r="V33" s="167"/>
+      <c r="V33" s="201"/>
       <c r="W33" s="52"/>
-      <c r="X33" s="164"/>
-[...1 lines deleted...]
-    <row r="34" spans="2:24" ht="32" x14ac:dyDescent="0.2">
+      <c r="X33" s="50"/>
+    </row>
+    <row r="34" spans="2:24" ht="29.1">
       <c r="B34" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C34" s="216"/>
+      <c r="C34" s="218"/>
       <c r="D34" s="134" t="s">
         <v>193</v>
       </c>
       <c r="E34" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D34,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F34" s="152" t="s">
         <v>194</v>
       </c>
       <c r="G34" s="133" t="s">
         <v>195</v>
       </c>
       <c r="H34" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I34" s="117"/>
       <c r="J34" s="117"/>
       <c r="K34" s="4"/>
       <c r="L34" s="4"/>
       <c r="M34" s="4"/>
       <c r="N34" s="4"/>
       <c r="O34" s="4"/>
       <c r="P34" s="52"/>
       <c r="Q34" s="51"/>
-      <c r="R34" s="165"/>
-      <c r="S34" s="163"/>
+      <c r="R34" s="51"/>
+      <c r="S34" s="52"/>
       <c r="T34" s="52"/>
       <c r="U34" s="51"/>
-      <c r="V34" s="165"/>
+      <c r="V34" s="51"/>
       <c r="W34" s="52"/>
       <c r="X34" s="52"/>
     </row>
-    <row r="35" spans="2:24" ht="32" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:24" ht="29.1">
       <c r="B35" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C35" s="216"/>
+      <c r="C35" s="218"/>
       <c r="D35" s="135" t="s">
         <v>193</v>
       </c>
       <c r="E35" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D35,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F35" s="152" t="s">
         <v>196</v>
       </c>
       <c r="G35" s="133" t="s">
         <v>197</v>
       </c>
       <c r="H35" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I35" s="117"/>
       <c r="J35" s="117"/>
       <c r="K35" s="4"/>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
       <c r="N35" s="4"/>
       <c r="O35" s="4"/>
       <c r="P35" s="50"/>
       <c r="Q35" s="51"/>
-      <c r="R35" s="166"/>
-[...1 lines deleted...]
-      <c r="T35" s="164"/>
+      <c r="R35" s="200"/>
+      <c r="S35" s="52"/>
+      <c r="T35" s="50"/>
       <c r="U35" s="51"/>
-      <c r="V35" s="167"/>
+      <c r="V35" s="201"/>
       <c r="W35" s="52"/>
-      <c r="X35" s="164"/>
-[...1 lines deleted...]
-    <row r="36" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X35" s="50"/>
+    </row>
+    <row r="36" spans="2:24" ht="57.95">
       <c r="B36" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C36" s="215" t="s">
+      <c r="C36" s="217" t="s">
         <v>198</v>
       </c>
       <c r="D36" s="134" t="s">
         <v>199</v>
       </c>
       <c r="E36" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D36,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F36" s="152" t="s">
         <v>200</v>
       </c>
       <c r="G36" s="133" t="s">
         <v>201</v>
       </c>
       <c r="H36" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I36" s="117"/>
       <c r="J36" s="117"/>
       <c r="K36" s="4"/>
       <c r="L36" s="4"/>
       <c r="M36" s="4"/>
       <c r="N36" s="4"/>
       <c r="O36" s="4"/>
       <c r="P36" s="52"/>
       <c r="Q36" s="51"/>
-      <c r="R36" s="165"/>
-      <c r="S36" s="163"/>
+      <c r="R36" s="51"/>
+      <c r="S36" s="52"/>
       <c r="T36" s="52"/>
       <c r="U36" s="51"/>
-      <c r="V36" s="165"/>
+      <c r="V36" s="51"/>
       <c r="W36" s="52"/>
       <c r="X36" s="52"/>
     </row>
-    <row r="37" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:24" ht="57.95">
       <c r="B37" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C37" s="216"/>
+      <c r="C37" s="218"/>
       <c r="D37" s="135" t="s">
         <v>199</v>
       </c>
       <c r="E37" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D37,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F37" s="152" t="s">
         <v>200</v>
       </c>
       <c r="G37" s="133" t="s">
         <v>202</v>
       </c>
       <c r="H37" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I37" s="117"/>
       <c r="J37" s="117"/>
       <c r="K37" s="4"/>
       <c r="L37" s="4"/>
       <c r="M37" s="4"/>
       <c r="N37" s="4"/>
       <c r="O37" s="4"/>
       <c r="P37" s="50"/>
       <c r="Q37" s="51"/>
-      <c r="R37" s="166"/>
-[...1 lines deleted...]
-      <c r="T37" s="164"/>
+      <c r="R37" s="200"/>
+      <c r="S37" s="52"/>
+      <c r="T37" s="50"/>
       <c r="U37" s="51"/>
-      <c r="V37" s="167"/>
+      <c r="V37" s="201"/>
       <c r="W37" s="52"/>
-      <c r="X37" s="164"/>
-[...1 lines deleted...]
-    <row r="38" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X37" s="50"/>
+    </row>
+    <row r="38" spans="2:24" ht="57.95">
       <c r="B38" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C38" s="216"/>
+      <c r="C38" s="218"/>
       <c r="D38" s="135" t="s">
         <v>199</v>
       </c>
       <c r="E38" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D38,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F38" s="152" t="s">
         <v>200</v>
       </c>
       <c r="G38" s="133" t="s">
         <v>203</v>
       </c>
       <c r="H38" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I38" s="117"/>
       <c r="J38" s="117"/>
       <c r="K38" s="4"/>
       <c r="L38" s="4"/>
       <c r="M38" s="4"/>
       <c r="N38" s="4"/>
       <c r="O38" s="4"/>
       <c r="P38" s="52"/>
       <c r="Q38" s="51"/>
-      <c r="R38" s="165"/>
-      <c r="S38" s="163"/>
+      <c r="R38" s="51"/>
+      <c r="S38" s="52"/>
       <c r="T38" s="52"/>
       <c r="U38" s="51"/>
-      <c r="V38" s="165"/>
+      <c r="V38" s="51"/>
       <c r="W38" s="52"/>
       <c r="X38" s="52"/>
     </row>
-    <row r="39" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:24" ht="72.599999999999994">
       <c r="B39" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C39" s="216"/>
+      <c r="C39" s="218"/>
       <c r="D39" s="135" t="s">
         <v>204</v>
       </c>
       <c r="E39" s="139" t="str">
         <f>IF(ISNUMBER(MATCH(D39,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F39" s="152" t="s">
         <v>205</v>
       </c>
       <c r="G39" s="133" t="s">
         <v>206</v>
       </c>
       <c r="H39" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I39" s="117"/>
       <c r="J39" s="117"/>
       <c r="K39" s="4"/>
       <c r="L39" s="4"/>
       <c r="M39" s="4"/>
       <c r="N39" s="4"/>
       <c r="O39" s="4"/>
       <c r="P39" s="50"/>
       <c r="Q39" s="51"/>
-      <c r="R39" s="166"/>
-[...1 lines deleted...]
-      <c r="T39" s="164"/>
+      <c r="R39" s="200"/>
+      <c r="S39" s="52"/>
+      <c r="T39" s="50"/>
       <c r="U39" s="51"/>
-      <c r="V39" s="167"/>
+      <c r="V39" s="201"/>
       <c r="W39" s="52"/>
-      <c r="X39" s="164"/>
-[...1 lines deleted...]
-    <row r="40" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X39" s="50"/>
+    </row>
+    <row r="40" spans="2:24" ht="72.599999999999994">
       <c r="B40" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C40" s="216"/>
+      <c r="C40" s="218"/>
       <c r="D40" s="137" t="s">
         <v>204</v>
       </c>
       <c r="E40" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D40,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F40" s="152" t="s">
         <v>207</v>
       </c>
       <c r="G40" s="133" t="s">
         <v>208</v>
       </c>
       <c r="H40" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I40" s="117"/>
       <c r="J40" s="117"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
       <c r="N40" s="4"/>
       <c r="O40" s="4"/>
       <c r="P40" s="52"/>
       <c r="Q40" s="51"/>
-      <c r="R40" s="165"/>
-      <c r="S40" s="163"/>
+      <c r="R40" s="51"/>
+      <c r="S40" s="52"/>
       <c r="T40" s="52"/>
       <c r="U40" s="51"/>
-      <c r="V40" s="165"/>
+      <c r="V40" s="51"/>
       <c r="W40" s="52"/>
       <c r="X40" s="52"/>
     </row>
-    <row r="41" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:24" ht="72.599999999999994">
       <c r="B41" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C41" s="216"/>
+      <c r="C41" s="218"/>
       <c r="D41" s="135" t="s">
         <v>204</v>
       </c>
       <c r="E41" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D41,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F41" s="152" t="s">
         <v>209</v>
       </c>
       <c r="G41" s="133" t="s">
         <v>210</v>
       </c>
       <c r="H41" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I41" s="117"/>
       <c r="J41" s="117"/>
       <c r="K41" s="4"/>
       <c r="L41" s="4"/>
       <c r="M41" s="4"/>
       <c r="N41" s="4"/>
       <c r="O41" s="4"/>
       <c r="P41" s="50"/>
       <c r="Q41" s="51"/>
-      <c r="R41" s="166"/>
-[...1 lines deleted...]
-      <c r="T41" s="164"/>
+      <c r="R41" s="200"/>
+      <c r="S41" s="52"/>
+      <c r="T41" s="50"/>
       <c r="U41" s="51"/>
-      <c r="V41" s="167"/>
+      <c r="V41" s="201"/>
       <c r="W41" s="52"/>
-      <c r="X41" s="164"/>
-[...1 lines deleted...]
-    <row r="42" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+      <c r="X41" s="50"/>
+    </row>
+    <row r="42" spans="2:24" ht="43.5">
       <c r="B42" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C42" s="216"/>
+      <c r="C42" s="218"/>
       <c r="D42" s="132" t="s">
         <v>211</v>
       </c>
       <c r="E42" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D42,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F42" s="152" t="s">
         <v>212</v>
       </c>
       <c r="G42" s="133" t="s">
         <v>213</v>
       </c>
       <c r="H42" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I42" s="117"/>
       <c r="J42" s="117"/>
       <c r="K42" s="4"/>
       <c r="L42" s="4"/>
       <c r="M42" s="4"/>
       <c r="N42" s="4"/>
       <c r="O42" s="4"/>
       <c r="P42" s="52"/>
       <c r="Q42" s="51"/>
-      <c r="R42" s="165"/>
-      <c r="S42" s="163"/>
+      <c r="R42" s="51"/>
+      <c r="S42" s="52"/>
       <c r="T42" s="52"/>
       <c r="U42" s="51"/>
-      <c r="V42" s="165"/>
+      <c r="V42" s="51"/>
       <c r="W42" s="52"/>
       <c r="X42" s="52"/>
     </row>
-    <row r="43" spans="2:24" ht="112" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:24" ht="116.1">
       <c r="B43" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C43" s="215" t="s">
-        <v>110</v>
+      <c r="C43" s="217" t="s">
+        <v>111</v>
       </c>
       <c r="D43" s="132" t="s">
         <v>214</v>
       </c>
       <c r="E43" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D43,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F43" s="152" t="s">
         <v>215</v>
       </c>
       <c r="G43" s="133" t="s">
         <v>216</v>
       </c>
       <c r="H43" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I43" s="117"/>
       <c r="J43" s="117"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="50"/>
       <c r="Q43" s="51"/>
-      <c r="R43" s="166"/>
-[...1 lines deleted...]
-      <c r="T43" s="164"/>
+      <c r="R43" s="200"/>
+      <c r="S43" s="52"/>
+      <c r="T43" s="50"/>
       <c r="U43" s="51"/>
-      <c r="V43" s="167"/>
+      <c r="V43" s="201"/>
       <c r="W43" s="52"/>
-      <c r="X43" s="164"/>
-[...1 lines deleted...]
-    <row r="44" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X43" s="50"/>
+    </row>
+    <row r="44" spans="2:24" ht="57.95">
       <c r="B44" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C44" s="216"/>
+      <c r="C44" s="218"/>
       <c r="D44" s="134" t="s">
         <v>217</v>
       </c>
       <c r="E44" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D44,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F44" s="152" t="s">
         <v>218</v>
       </c>
       <c r="G44" s="133" t="s">
         <v>219</v>
       </c>
       <c r="H44" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I44" s="117"/>
       <c r="J44" s="117"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="4"/>
       <c r="P44" s="52"/>
       <c r="Q44" s="51"/>
-      <c r="R44" s="165"/>
-      <c r="S44" s="163"/>
+      <c r="R44" s="51"/>
+      <c r="S44" s="52"/>
       <c r="T44" s="52"/>
       <c r="U44" s="51"/>
-      <c r="V44" s="165"/>
+      <c r="V44" s="51"/>
       <c r="W44" s="52"/>
       <c r="X44" s="52"/>
     </row>
-    <row r="45" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:24" ht="72.599999999999994">
       <c r="B45" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C45" s="216"/>
+      <c r="C45" s="218"/>
       <c r="D45" s="135" t="s">
         <v>217</v>
       </c>
       <c r="E45" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D45,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F45" s="152" t="s">
         <v>220</v>
       </c>
       <c r="G45" s="133" t="s">
         <v>221</v>
       </c>
       <c r="H45" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I45" s="117"/>
       <c r="J45" s="117"/>
       <c r="K45" s="4"/>
       <c r="L45" s="4"/>
       <c r="M45" s="4"/>
       <c r="N45" s="4"/>
       <c r="O45" s="4"/>
       <c r="P45" s="50"/>
       <c r="Q45" s="51"/>
-      <c r="R45" s="166"/>
-[...1 lines deleted...]
-      <c r="T45" s="164"/>
+      <c r="R45" s="200"/>
+      <c r="S45" s="52"/>
+      <c r="T45" s="50"/>
       <c r="U45" s="51"/>
-      <c r="V45" s="167"/>
+      <c r="V45" s="201"/>
       <c r="W45" s="52"/>
-      <c r="X45" s="164"/>
-[...1 lines deleted...]
-    <row r="46" spans="2:24" ht="80" x14ac:dyDescent="0.2">
+      <c r="X45" s="50"/>
+    </row>
+    <row r="46" spans="2:24" ht="72.599999999999994">
       <c r="B46" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C46" s="216"/>
+      <c r="C46" s="218"/>
       <c r="D46" s="132" t="s">
         <v>222</v>
       </c>
       <c r="E46" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D46,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F46" s="152" t="s">
         <v>223</v>
       </c>
       <c r="G46" s="133" t="s">
         <v>224</v>
       </c>
       <c r="H46" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I46" s="117"/>
       <c r="J46" s="117"/>
       <c r="K46" s="4"/>
       <c r="L46" s="4"/>
       <c r="M46" s="4"/>
       <c r="N46" s="4"/>
       <c r="O46" s="4"/>
       <c r="P46" s="52"/>
       <c r="Q46" s="51"/>
-      <c r="R46" s="165"/>
-      <c r="S46" s="163"/>
+      <c r="R46" s="51"/>
+      <c r="S46" s="52"/>
       <c r="T46" s="52"/>
       <c r="U46" s="51"/>
-      <c r="V46" s="165"/>
+      <c r="V46" s="51"/>
       <c r="W46" s="52"/>
       <c r="X46" s="52"/>
     </row>
-    <row r="47" spans="2:24" ht="16" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:24">
       <c r="B47" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C47" s="218" t="s">
-        <v>111</v>
+      <c r="C47" s="220" t="s">
+        <v>112</v>
       </c>
       <c r="D47" s="141" t="s">
         <v>225</v>
       </c>
       <c r="E47" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D47,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F47" s="152" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="G47" s="133" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H47" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I47" s="117"/>
       <c r="J47" s="117"/>
       <c r="K47" s="4"/>
       <c r="L47" s="4"/>
       <c r="M47" s="4"/>
       <c r="N47" s="4"/>
       <c r="O47" s="4"/>
       <c r="P47" s="50"/>
       <c r="Q47" s="51"/>
-      <c r="R47" s="166"/>
-[...1 lines deleted...]
-      <c r="T47" s="164"/>
+      <c r="R47" s="200"/>
+      <c r="S47" s="52"/>
+      <c r="T47" s="50"/>
       <c r="U47" s="51"/>
-      <c r="V47" s="167"/>
+      <c r="V47" s="201"/>
       <c r="W47" s="52"/>
-      <c r="X47" s="164"/>
-[...1 lines deleted...]
-    <row r="48" spans="2:24" ht="32" x14ac:dyDescent="0.2">
+      <c r="X47" s="50"/>
+    </row>
+    <row r="48" spans="2:24" ht="29.1">
       <c r="B48" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C48" s="218"/>
+      <c r="C48" s="220"/>
       <c r="D48" s="142" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E48" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D48,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F48" s="152" t="s">
         <v>218</v>
       </c>
       <c r="G48" s="133" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H48" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I48" s="117"/>
       <c r="J48" s="117"/>
       <c r="K48" s="4"/>
       <c r="L48" s="4"/>
       <c r="M48" s="4"/>
       <c r="N48" s="4"/>
       <c r="O48" s="4"/>
       <c r="P48" s="52"/>
       <c r="Q48" s="51"/>
-      <c r="R48" s="165"/>
-      <c r="S48" s="163"/>
+      <c r="R48" s="51"/>
+      <c r="S48" s="52"/>
       <c r="T48" s="52"/>
       <c r="U48" s="51"/>
-      <c r="V48" s="165"/>
+      <c r="V48" s="51"/>
       <c r="W48" s="52"/>
       <c r="X48" s="52"/>
     </row>
-    <row r="49" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:24" ht="43.5">
       <c r="B49" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C49" s="218"/>
+      <c r="C49" s="220"/>
       <c r="D49" s="142" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E49" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D49,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F49" s="152" t="s">
         <v>220</v>
       </c>
       <c r="G49" s="133" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H49" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I49" s="117"/>
       <c r="J49" s="117"/>
       <c r="K49" s="4"/>
       <c r="L49" s="4"/>
       <c r="M49" s="4"/>
       <c r="N49" s="4"/>
       <c r="O49" s="4"/>
       <c r="P49" s="50"/>
       <c r="Q49" s="51"/>
-      <c r="R49" s="166"/>
-[...1 lines deleted...]
-      <c r="T49" s="164"/>
+      <c r="R49" s="200"/>
+      <c r="S49" s="52"/>
+      <c r="T49" s="50"/>
       <c r="U49" s="51"/>
-      <c r="V49" s="167"/>
+      <c r="V49" s="201"/>
       <c r="W49" s="52"/>
-      <c r="X49" s="164"/>
-[...1 lines deleted...]
-    <row r="50" spans="2:24" ht="64" x14ac:dyDescent="0.2">
+      <c r="X49" s="50"/>
+    </row>
+    <row r="50" spans="2:24" ht="72.599999999999994">
       <c r="B50" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C50" s="218"/>
+      <c r="C50" s="220"/>
       <c r="D50" s="142" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E50" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D50,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F50" s="152" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G50" s="133" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H50" s="112" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I50" s="117"/>
       <c r="J50" s="117"/>
       <c r="K50" s="4"/>
       <c r="L50" s="4"/>
       <c r="M50" s="4"/>
       <c r="N50" s="4"/>
       <c r="O50" s="4"/>
       <c r="P50" s="52"/>
       <c r="Q50" s="51"/>
-      <c r="R50" s="165"/>
-      <c r="S50" s="163"/>
+      <c r="R50" s="51"/>
+      <c r="S50" s="52"/>
       <c r="T50" s="52"/>
       <c r="U50" s="51"/>
-      <c r="V50" s="165"/>
+      <c r="V50" s="51"/>
       <c r="W50" s="52"/>
       <c r="X50" s="52"/>
     </row>
-    <row r="51" spans="2:24" ht="48" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:24" ht="43.5">
       <c r="B51" s="4" t="str">
         <f>'6| Summary'!$C$7</f>
         <v>Example</v>
       </c>
-      <c r="C51" s="218"/>
+      <c r="C51" s="220"/>
       <c r="D51" s="142" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E51" s="138" t="str">
         <f>IF(ISNUMBER(MATCH(D51,'3| Costed Functions'!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="F51" s="152" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G51" s="133" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H51" s="112" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I51" s="117"/>
       <c r="J51" s="117"/>
       <c r="K51" s="4"/>
       <c r="L51" s="4"/>
       <c r="M51" s="4"/>
       <c r="N51" s="4"/>
       <c r="O51" s="4"/>
       <c r="P51" s="50"/>
       <c r="Q51" s="51"/>
-      <c r="R51" s="166"/>
-[...1 lines deleted...]
-      <c r="T51" s="164"/>
+      <c r="R51" s="200"/>
+      <c r="S51" s="52"/>
+      <c r="T51" s="50"/>
       <c r="U51" s="51"/>
-      <c r="V51" s="167"/>
+      <c r="V51" s="201"/>
       <c r="W51" s="52"/>
-      <c r="X51" s="164"/>
-[...5 lines deleted...]
-      <c r="C64" s="194"/>
+      <c r="X51" s="50"/>
+    </row>
+    <row r="62" spans="2:24">
+      <c r="C62" s="188"/>
+    </row>
+    <row r="64" spans="2:24">
+      <c r="C64" s="188"/>
     </row>
   </sheetData>
   <mergeCells count="11">
+    <mergeCell ref="C8:C24"/>
+    <mergeCell ref="C43:C46"/>
+    <mergeCell ref="C47:C51"/>
+    <mergeCell ref="C25:C35"/>
+    <mergeCell ref="C36:C42"/>
     <mergeCell ref="C2:G2"/>
     <mergeCell ref="W6:X6"/>
     <mergeCell ref="P3:X3"/>
     <mergeCell ref="Q6:R6"/>
     <mergeCell ref="S6:T6"/>
     <mergeCell ref="U6:V6"/>
-    <mergeCell ref="C8:C24"/>
-[...3 lines deleted...]
-    <mergeCell ref="C36:C42"/>
   </mergeCells>
   <conditionalFormatting sqref="E8:F51">
     <cfRule type="containsText" dxfId="10" priority="1" operator="containsText" text="Yes">
       <formula>NOT(ISERROR(SEARCH("Yes",E8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8:I51">
     <cfRule type="containsText" dxfId="9" priority="2" operator="containsText" text="YES">
       <formula>NOT(ISERROR(SEARCH("YES",I8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="8">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the first half of the year (H1). Please copy paste the target for the same indicator for each row." sqref="U7 Q7 S7 W7" xr:uid="{D1750F6C-CCFE-44CB-8793-7A75ABFE919D}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the second half of the year (H2). Please copy paste the target for the same indicator for each row." sqref="P7 T7 X7 R7 V7" xr:uid="{7EEFC753-5336-480A-A5EA-B1C165AAAE15}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select " sqref="I8:I51" xr:uid="{F8F3EB12-9808-4EF1-AB27-78B739BF1045}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please enter the partner name" sqref="J8:J51" xr:uid="{AD098CBC-2842-412C-819A-27EEFB326B10}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M52" xr:uid="{BC8FD82F-C5BF-489A-82C9-A38207C036F2}">
       <formula1>"Annual, bi-annual, other"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M8:M51" xr:uid="{A0E626EE-4978-410D-B4CF-FF1FB9913F3B}">
       <formula1>"Annual, Bi-annual"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the second half of the year (H2)." sqref="P8:P51 R8:R51 T8:T51 X8:X51 V8:V51" xr:uid="{D1856AF2-44D7-4BC9-90A9-7AB4FAE9FF99}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the first half of the year (H1). " sqref="Q8:Q51 S8:S51 U8:U51 W8:W51" xr:uid="{6BA66D48-517D-4411-BF41-A84DA85D08FC}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{846E7BE6-5153-48B0-8AD2-088EC81E5837}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
-  <dimension ref="B3:J38"/>
+  <dimension ref="B3:J42"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="I47" sqref="I47"/>
+    <sheetView showGridLines="0" topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="5.6640625" customWidth="1"/>
+    <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
-    <col min="3" max="8" width="25.83203125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="15.83203125" customWidth="1"/>
+    <col min="3" max="8" width="25.85546875" customWidth="1"/>
+    <col min="9" max="9" width="21.5703125" customWidth="1"/>
+    <col min="10" max="10" width="15.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:10" ht="16" thickBot="1" x14ac:dyDescent="0.25"/>
-[...9 lines deleted...]
-      <c r="B5" s="202" t="s">
+    <row r="3" spans="2:10" ht="15" thickBot="1"/>
+    <row r="4" spans="2:10" ht="18" customHeight="1" thickBot="1">
+      <c r="B4" s="221" t="s">
         <v>235</v>
       </c>
-      <c r="C5" s="201"/>
-[...4 lines deleted...]
-    <row r="7" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+      <c r="C4" s="222"/>
+      <c r="D4" s="222"/>
+      <c r="E4" s="223"/>
+    </row>
+    <row r="5" spans="2:10" ht="18" customHeight="1">
+      <c r="B5" s="196" t="s">
+        <v>236</v>
+      </c>
+      <c r="C5" s="195"/>
+      <c r="D5" s="195"/>
+      <c r="E5" s="195"/>
+    </row>
+    <row r="6" spans="2:10" ht="15" thickBot="1"/>
+    <row r="7" spans="2:10" ht="15.6">
       <c r="B7" s="127" t="s">
         <v>73</v>
       </c>
       <c r="C7" s="16" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
       <c r="D7" s="153"/>
     </row>
-    <row r="8" spans="2:10" ht="16" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="9" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:10" ht="15" thickBot="1"/>
+    <row r="9" spans="2:10" ht="15.6">
       <c r="B9" s="127" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C9" s="128"/>
       <c r="D9" s="128"/>
       <c r="E9" s="128"/>
       <c r="F9" s="128"/>
       <c r="G9" s="128"/>
     </row>
-    <row r="10" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:10" ht="15.6">
       <c r="B10" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" ht="15.6">
       <c r="B11" s="14" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="C11" s="206">
+        <v>244</v>
+      </c>
+      <c r="C11" s="202">
         <f>VLOOKUP($C$7,'HIDE Budgets'!$B$2:$G$58,4,FALSE)</f>
         <v>0</v>
       </c>
-      <c r="D11" s="206">
+      <c r="D11" s="202">
         <f>VLOOKUP($C$7,'HIDE Budgets'!$B$2:$G$58,5,FALSE)</f>
         <v>0</v>
       </c>
       <c r="E11" s="6">
         <f>SUM('3| Costed Functions'!Z10:Z99)</f>
         <v>0</v>
       </c>
       <c r="F11" s="15">
         <f>C11-D11-E11</f>
         <v>0</v>
       </c>
       <c r="G11" s="10" t="e">
         <f>(D11+E11)/C11</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="12" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:10" ht="15.6">
       <c r="F12" s="105"/>
       <c r="G12" s="106"/>
     </row>
-    <row r="13" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:10" ht="15.6">
       <c r="B13" s="129" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C13" s="130"/>
       <c r="D13" s="130"/>
       <c r="E13" s="130"/>
       <c r="F13" s="130"/>
       <c r="G13" s="130"/>
       <c r="H13" s="130"/>
       <c r="I13" s="130"/>
       <c r="J13" s="130"/>
     </row>
-    <row r="14" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:10" ht="15.6">
       <c r="B14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="15" spans="2:10" ht="15.6">
       <c r="B15" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,C$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,D$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="E15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,E$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="F15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,F$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="G15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,G$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="H15" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,H$14,'3| Costed Functions'!$C$10:$C$100,$B15)</f>
         <v>0</v>
       </c>
       <c r="I15" s="107">
         <f>SUM(C15:H15)</f>
         <v>0</v>
       </c>
-      <c r="J15" s="207" t="e">
+      <c r="J15" s="203" t="e">
         <f>I15/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="16" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:10" ht="15.6">
       <c r="B16" s="17" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,C$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,D$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="E16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,E$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="F16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,F$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="G16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,G$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="H16" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,H$14,'3| Costed Functions'!$C$10:$C$100,$B16)</f>
         <v>0</v>
       </c>
       <c r="I16" s="107">
         <f>SUM(C16:H16)</f>
         <v>0</v>
       </c>
-      <c r="J16" s="207" t="e">
+      <c r="J16" s="203" t="e">
         <f>I16/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="17" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:10" ht="15.6">
       <c r="B17" s="17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,C$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,D$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="E17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,E$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="F17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,F$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="G17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,G$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="H17" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,H$14,'3| Costed Functions'!$C$10:$C$100,$B17)</f>
         <v>0</v>
       </c>
       <c r="I17" s="107">
         <f>SUM(C17:H17)</f>
         <v>0</v>
       </c>
-      <c r="J17" s="207" t="e">
+      <c r="J17" s="203" t="e">
         <f>I17/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="18" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:10" ht="15.6">
       <c r="B18" s="17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,C$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,D$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="E18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,E$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="F18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,F$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="G18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,G$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="H18" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,H$14,'3| Costed Functions'!$C$10:$C$100,$B18)</f>
         <v>0</v>
       </c>
       <c r="I18" s="107">
         <f>SUM(C18:H18)</f>
         <v>0</v>
       </c>
-      <c r="J18" s="207" t="e">
+      <c r="J18" s="203" t="e">
         <f>I18/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="19" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:10" ht="15.6">
       <c r="B19" s="17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,C$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,D$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="E19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,E$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="F19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,F$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="G19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,G$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="H19" s="6">
         <f>SUMIFS('3| Costed Functions'!$Z$10:$Z$100,'3| Costed Functions'!$G$10:$G$100,H$14,'3| Costed Functions'!$C$10:$C$100,$B19)</f>
         <v>0</v>
       </c>
       <c r="I19" s="107">
         <f>SUM(C19:H19)</f>
         <v>0</v>
       </c>
-      <c r="J19" s="207" t="e">
+      <c r="J19" s="203" t="e">
         <f>I19/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="20" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:10" ht="15.6">
       <c r="B20" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C20" s="7">
         <f>SUM(C15:C19)</f>
         <v>0</v>
       </c>
       <c r="D20" s="7">
         <f t="shared" ref="D20:E20" si="0">SUM(D15:D19)</f>
         <v>0</v>
       </c>
       <c r="E20" s="7">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F20" s="7">
         <f>SUM(F15:F19)</f>
         <v>0</v>
       </c>
       <c r="G20" s="7">
         <f>SUM(G15:G19)</f>
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <f>SUM(H15:H19)</f>
         <v>0</v>
       </c>
       <c r="I20" s="107">
         <f>SUM(I15:I19)</f>
         <v>0</v>
       </c>
-      <c r="J20" s="207" t="e">
+      <c r="J20" s="203" t="e">
         <f>SUM(J15:J19)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="21" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:10" ht="15.6">
       <c r="B21" s="8" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="C21" s="208" t="e">
+        <v>254</v>
+      </c>
+      <c r="C21" s="204" t="e">
         <f>C20/$I$20</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D21" s="208" t="e">
+      <c r="D21" s="204" t="e">
         <f t="shared" ref="D21:H21" si="1">D20/$I$20</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="E21" s="208" t="e">
+      <c r="E21" s="204" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="F21" s="208" t="e">
+      <c r="F21" s="204" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="G21" s="208" t="e">
+      <c r="G21" s="204" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="H21" s="208" t="e">
+      <c r="H21" s="204" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="I21" s="207" t="e">
+      <c r="I21" s="203" t="e">
         <f>SUM(C21:H21)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="23" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:10" ht="15.6">
       <c r="B23" s="129" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C23" s="130"/>
       <c r="D23" s="130"/>
       <c r="E23" s="130"/>
       <c r="F23" s="130"/>
       <c r="G23" s="130"/>
       <c r="H23" s="130"/>
       <c r="I23" s="130"/>
       <c r="J23" s="130"/>
     </row>
-    <row r="24" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:10" ht="15.6">
       <c r="B24" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" ht="15.75">
       <c r="B25" s="17" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="D25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="E25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="F25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="G25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="H25" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$U$10:$U$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$V$10:$V$100)</f>
         <v>0</v>
       </c>
       <c r="I25" s="107">
-        <f>SUM(C25:H25)</f>
-[...2 lines deleted...]
-      <c r="J25" s="207" t="e">
+        <f t="shared" ref="I25:I26" si="2">SUM(C25:H25)</f>
+        <v>0</v>
+      </c>
+      <c r="J25" s="203" t="e">
         <f>I25/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="26" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:10" ht="15.75">
       <c r="B26" s="17" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="D26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="E26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="F26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="G26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="H26" s="6">
-        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$J$10:$J$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$M$10:$M$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$P$10:$P$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$S$10:$S$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$V$10:$V$100)</f>
+        <f>SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$I$10:$I$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$L$10:$L$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$O$10:$O$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$R$10:$R$100)+SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$U$10:$U$100)</f>
         <v>0</v>
       </c>
       <c r="I26" s="107">
-        <f>SUM(C26:H26)</f>
-[...2 lines deleted...]
-      <c r="J26" s="207" t="e">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="203" t="e">
         <f>I26/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="27" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:10" ht="15.6">
       <c r="B27" s="17" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,C$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,D$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="E27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,E$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="F27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,F$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="G27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,G$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="H27" s="6">
         <f>SUMIF('3| Costed Functions'!$G$10:$G$100,H$24,'3| Costed Functions'!$Y$10:$Y$100)</f>
         <v>0</v>
       </c>
       <c r="I27" s="107">
         <f>SUM(C27:H27)</f>
         <v>0</v>
       </c>
-      <c r="J27" s="207" t="e">
+      <c r="J27" s="203" t="e">
         <f>I27/$I$20</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="28" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:10" ht="15.6">
       <c r="B28" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C28" s="7">
-        <f t="shared" ref="C28:J28" si="2">SUM(C25:C27)</f>
+        <f>SUM(C25:C27)</f>
         <v>0</v>
       </c>
       <c r="D28" s="7">
-        <f t="shared" si="2"/>
+        <f>SUM(D25:D27)</f>
         <v>0</v>
       </c>
       <c r="E28" s="7">
-        <f t="shared" si="2"/>
+        <f>SUM(E25:E27)</f>
         <v>0</v>
       </c>
       <c r="F28" s="7">
-        <f t="shared" si="2"/>
+        <f>SUM(F25:F27)</f>
         <v>0</v>
       </c>
       <c r="G28" s="7">
-        <f t="shared" si="2"/>
+        <f>SUM(G25:G27)</f>
         <v>0</v>
       </c>
       <c r="H28" s="7">
-        <f t="shared" si="2"/>
+        <f>SUM(H25:H27)</f>
         <v>0</v>
       </c>
       <c r="I28" s="107">
-        <f t="shared" si="2"/>
-[...3 lines deleted...]
-        <f t="shared" si="2"/>
+        <f t="shared" ref="I28:J28" si="3">SUM(I25:I27)</f>
+        <v>0</v>
+      </c>
+      <c r="J28" s="203" t="e">
+        <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="30" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:10" ht="15.6">
       <c r="B30" s="129" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C30" s="130"/>
       <c r="D30" s="130"/>
       <c r="E30" s="130"/>
       <c r="F30" s="130"/>
       <c r="G30" s="130"/>
       <c r="H30" s="130"/>
       <c r="I30" s="130"/>
       <c r="J30" s="130"/>
     </row>
-    <row r="31" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:10" ht="15.6">
       <c r="B31" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="32" spans="2:10" ht="15.6">
       <c r="B32" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,C$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,D$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="E32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,E$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="F32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,F$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="G32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,G$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="H32" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,H$31,'4| HR Profile'!$F$7:$F$103)</f>
         <v>0</v>
       </c>
       <c r="I32" s="107">
         <f>SUM(C32:H32)</f>
         <v>0</v>
       </c>
-      <c r="J32" s="207" t="e">
-        <f t="shared" ref="J32:J37" si="3">I32/$I$37</f>
+      <c r="J32" s="203" t="e">
+        <f t="shared" ref="J32:J37" si="4">I32/$I$37</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="33" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:10" ht="15.6">
       <c r="B33" s="17" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,C$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="D33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,D$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="E33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,E$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="F33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,F$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="G33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,G$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="H33" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,H$31,'4| HR Profile'!$G$7:$G$103)</f>
         <v>0</v>
       </c>
       <c r="I33" s="107">
         <f>SUM(C33:H33)</f>
         <v>0</v>
       </c>
-      <c r="J33" s="207" t="e">
-        <f t="shared" si="3"/>
+      <c r="J33" s="203" t="e">
+        <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="34" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:10" ht="15.6">
       <c r="B34" s="17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,C$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,D$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="E34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,E$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="F34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,F$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="G34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,G$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="H34" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,H$31,'4| HR Profile'!$H$7:$H$103)</f>
         <v>0</v>
       </c>
       <c r="I34" s="107">
         <f>SUM(C34:H34)</f>
         <v>0</v>
       </c>
-      <c r="J34" s="207" t="e">
-        <f t="shared" si="3"/>
+      <c r="J34" s="203" t="e">
+        <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="35" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:10" ht="15.6">
       <c r="B35" s="17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,C$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,D$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="E35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,E$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="F35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,F$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="G35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,G$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="H35" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,H$31,'4| HR Profile'!$I$7:$I$103)</f>
         <v>0</v>
       </c>
       <c r="I35" s="107">
         <f>SUM(C35:H35)</f>
         <v>0</v>
       </c>
-      <c r="J35" s="207" t="e">
-        <f t="shared" si="3"/>
+      <c r="J35" s="203" t="e">
+        <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="36" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:10" ht="15.6">
       <c r="B36" s="17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,C$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,D$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="E36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,E$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="F36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,F$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="G36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,G$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="H36" s="6">
         <f>SUMIF('4| HR Profile'!$A$7:$A$103,H$31,'4| HR Profile'!$J$7:$J$103)</f>
         <v>0</v>
       </c>
       <c r="I36" s="107">
         <f>SUM(C36:H36)</f>
         <v>0</v>
       </c>
-      <c r="J36" s="207" t="e">
-        <f t="shared" si="3"/>
+      <c r="J36" s="203" t="e">
+        <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="37" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:10" ht="15.6">
       <c r="B37" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C37" s="7">
         <f>SUM(C32:C36)</f>
         <v>0</v>
       </c>
       <c r="D37" s="7">
-        <f t="shared" ref="D37:E37" si="4">SUM(D32:D36)</f>
+        <f t="shared" ref="D37:E37" si="5">SUM(D32:D36)</f>
         <v>0</v>
       </c>
       <c r="E37" s="7">
-        <f t="shared" si="4"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F37" s="7">
         <f>SUM(F32:F36)</f>
         <v>0</v>
       </c>
       <c r="G37" s="7">
         <f>SUM(G32:G36)</f>
         <v>0</v>
       </c>
       <c r="H37" s="7">
         <f>SUM(H32:H36)</f>
         <v>0</v>
       </c>
       <c r="I37" s="107">
         <f>SUM(I32:I36)</f>
         <v>0</v>
       </c>
-      <c r="J37" s="207" t="e">
-        <f t="shared" si="3"/>
+      <c r="J37" s="203" t="e">
+        <f t="shared" si="4"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="38" spans="2:10" ht="16" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:10" ht="15.6">
       <c r="B38" s="8" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <f t="shared" ref="C38:I38" si="5">C37/$I$37</f>
+        <v>254</v>
+      </c>
+      <c r="C38" s="204" t="e">
+        <f t="shared" ref="C38:I38" si="6">C37/$I$37</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="D38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="D38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="E38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="E38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="F38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="F38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="G38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="G38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="H38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="H38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="I38" s="208" t="e">
-        <f t="shared" si="5"/>
+      <c r="I38" s="204" t="e">
+        <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
     </row>
+    <row r="41" spans="2:10" ht="15"/>
+    <row r="42" spans="2:10" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B4:E4"/>
   </mergeCells>
   <conditionalFormatting sqref="F11">
     <cfRule type="cellIs" dxfId="8" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11">
     <cfRule type="cellIs" dxfId="7" priority="6" operator="lessThan">
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="6" priority="7" operator="greaterThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I20">
     <cfRule type="cellIs" dxfId="5" priority="11" operator="lessThan">
       <formula>$C$11-$D$11</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="12" operator="greaterThan">
       <formula>$C$11-$D$11</formula>
     </cfRule>
   </conditionalFormatting>
@@ -24449,1593 +24432,1606 @@
     <cfRule type="cellIs" dxfId="2" priority="2" operator="greaterThan">
       <formula>$C$11-$D$11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I32">
     <cfRule type="cellIs" dxfId="1" priority="3" operator="greaterThanOrEqual">
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="4" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09D0DD4C-9094-47AF-873A-778E8732BF4F}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="B1:V180"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="13.5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16384" max="16384" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="94"/>
+    <col min="3" max="3" width="35.42578125" customWidth="1"/>
+    <col min="4" max="4" width="54.7109375" customWidth="1"/>
+    <col min="5" max="22" width="9.140625" style="94"/>
+    <col min="16384" max="16384" width="8.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:4" s="94" customFormat="1" x14ac:dyDescent="0.2"/>
-[...7 lines deleted...]
-      <c r="C3" s="228" t="s">
+    <row r="1" spans="3:4" s="94" customFormat="1"/>
+    <row r="2" spans="3:4" ht="16.5" customHeight="1">
+      <c r="C2" s="228" t="s">
         <v>262</v>
       </c>
-      <c r="D3" s="229"/>
-[...2 lines deleted...]
-      <c r="C4" s="230" t="s">
+      <c r="D2" s="229"/>
+    </row>
+    <row r="3" spans="3:4" ht="31.5" customHeight="1">
+      <c r="C3" s="224" t="s">
         <v>263</v>
       </c>
-      <c r="D4" s="231"/>
-[...1 lines deleted...]
-    <row r="5" spans="3:4" ht="16" x14ac:dyDescent="0.2">
+      <c r="D3" s="225"/>
+    </row>
+    <row r="4" spans="3:4" ht="63.75" customHeight="1">
+      <c r="C4" s="226" t="s">
+        <v>264</v>
+      </c>
+      <c r="D4" s="227"/>
+    </row>
+    <row r="5" spans="3:4">
       <c r="C5" s="95" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D5" s="96"/>
     </row>
-    <row r="6" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="6" spans="3:4">
       <c r="C6" s="97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D6" s="96"/>
     </row>
-    <row r="7" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="7" spans="3:4">
       <c r="C7" s="143" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D7" s="96"/>
     </row>
-    <row r="8" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="8" spans="3:4">
       <c r="C8" s="143" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D8" s="96"/>
     </row>
-    <row r="9" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="9" spans="3:4">
       <c r="C9" s="143" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D9" s="96"/>
     </row>
-    <row r="10" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="10" spans="3:4">
       <c r="C10" s="143" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D10" s="98"/>
     </row>
-    <row r="11" spans="3:4" x14ac:dyDescent="0.2">
+    <row r="11" spans="3:4">
       <c r="C11" s="143" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D11" s="96"/>
     </row>
-    <row r="12" spans="3:4" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="3:4" ht="15" thickBot="1">
       <c r="C12" s="99" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D12" s="100"/>
     </row>
-    <row r="13" spans="3:4" s="94" customFormat="1" x14ac:dyDescent="0.2"/>
-[...166 lines deleted...]
-    <row r="180" s="94" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="13" spans="3:4" s="94" customFormat="1"/>
+    <row r="14" spans="3:4" s="94" customFormat="1"/>
+    <row r="15" spans="3:4" s="94" customFormat="1"/>
+    <row r="16" spans="3:4" s="94" customFormat="1"/>
+    <row r="17" s="94" customFormat="1"/>
+    <row r="18" s="94" customFormat="1"/>
+    <row r="19" s="94" customFormat="1"/>
+    <row r="20" s="94" customFormat="1"/>
+    <row r="21" s="94" customFormat="1"/>
+    <row r="22" s="94" customFormat="1"/>
+    <row r="23" s="94" customFormat="1"/>
+    <row r="24" s="94" customFormat="1"/>
+    <row r="25" s="94" customFormat="1"/>
+    <row r="26" s="94" customFormat="1"/>
+    <row r="27" s="94" customFormat="1"/>
+    <row r="28" s="94" customFormat="1"/>
+    <row r="29" s="94" customFormat="1"/>
+    <row r="30" s="94" customFormat="1"/>
+    <row r="31" s="94" customFormat="1"/>
+    <row r="32" s="94" customFormat="1"/>
+    <row r="33" s="94" customFormat="1"/>
+    <row r="34" s="94" customFormat="1"/>
+    <row r="35" s="94" customFormat="1"/>
+    <row r="36" s="94" customFormat="1"/>
+    <row r="37" s="94" customFormat="1"/>
+    <row r="38" s="94" customFormat="1"/>
+    <row r="39" s="94" customFormat="1"/>
+    <row r="40" s="94" customFormat="1"/>
+    <row r="41" s="94" customFormat="1"/>
+    <row r="42" s="94" customFormat="1"/>
+    <row r="43" s="94" customFormat="1"/>
+    <row r="44" s="94" customFormat="1"/>
+    <row r="45" s="94" customFormat="1"/>
+    <row r="46" s="94" customFormat="1"/>
+    <row r="47" s="94" customFormat="1"/>
+    <row r="48" s="94" customFormat="1"/>
+    <row r="49" s="94" customFormat="1"/>
+    <row r="50" s="94" customFormat="1"/>
+    <row r="51" s="94" customFormat="1"/>
+    <row r="52" s="94" customFormat="1"/>
+    <row r="53" s="94" customFormat="1"/>
+    <row r="54" s="94" customFormat="1"/>
+    <row r="55" s="94" customFormat="1"/>
+    <row r="56" s="94" customFormat="1"/>
+    <row r="57" s="94" customFormat="1"/>
+    <row r="58" s="94" customFormat="1"/>
+    <row r="59" s="94" customFormat="1"/>
+    <row r="60" s="94" customFormat="1"/>
+    <row r="61" s="94" customFormat="1"/>
+    <row r="62" s="94" customFormat="1"/>
+    <row r="63" s="94" customFormat="1"/>
+    <row r="64" s="94" customFormat="1"/>
+    <row r="65" s="94" customFormat="1"/>
+    <row r="66" s="94" customFormat="1"/>
+    <row r="67" s="94" customFormat="1"/>
+    <row r="68" s="94" customFormat="1"/>
+    <row r="69" s="94" customFormat="1"/>
+    <row r="70" s="94" customFormat="1"/>
+    <row r="71" s="94" customFormat="1"/>
+    <row r="72" s="94" customFormat="1"/>
+    <row r="73" s="94" customFormat="1"/>
+    <row r="74" s="94" customFormat="1"/>
+    <row r="75" s="94" customFormat="1"/>
+    <row r="76" s="94" customFormat="1"/>
+    <row r="77" s="94" customFormat="1"/>
+    <row r="78" s="94" customFormat="1"/>
+    <row r="79" s="94" customFormat="1"/>
+    <row r="80" s="94" customFormat="1"/>
+    <row r="81" s="94" customFormat="1"/>
+    <row r="82" s="94" customFormat="1"/>
+    <row r="83" s="94" customFormat="1"/>
+    <row r="84" s="94" customFormat="1"/>
+    <row r="85" s="94" customFormat="1"/>
+    <row r="86" s="94" customFormat="1"/>
+    <row r="87" s="94" customFormat="1"/>
+    <row r="88" s="94" customFormat="1"/>
+    <row r="89" s="94" customFormat="1"/>
+    <row r="90" s="94" customFormat="1"/>
+    <row r="91" s="94" customFormat="1"/>
+    <row r="92" s="94" customFormat="1"/>
+    <row r="93" s="94" customFormat="1"/>
+    <row r="94" s="94" customFormat="1"/>
+    <row r="95" s="94" customFormat="1"/>
+    <row r="96" s="94" customFormat="1"/>
+    <row r="97" s="94" customFormat="1"/>
+    <row r="98" s="94" customFormat="1"/>
+    <row r="99" s="94" customFormat="1"/>
+    <row r="100" s="94" customFormat="1"/>
+    <row r="101" s="94" customFormat="1"/>
+    <row r="102" s="94" customFormat="1"/>
+    <row r="103" s="94" customFormat="1"/>
+    <row r="104" s="94" customFormat="1"/>
+    <row r="105" s="94" customFormat="1"/>
+    <row r="106" s="94" customFormat="1"/>
+    <row r="107" s="94" customFormat="1"/>
+    <row r="108" s="94" customFormat="1"/>
+    <row r="109" s="94" customFormat="1"/>
+    <row r="110" s="94" customFormat="1"/>
+    <row r="111" s="94" customFormat="1"/>
+    <row r="112" s="94" customFormat="1"/>
+    <row r="113" s="94" customFormat="1"/>
+    <row r="114" s="94" customFormat="1"/>
+    <row r="115" s="94" customFormat="1"/>
+    <row r="116" s="94" customFormat="1"/>
+    <row r="117" s="94" customFormat="1"/>
+    <row r="118" s="94" customFormat="1"/>
+    <row r="119" s="94" customFormat="1"/>
+    <row r="120" s="94" customFormat="1"/>
+    <row r="121" s="94" customFormat="1"/>
+    <row r="122" s="94" customFormat="1"/>
+    <row r="123" s="94" customFormat="1"/>
+    <row r="124" s="94" customFormat="1"/>
+    <row r="125" s="94" customFormat="1"/>
+    <row r="126" s="94" customFormat="1"/>
+    <row r="127" s="94" customFormat="1"/>
+    <row r="128" s="94" customFormat="1"/>
+    <row r="129" s="94" customFormat="1"/>
+    <row r="130" s="94" customFormat="1"/>
+    <row r="131" s="94" customFormat="1"/>
+    <row r="132" s="94" customFormat="1"/>
+    <row r="133" s="94" customFormat="1"/>
+    <row r="134" s="94" customFormat="1"/>
+    <row r="135" s="94" customFormat="1"/>
+    <row r="136" s="94" customFormat="1"/>
+    <row r="137" s="94" customFormat="1"/>
+    <row r="138" s="94" customFormat="1"/>
+    <row r="139" s="94" customFormat="1"/>
+    <row r="140" s="94" customFormat="1"/>
+    <row r="141" s="94" customFormat="1"/>
+    <row r="142" s="94" customFormat="1"/>
+    <row r="143" s="94" customFormat="1"/>
+    <row r="144" s="94" customFormat="1"/>
+    <row r="145" s="94" customFormat="1"/>
+    <row r="146" s="94" customFormat="1"/>
+    <row r="147" s="94" customFormat="1"/>
+    <row r="148" s="94" customFormat="1"/>
+    <row r="149" s="94" customFormat="1"/>
+    <row r="150" s="94" customFormat="1"/>
+    <row r="151" s="94" customFormat="1"/>
+    <row r="152" s="94" customFormat="1"/>
+    <row r="153" s="94" customFormat="1"/>
+    <row r="154" s="94" customFormat="1"/>
+    <row r="155" s="94" customFormat="1"/>
+    <row r="156" s="94" customFormat="1"/>
+    <row r="157" s="94" customFormat="1"/>
+    <row r="158" s="94" customFormat="1"/>
+    <row r="159" s="94" customFormat="1"/>
+    <row r="160" s="94" customFormat="1"/>
+    <row r="161" s="94" customFormat="1"/>
+    <row r="162" s="94" customFormat="1"/>
+    <row r="163" s="94" customFormat="1"/>
+    <row r="164" s="94" customFormat="1"/>
+    <row r="165" s="94" customFormat="1"/>
+    <row r="166" s="94" customFormat="1"/>
+    <row r="167" s="94" customFormat="1"/>
+    <row r="168" s="94" customFormat="1"/>
+    <row r="169" s="94" customFormat="1"/>
+    <row r="170" s="94" customFormat="1"/>
+    <row r="171" s="94" customFormat="1"/>
+    <row r="172" s="94" customFormat="1"/>
+    <row r="173" s="94" customFormat="1"/>
+    <row r="174" s="94" customFormat="1"/>
+    <row r="175" s="94" customFormat="1"/>
+    <row r="176" s="94" customFormat="1"/>
+    <row r="177" s="94" customFormat="1"/>
+    <row r="178" s="94" customFormat="1"/>
+    <row r="179" s="94" customFormat="1"/>
+    <row r="180" s="94" customFormat="1"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="C2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{169C77D9-BA98-473E-94B0-5C7FA2735937}">
   <dimension ref="B2:Q46"/>
   <sheetViews>
     <sheetView topLeftCell="K1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="N9" sqref="N9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="2" max="3" width="36.1640625" customWidth="1"/>
+    <col min="2" max="3" width="36.140625" customWidth="1"/>
     <col min="4" max="4" width="59" customWidth="1"/>
-    <col min="5" max="5" width="72.5" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="17" max="17" width="12.6640625" customWidth="1"/>
+    <col min="5" max="5" width="72.5703125" customWidth="1"/>
+    <col min="6" max="6" width="23.140625" customWidth="1"/>
+    <col min="8" max="8" width="18.5703125" customWidth="1"/>
+    <col min="13" max="13" width="37.140625" customWidth="1"/>
+    <col min="14" max="14" width="71.85546875" customWidth="1"/>
+    <col min="15" max="15" width="8.42578125" customWidth="1"/>
+    <col min="16" max="16" width="92.5703125" customWidth="1"/>
+    <col min="17" max="17" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:17" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:17">
       <c r="B2" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="54" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="60" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E2" s="60" t="s">
         <v>75</v>
       </c>
       <c r="F2" s="12" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="40" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I2" s="40" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="M2" s="175" t="s">
+        <v>272</v>
+      </c>
+      <c r="M2" s="169" t="s">
         <v>12</v>
       </c>
-      <c r="N2" s="175" t="s">
+      <c r="N2" s="169" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="175" t="s">
-[...5 lines deleted...]
-      <c r="Q2" s="176" t="s">
+      <c r="O2" s="169" t="s">
+        <v>126</v>
+      </c>
+      <c r="P2" s="170" t="s">
         <v>273</v>
       </c>
-    </row>
-    <row r="3" spans="2:17" ht="80" x14ac:dyDescent="0.2">
+      <c r="Q2" s="170" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="3" spans="2:17" ht="72.599999999999994">
       <c r="B3" t="s">
         <v>95</v>
       </c>
       <c r="C3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I3" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="M3" s="177" t="s">
+        <v>280</v>
+      </c>
+      <c r="M3" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N3" s="178" t="s">
+      <c r="N3" s="172" t="s">
         <v>96</v>
       </c>
-      <c r="O3" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P3" s="179" t="s">
+      <c r="O3" s="172" t="s">
         <v>137</v>
       </c>
-      <c r="Q3" s="180" t="s">
+      <c r="P3" s="173" t="s">
         <v>138</v>
       </c>
-    </row>
-    <row r="4" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="Q3" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4" spans="2:17" ht="43.5">
       <c r="B4" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="I4" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="M4" s="177" t="s">
+        <v>286</v>
+      </c>
+      <c r="M4" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N4" s="178" t="s">
+      <c r="N4" s="172" t="s">
         <v>97</v>
       </c>
-      <c r="O4" s="178" t="s">
+      <c r="O4" s="172" t="s">
+        <v>140</v>
+      </c>
+      <c r="P4" s="173" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q4" s="174" t="s">
         <v>139</v>
       </c>
-      <c r="P4" s="179" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+    </row>
+    <row r="5" spans="2:17" ht="43.5">
       <c r="B5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G5" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="M5" s="177" t="s">
+        <v>248</v>
+      </c>
+      <c r="M5" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N5" s="178" t="s">
+      <c r="N5" s="172" t="s">
         <v>97</v>
       </c>
-      <c r="O5" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P5" s="179" t="s">
+      <c r="O5" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="Q5" s="180" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P5" s="173" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q5" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="6" spans="2:17" ht="43.5">
       <c r="B6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
-        <v>290</v>
+        <v>99</v>
       </c>
       <c r="D6" t="s">
         <v>291</v>
       </c>
       <c r="E6" t="s">
         <v>292</v>
       </c>
       <c r="F6" t="s">
         <v>293</v>
       </c>
       <c r="G6" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="M6" s="177" t="s">
+        <v>249</v>
+      </c>
+      <c r="M6" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N6" s="178" t="s">
+      <c r="N6" s="172" t="s">
         <v>97</v>
       </c>
-      <c r="O6" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P6" s="179" t="s">
+      <c r="O6" s="172" t="s">
         <v>144</v>
       </c>
-      <c r="Q6" s="180" t="s">
-[...3 lines deleted...]
-    <row r="7" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P6" s="173" t="s">
+        <v>145</v>
+      </c>
+      <c r="Q6" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="7" spans="2:17" ht="43.5">
       <c r="B7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
         <v>100</v>
       </c>
       <c r="E7" t="s">
         <v>294</v>
       </c>
       <c r="F7" t="s">
         <v>295</v>
       </c>
       <c r="G7" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="M7" s="177" t="s">
+        <v>250</v>
+      </c>
+      <c r="M7" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N7" s="178" t="s">
+      <c r="N7" s="172" t="s">
         <v>97</v>
       </c>
-      <c r="O7" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P7" s="179" t="s">
+      <c r="O7" s="172" t="s">
         <v>146</v>
       </c>
-      <c r="Q7" s="180" t="s">
+      <c r="P7" s="173" t="s">
         <v>147</v>
       </c>
-    </row>
-    <row r="8" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="Q7" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="8" spans="2:17" ht="43.5">
       <c r="C8" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E8" t="s">
         <v>296</v>
       </c>
       <c r="F8" t="s">
         <v>297</v>
       </c>
       <c r="G8" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="M8" s="177" t="s">
+        <v>251</v>
+      </c>
+      <c r="M8" s="171" t="s">
         <v>95</v>
       </c>
-      <c r="N8" s="178" t="s">
+      <c r="N8" s="172" t="s">
         <v>97</v>
       </c>
-      <c r="O8" s="178" t="s">
+      <c r="O8" s="172" t="s">
+        <v>149</v>
+      </c>
+      <c r="P8" s="173" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q8" s="174" t="s">
         <v>148</v>
       </c>
-      <c r="P8" s="179" t="s">
-[...6 lines deleted...]
-    <row r="9" spans="2:17" ht="128" x14ac:dyDescent="0.2">
+    </row>
+    <row r="9" spans="2:17" ht="116.1">
       <c r="C9" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E9" t="s">
         <v>298</v>
       </c>
       <c r="F9" t="s">
         <v>299</v>
       </c>
-      <c r="M9" s="181" t="s">
+      <c r="M9" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N9" s="195" t="s">
+      <c r="N9" s="189" t="s">
         <v>98</v>
       </c>
-      <c r="O9" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P9" s="182" t="s">
+      <c r="O9" s="172" t="s">
+        <v>151</v>
+      </c>
+      <c r="P9" s="176" t="s">
         <v>300</v>
       </c>
-      <c r="Q9" s="180" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="2:17" ht="64" x14ac:dyDescent="0.2">
+      <c r="Q9" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="10" spans="2:17" ht="57.95">
       <c r="C10" t="s">
         <v>193</v>
       </c>
       <c r="E10" t="s">
         <v>301</v>
       </c>
       <c r="F10" t="s">
         <v>302</v>
       </c>
-      <c r="M10" s="181" t="s">
+      <c r="M10" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N10" s="195" t="s">
+      <c r="N10" s="189" t="s">
         <v>98</v>
       </c>
-      <c r="O10" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P10" s="182" t="s">
+      <c r="O10" s="172" t="s">
         <v>153</v>
       </c>
-      <c r="Q10" s="180" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="2:17" ht="64" x14ac:dyDescent="0.2">
+      <c r="P10" s="176" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q10" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="11" spans="2:17" ht="57.95">
       <c r="C11" t="s">
         <v>199</v>
       </c>
       <c r="E11" t="s">
         <v>303</v>
       </c>
       <c r="F11" t="s">
         <v>304</v>
       </c>
-      <c r="M11" s="181" t="s">
+      <c r="M11" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N11" s="195" t="s">
+      <c r="N11" s="189" t="s">
         <v>98</v>
       </c>
-      <c r="O11" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P11" s="179" t="s">
+      <c r="O11" s="172" t="s">
+        <v>155</v>
+      </c>
+      <c r="P11" s="173" t="s">
         <v>305</v>
       </c>
-      <c r="Q11" s="180" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="2:17" ht="64" x14ac:dyDescent="0.2">
+      <c r="Q11" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="12" spans="2:17" ht="57.95">
       <c r="C12" t="s">
         <v>204</v>
       </c>
       <c r="E12" t="s">
         <v>306</v>
       </c>
-      <c r="M12" s="181" t="s">
+      <c r="M12" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N12" s="195" t="s">
+      <c r="N12" s="189" t="s">
         <v>98</v>
       </c>
-      <c r="O12" s="178" t="s">
-[...2 lines deleted...]
-      <c r="P12" s="179" t="s">
+      <c r="O12" s="172" t="s">
         <v>157</v>
       </c>
-      <c r="Q12" s="180" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P12" s="173" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q12" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="13" spans="2:17" ht="43.5">
       <c r="C13" t="s">
         <v>211</v>
       </c>
       <c r="E13" t="s">
         <v>307</v>
       </c>
-      <c r="M13" s="181" t="s">
+      <c r="M13" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N13" s="183" t="s">
-[...5 lines deleted...]
-      <c r="P13" s="179" t="s">
+      <c r="N13" s="177" t="s">
+        <v>99</v>
+      </c>
+      <c r="O13" s="177" t="s">
         <v>159</v>
       </c>
-      <c r="Q13" s="180" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P13" s="173" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q13" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="14" spans="2:17" ht="43.5">
       <c r="C14" t="s">
         <v>214</v>
       </c>
       <c r="E14" t="s">
         <v>308</v>
       </c>
-      <c r="M14" s="181" t="s">
+      <c r="M14" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N14" s="183" t="s">
-[...5 lines deleted...]
-      <c r="P14" s="179" t="s">
+      <c r="N14" s="177" t="s">
+        <v>99</v>
+      </c>
+      <c r="O14" s="177" t="s">
         <v>161</v>
       </c>
-      <c r="Q14" s="180" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="2:17" ht="96" x14ac:dyDescent="0.2">
+      <c r="P14" s="173" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q14" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="15" spans="2:17" ht="87">
       <c r="C15" t="s">
         <v>217</v>
       </c>
-      <c r="M15" s="181" t="s">
+      <c r="M15" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N15" s="183" t="s">
-[...5 lines deleted...]
-      <c r="P15" s="179" t="s">
+      <c r="N15" s="177" t="s">
+        <v>99</v>
+      </c>
+      <c r="O15" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="Q15" s="180" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="2:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P15" s="173" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q15" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="16" spans="2:17" ht="43.5">
       <c r="C16" t="s">
         <v>222</v>
       </c>
-      <c r="M16" s="181" t="s">
+      <c r="M16" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N16" s="183" t="s">
-[...5 lines deleted...]
-      <c r="P16" s="179" t="s">
+      <c r="N16" s="177" t="s">
+        <v>99</v>
+      </c>
+      <c r="O16" s="177" t="s">
         <v>165</v>
       </c>
-      <c r="Q16" s="180" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="3:17" ht="48" x14ac:dyDescent="0.2">
+      <c r="P16" s="173" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q16" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="17" spans="3:17" ht="43.5">
       <c r="C17" t="s">
         <v>309</v>
       </c>
-      <c r="M17" s="181" t="s">
+      <c r="M17" s="175" t="s">
         <v>95</v>
       </c>
-      <c r="N17" s="183" t="s">
-[...5 lines deleted...]
-      <c r="P17" s="179" t="s">
+      <c r="N17" s="177" t="s">
+        <v>99</v>
+      </c>
+      <c r="O17" s="177" t="s">
         <v>167</v>
       </c>
-      <c r="Q17" s="180" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="3:17" ht="335" x14ac:dyDescent="0.2">
+      <c r="P17" s="173" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q17" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="3:17" ht="304.5">
       <c r="C18" t="s">
+        <v>228</v>
+      </c>
+      <c r="M18" s="175" t="s">
+        <v>95</v>
+      </c>
+      <c r="N18" s="178" t="s">
+        <v>100</v>
+      </c>
+      <c r="O18" s="178" t="s">
+        <v>169</v>
+      </c>
+      <c r="P18" s="179" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q18" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="3:17" ht="101.45">
+      <c r="M19" s="175" t="s">
+        <v>95</v>
+      </c>
+      <c r="N19" s="178" t="s">
+        <v>100</v>
+      </c>
+      <c r="O19" s="178" t="s">
+        <v>171</v>
+      </c>
+      <c r="P19" s="179" t="s">
+        <v>310</v>
+      </c>
+      <c r="Q19" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="3:17" ht="130.5">
+      <c r="M20" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N20" s="177" t="s">
+        <v>174</v>
+      </c>
+      <c r="O20" s="177" t="s">
+        <v>175</v>
+      </c>
+      <c r="P20" s="179" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q20" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="3:17" ht="29.1">
+      <c r="M21" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" s="177" t="s">
+        <v>174</v>
+      </c>
+      <c r="O21" s="177" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" s="173" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q21" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="3:17" ht="29.1">
+      <c r="M22" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N22" s="177" t="s">
+        <v>174</v>
+      </c>
+      <c r="O22" s="177" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22" s="173" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q22" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="3:17" ht="29.1">
+      <c r="M23" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N23" s="177" t="s">
+        <v>174</v>
+      </c>
+      <c r="O23" s="177" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" s="173" t="s">
+        <v>182</v>
+      </c>
+      <c r="Q23" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="3:17" ht="43.5">
+      <c r="M24" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" s="181" t="s">
+        <v>102</v>
+      </c>
+      <c r="O24" s="181" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" s="173" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q24" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="25" spans="3:17" ht="29.1">
+      <c r="M25" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N25" s="181" t="s">
+        <v>102</v>
+      </c>
+      <c r="O25" s="181" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" s="173" t="s">
+        <v>313</v>
+      </c>
+      <c r="Q25" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="26" spans="3:17" ht="29.1">
+      <c r="M26" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N26" s="181" t="s">
+        <v>102</v>
+      </c>
+      <c r="O26" s="181" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" s="173" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q26" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="27" spans="3:17">
+      <c r="M27" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N27" s="181" t="s">
+        <v>102</v>
+      </c>
+      <c r="O27" s="181" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" s="182" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q27" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="28" spans="3:17" ht="29.1">
+      <c r="M28" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N28" s="181" t="s">
+        <v>102</v>
+      </c>
+      <c r="O28" s="181" t="s">
+        <v>191</v>
+      </c>
+      <c r="P28" s="182" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q28" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="29" spans="3:17" ht="29.1">
+      <c r="M29" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N29" s="181" t="s">
+        <v>193</v>
+      </c>
+      <c r="O29" s="181" t="s">
+        <v>194</v>
+      </c>
+      <c r="P29" s="173" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q29" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="30" spans="3:17">
+      <c r="M30" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="N30" s="181" t="s">
+        <v>193</v>
+      </c>
+      <c r="O30" s="181" t="s">
+        <v>196</v>
+      </c>
+      <c r="P30" s="182" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q30" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="31" spans="3:17" ht="43.5">
+      <c r="M31" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" s="181" t="s">
+        <v>199</v>
+      </c>
+      <c r="O31" s="181" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" s="173" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q31" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="32" spans="3:17" ht="43.5">
+      <c r="M32" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N32" s="181" t="s">
+        <v>199</v>
+      </c>
+      <c r="O32" s="181" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" s="173" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q32" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="13:17" ht="43.5">
+      <c r="M33" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N33" s="181" t="s">
+        <v>199</v>
+      </c>
+      <c r="O33" s="181" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" s="173" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q33" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="13:17" ht="43.5">
+      <c r="M34" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N34" s="181" t="s">
+        <v>204</v>
+      </c>
+      <c r="O34" s="181" t="s">
+        <v>205</v>
+      </c>
+      <c r="P34" s="173" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q34" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="35" spans="13:17" ht="43.5">
+      <c r="M35" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N35" s="181" t="s">
+        <v>204</v>
+      </c>
+      <c r="O35" s="181" t="s">
+        <v>207</v>
+      </c>
+      <c r="P35" s="173" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q35" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="36" spans="13:17" ht="43.5">
+      <c r="M36" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N36" s="181" t="s">
+        <v>204</v>
+      </c>
+      <c r="O36" s="181" t="s">
+        <v>209</v>
+      </c>
+      <c r="P36" s="182" t="s">
+        <v>210</v>
+      </c>
+      <c r="Q36" s="174" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="37" spans="13:17" ht="43.5">
+      <c r="M37" s="183" t="s">
+        <v>198</v>
+      </c>
+      <c r="N37" s="181" t="s">
+        <v>211</v>
+      </c>
+      <c r="O37" s="181" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" s="173" t="s">
+        <v>213</v>
+      </c>
+      <c r="Q37" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="38" spans="13:17" ht="72.599999999999994">
+      <c r="M38" s="184" t="s">
+        <v>111</v>
+      </c>
+      <c r="N38" s="181" t="s">
+        <v>214</v>
+      </c>
+      <c r="O38" s="181" t="s">
+        <v>215</v>
+      </c>
+      <c r="P38" s="173" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q38" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="39" spans="13:17" ht="29.1">
+      <c r="M39" s="184" t="s">
+        <v>111</v>
+      </c>
+      <c r="N39" s="181" t="s">
+        <v>217</v>
+      </c>
+      <c r="O39" s="181" t="s">
+        <v>218</v>
+      </c>
+      <c r="P39" s="173" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q39" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="40" spans="13:17" ht="43.5">
+      <c r="M40" s="184" t="s">
+        <v>111</v>
+      </c>
+      <c r="N40" s="181" t="s">
+        <v>217</v>
+      </c>
+      <c r="O40" s="181" t="s">
+        <v>220</v>
+      </c>
+      <c r="P40" s="173" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q40" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="41" spans="13:17" ht="57.95">
+      <c r="M41" s="184" t="s">
+        <v>111</v>
+      </c>
+      <c r="N41" s="181" t="s">
+        <v>222</v>
+      </c>
+      <c r="O41" s="181" t="s">
+        <v>223</v>
+      </c>
+      <c r="P41" s="179" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q41" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="42" spans="13:17" ht="29.1">
+      <c r="M42" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="N42" s="181" t="s">
+        <v>225</v>
+      </c>
+      <c r="O42" s="181" t="s">
+        <v>226</v>
+      </c>
+      <c r="P42" s="182" t="s">
         <v>227</v>
       </c>
-      <c r="M18" s="181" t="s">
-[...362 lines deleted...]
-      <c r="O39" s="187" t="s">
+      <c r="Q42" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="43" spans="13:17" ht="29.1">
+      <c r="M43" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="N43" s="181" t="s">
+        <v>228</v>
+      </c>
+      <c r="O43" s="181" t="s">
         <v>218</v>
       </c>
-      <c r="P39" s="179" t="s">
-[...13 lines deleted...]
-      <c r="O40" s="187" t="s">
+      <c r="P43" s="182" t="s">
+        <v>229</v>
+      </c>
+      <c r="Q43" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="44" spans="13:17" ht="29.1">
+      <c r="M44" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="N44" s="181" t="s">
+        <v>228</v>
+      </c>
+      <c r="O44" s="181" t="s">
         <v>220</v>
       </c>
-      <c r="P40" s="179" t="s">
-[...50 lines deleted...]
-      <c r="P43" s="188" t="s">
+      <c r="P44" s="182" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q44" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="45" spans="13:17" ht="43.5">
+      <c r="M45" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="N45" s="181" t="s">
         <v>228</v>
       </c>
-      <c r="Q43" s="180" t="s">
-[...30 lines deleted...]
-      <c r="P45" s="188" t="s">
+      <c r="O45" s="181" t="s">
         <v>231</v>
       </c>
-      <c r="Q45" s="180" t="s">
-[...10 lines deleted...]
-      <c r="O46" s="187" t="s">
+      <c r="P45" s="182" t="s">
         <v>232</v>
       </c>
-      <c r="P46" s="188" t="s">
+      <c r="Q45" s="174" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="46" spans="13:17" ht="29.1">
+      <c r="M46" s="185" t="s">
+        <v>112</v>
+      </c>
+      <c r="N46" s="181" t="s">
+        <v>228</v>
+      </c>
+      <c r="O46" s="181" t="s">
         <v>233</v>
       </c>
-      <c r="Q46" s="180" t="s">
-        <v>147</v>
+      <c r="P46" s="182" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q46" s="174" t="s">
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="M2:Q46" xr:uid="{169C77D9-BA98-473E-94B0-5C7FA2735937}"/>
   <phoneticPr fontId="43" type="noConversion"/>
   <dataValidations xWindow="721" yWindow="408" count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" sqref="C2:E2" xr:uid="{90BBACE1-6623-4C77-BD97-709521BB0740}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7AA3128D-D35D-4822-BE7A-3EC6B0B79C4F}">
   <dimension ref="B2:G15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C29" sqref="C29"/>
+      <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
-    <col min="2" max="2" width="39.5" customWidth="1"/>
-    <col min="3" max="6" width="12.5" customWidth="1"/>
+    <col min="2" max="2" width="39.42578125" customWidth="1"/>
+    <col min="3" max="6" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:7">
       <c r="B2" s="63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C2" t="s">
         <v>318</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>319</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>320</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>321</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>322</v>
       </c>
-      <c r="G2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="2:7" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" spans="2:7">
       <c r="B3" s="64" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="65" t="s">
         <v>95</v>
       </c>
       <c r="D3" s="65" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="E3" s="65" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F3" s="65" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G3" s="65" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:7" x14ac:dyDescent="0.2">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4" spans="2:7">
       <c r="B4" s="66" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>96</v>
       </c>
       <c r="D4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E4" t="s">
         <v>199</v>
       </c>
       <c r="F4" t="s">
         <v>214</v>
       </c>
       <c r="G4" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="5" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:7">
       <c r="B5" s="66"/>
       <c r="C5" t="s">
         <v>97</v>
       </c>
       <c r="D5" t="s">
-        <v>182</v>
+        <v>102</v>
       </c>
       <c r="E5" t="s">
         <v>204</v>
       </c>
       <c r="F5" t="s">
         <v>217</v>
       </c>
       <c r="G5" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:7" x14ac:dyDescent="0.2">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6" spans="2:7">
       <c r="B6" s="66"/>
-      <c r="C6" s="193" t="s">
+      <c r="C6" s="187" t="s">
         <v>98</v>
       </c>
       <c r="D6" t="s">
         <v>193</v>
       </c>
       <c r="E6" t="s">
         <v>211</v>
       </c>
       <c r="F6" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="7" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:7">
       <c r="B7" s="66"/>
       <c r="C7" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="8" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:7">
       <c r="B8" s="66"/>
       <c r="C8" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:7">
       <c r="B11" s="63" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C11" t="s">
+        <v>323</v>
+      </c>
+      <c r="D11" t="s">
         <v>324</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>325</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>326</v>
       </c>
-      <c r="F11" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="2:7" x14ac:dyDescent="0.2">
+    </row>
+    <row r="12" spans="2:7">
       <c r="B12" s="64" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="65" t="s">
+        <v>327</v>
+      </c>
+      <c r="D12" s="65" t="s">
         <v>328</v>
       </c>
-      <c r="D12" s="65" t="s">
+      <c r="E12" s="65" t="s">
         <v>329</v>
       </c>
-      <c r="E12" s="65" t="s">
+      <c r="F12" s="65" t="s">
         <v>330</v>
       </c>
-      <c r="F12" s="65" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="2:7" x14ac:dyDescent="0.2">
+    </row>
+    <row r="13" spans="2:7">
       <c r="B13" s="67" t="s">
         <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D13" t="s">
         <v>292</v>
       </c>
       <c r="E13" t="s">
         <v>298</v>
       </c>
       <c r="F13" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="14" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:7">
       <c r="B14" s="68"/>
       <c r="C14" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D14" t="s">
         <v>294</v>
       </c>
       <c r="E14" t="s">
         <v>301</v>
       </c>
       <c r="F14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="15" spans="2:7" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:7">
       <c r="B15" s="68"/>
       <c r="C15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D15" t="s">
         <v>296</v>
       </c>
       <c r="E15" t="s">
         <v>303</v>
       </c>
       <c r="F15" t="s">
         <v>308</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="43" type="noConversion"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" sqref="B12:B13" xr:uid="{53C585AC-C821-4404-806F-48488278BBEF}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="93cb0222-e980-4273-ad97-85dba3159c09" ContentTypeId="0x01010091DD660C2743444EACB0CAF777412263" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="93cb0222-e980-4273-ad97-85dba3159c09" ContentTypeId="0x01010091DD660C2743444EACB0CAF777412263" PreviousValue="false"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d0706217-df7c-4bf4-936d-b09aa3b837af" xsi:nil="true"/>
+    <_dlc_DocId xmlns="55894003-98dc-4f3e-8669-85b90bdbcc8c">GAVI-438364776-1118791</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="55894003-98dc-4f3e-8669-85b90bdbcc8c">
+      <Url>https://gavinet.sharepoint.com/teams/PAP/srp/_layouts/15/DocIdRedir.aspx?ID=GAVI-438364776-1118791</Url>
+      <Description>GAVI-438364776-1118791</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Gavi Excel Workbook" ma:contentTypeID="0x01010091DD660C2743444EACB0CAF7774122630082F78369875BB141859C4172270CBC82" ma:contentTypeVersion="71" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="36a8fe516fc3e71e81a0aa0dc3224362">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d0706217-df7c-4bf4-936d-b09aa3b837af" xmlns:ns3="55894003-98dc-4f3e-8669-85b90bdbcc8c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc2c9b2e81a04d230d0c41328d329322" ns2:_="" ns3:_="">
     <xsd:import namespace="d0706217-df7c-4bf4-936d-b09aa3b837af"/>
     <xsd:import namespace="55894003-98dc-4f3e-8669-85b90bdbcc8c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d0706217-df7c-4bf4-936d-b09aa3b837af" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -26165,173 +26161,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C4DB04-B815-4819-90AA-60E6C4D29EA6}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D48B1B51-5541-4480-B80E-C2E1533036A2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83AE426D-711B-4CF2-8081-58143EB200EB}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83AE426D-711B-4CF2-8081-58143EB200EB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D48B1B51-5541-4480-B80E-C2E1533036A2}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C4DB04-B815-4819-90AA-60E6C4D29EA6}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2C2420C-0A09-4F62-B1AF-D8F858BB069C}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4E3CD1-CF2F-4E42-9E23-2250F1ACE249}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4E3CD1-CF2F-4E42-9E23-2250F1ACE249}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2C2420C-0A09-4F62-B1AF-D8F858BB069C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
-[...46 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>GAVI</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cameron Kemp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0a957285-7815-485a-9751-5b273b784ad5_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
@@ -26377,51 +26276,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Stakeholder">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Health">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Vaccine">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="International_x0020_Development">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Depto">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="International Development">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Country">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Governance">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>759f367d-3376-4279-8d8b-33ad98c151c7</vt:lpwstr>
+    <vt:lpwstr>71263768-0335-4861-a66f-3bca757c36cf</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Risk">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="i15b6667c80d4f308357e591caf47090">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_x0020_Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="oaccbf0bcc574f75aa77b841ffd7bc19">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="bc1b0c83348b4f048615cacd6d83a4a9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="TaxKeywordTaxHTField">
     <vt:lpwstr/>
   </property>