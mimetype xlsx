--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -2,207 +2,248 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavinet-my.sharepoint.com/personal/fbashir_gavi_org/Documents/Desktop/PD/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gavinet.sharepoint.com/teams/PAP/srp/Documents/FD&amp;R/Funding Design &amp; Communication/Foundations Guidelines_2025/Final Versions of guidance and templates/Global and Regional Foundations/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{80AD8EEF-61B4-4689-974D-75E916C49F6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="66" documentId="8_{80AD8EEF-61B4-4689-974D-75E916C49F6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C3FD8959-478F-426E-B8D1-81BE704C0077}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="631" xr2:uid="{8925BBD2-C329-4A54-A0EB-505E0481C4EE}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="631" activeTab="2" xr2:uid="{8925BBD2-C329-4A54-A0EB-505E0481C4EE}"/>
   </bookViews>
   <sheets>
     <sheet name="1| Instructions" sheetId="9" r:id="rId1"/>
     <sheet name="2| Technical Proposal" sheetId="11" r:id="rId2"/>
     <sheet name="3| GRF Plan " sheetId="12" r:id="rId3"/>
     <sheet name="4| Monitoring" sheetId="17" r:id="rId4"/>
     <sheet name="5| Summary" sheetId="3" r:id="rId5"/>
     <sheet name="6| Sign-off" sheetId="10" r:id="rId6"/>
     <sheet name="HIDE Indicators" sheetId="15" state="hidden" r:id="rId7"/>
-    <sheet name="HIDE Validation" sheetId="13" state="hidden" r:id="rId8"/>
+    <sheet name="HIDE Validation" sheetId="13" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'HIDE Indicators'!$A$2:$H$27</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'HIDE Indicators'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D10" i="17" l="1"/>
+  <c r="AF11" i="12" l="1"/>
+  <c r="AF12" i="12"/>
+  <c r="AF13" i="12"/>
+  <c r="AF14" i="12"/>
+  <c r="AF15" i="12"/>
+  <c r="AF16" i="12"/>
+  <c r="AF17" i="12"/>
+  <c r="AF18" i="12"/>
+  <c r="AF19" i="12"/>
+  <c r="AF20" i="12"/>
+  <c r="AF21" i="12"/>
+  <c r="AF22" i="12"/>
+  <c r="AF23" i="12"/>
+  <c r="AF24" i="12"/>
+  <c r="AF25" i="12"/>
+  <c r="AF26" i="12"/>
+  <c r="AF27" i="12"/>
+  <c r="AF28" i="12"/>
+  <c r="AF29" i="12"/>
+  <c r="AF30" i="12"/>
+  <c r="AF31" i="12"/>
+  <c r="AF32" i="12"/>
+  <c r="AF33" i="12"/>
+  <c r="AF34" i="12"/>
+  <c r="AF35" i="12"/>
+  <c r="AF36" i="12"/>
+  <c r="AF37" i="12"/>
+  <c r="AF38" i="12"/>
+  <c r="AF39" i="12"/>
+  <c r="AF40" i="12"/>
+  <c r="AF41" i="12"/>
+  <c r="AF42" i="12"/>
+  <c r="AF43" i="12"/>
+  <c r="AF44" i="12"/>
+  <c r="AF45" i="12"/>
+  <c r="AF46" i="12"/>
+  <c r="AF47" i="12"/>
+  <c r="AF48" i="12"/>
+  <c r="AF49" i="12"/>
+  <c r="AF50" i="12"/>
+  <c r="AF51" i="12"/>
+  <c r="AF52" i="12"/>
+  <c r="B10" i="12"/>
+  <c r="AF10" i="12" s="1"/>
+  <c r="D10" i="17"/>
   <c r="D11" i="17"/>
   <c r="D12" i="17"/>
   <c r="D13" i="17"/>
   <c r="D14" i="17"/>
   <c r="D15" i="17"/>
   <c r="D16" i="17"/>
   <c r="D17" i="17"/>
   <c r="D18" i="17"/>
   <c r="D19" i="17"/>
   <c r="D20" i="17"/>
   <c r="D21" i="17"/>
   <c r="D22" i="17"/>
   <c r="D23" i="17"/>
   <c r="D24" i="17"/>
   <c r="D25" i="17"/>
   <c r="D26" i="17"/>
   <c r="D27" i="17"/>
   <c r="D28" i="17"/>
   <c r="D29" i="17"/>
   <c r="D30" i="17"/>
   <c r="D31" i="17"/>
   <c r="D32" i="17"/>
   <c r="D33" i="17"/>
   <c r="D34" i="17"/>
   <c r="D35" i="17"/>
   <c r="D36" i="17"/>
   <c r="D37" i="17"/>
   <c r="D9" i="17"/>
   <c r="D29" i="3"/>
   <c r="D30" i="3"/>
   <c r="D31" i="3"/>
   <c r="D32" i="3"/>
   <c r="C30" i="3"/>
   <c r="C31" i="3"/>
   <c r="C32" i="3"/>
   <c r="C29" i="3"/>
   <c r="D22" i="3"/>
   <c r="D23" i="3"/>
   <c r="C23" i="3"/>
   <c r="C22" i="3"/>
   <c r="D13" i="3"/>
   <c r="D15" i="3"/>
-  <c r="C14" i="3"/>
   <c r="C16" i="3"/>
   <c r="B5" i="17"/>
   <c r="B6" i="12"/>
   <c r="B3" i="11"/>
   <c r="B11" i="12"/>
   <c r="B12" i="12"/>
   <c r="B13" i="12"/>
   <c r="B14" i="12"/>
   <c r="B15" i="12"/>
   <c r="B16" i="12"/>
   <c r="B17" i="12"/>
   <c r="B18" i="12"/>
   <c r="B19" i="12"/>
   <c r="B20" i="12"/>
   <c r="B21" i="12"/>
   <c r="B22" i="12"/>
   <c r="B23" i="12"/>
   <c r="B24" i="12"/>
   <c r="B25" i="12"/>
   <c r="B26" i="12"/>
   <c r="B27" i="12"/>
   <c r="B28" i="12"/>
   <c r="B29" i="12"/>
   <c r="B30" i="12"/>
   <c r="B31" i="12"/>
   <c r="B32" i="12"/>
   <c r="B33" i="12"/>
   <c r="B34" i="12"/>
   <c r="B35" i="12"/>
   <c r="B36" i="12"/>
   <c r="B37" i="12"/>
   <c r="B38" i="12"/>
   <c r="B39" i="12"/>
   <c r="B40" i="12"/>
   <c r="B41" i="12"/>
   <c r="B42" i="12"/>
   <c r="B43" i="12"/>
   <c r="B44" i="12"/>
   <c r="B45" i="12"/>
   <c r="B46" i="12"/>
   <c r="B47" i="12"/>
   <c r="B48" i="12"/>
   <c r="B49" i="12"/>
   <c r="B50" i="12"/>
   <c r="B51" i="12"/>
   <c r="B52" i="12"/>
-  <c r="B10" i="12"/>
   <c r="C5" i="3"/>
   <c r="E23" i="3" l="1"/>
   <c r="E22" i="3"/>
   <c r="AD11" i="12" l="1"/>
   <c r="AD12" i="12"/>
   <c r="AD13" i="12"/>
   <c r="AD14" i="12"/>
   <c r="AD15" i="12"/>
   <c r="AD16" i="12"/>
   <c r="AD17" i="12"/>
   <c r="AD18" i="12"/>
   <c r="AD19" i="12"/>
   <c r="AD20" i="12"/>
   <c r="AD21" i="12"/>
   <c r="AD22" i="12"/>
   <c r="AD23" i="12"/>
   <c r="AD24" i="12"/>
   <c r="AD25" i="12"/>
   <c r="AD26" i="12"/>
   <c r="AD27" i="12"/>
   <c r="AD28" i="12"/>
   <c r="AD29" i="12"/>
   <c r="AD30" i="12"/>
   <c r="AD31" i="12"/>
   <c r="AD32" i="12"/>
@@ -378,294 +419,246 @@
   <c r="R30" i="12"/>
   <c r="R31" i="12"/>
   <c r="R32" i="12"/>
   <c r="R33" i="12"/>
   <c r="R34" i="12"/>
   <c r="R35" i="12"/>
   <c r="R36" i="12"/>
   <c r="R37" i="12"/>
   <c r="R38" i="12"/>
   <c r="R39" i="12"/>
   <c r="R40" i="12"/>
   <c r="R41" i="12"/>
   <c r="R42" i="12"/>
   <c r="R43" i="12"/>
   <c r="R44" i="12"/>
   <c r="R45" i="12"/>
   <c r="R46" i="12"/>
   <c r="R47" i="12"/>
   <c r="R48" i="12"/>
   <c r="R49" i="12"/>
   <c r="R50" i="12"/>
   <c r="R51" i="12"/>
   <c r="R52" i="12"/>
   <c r="R10" i="12"/>
   <c r="AE32" i="12" l="1"/>
-  <c r="AF32" i="12" s="1"/>
   <c r="AG32" i="12" s="1"/>
   <c r="AE20" i="12"/>
-  <c r="AF20" i="12" s="1"/>
   <c r="AE31" i="12"/>
-  <c r="AF31" i="12" s="1"/>
   <c r="AG31" i="12" s="1"/>
   <c r="AE19" i="12"/>
-  <c r="AF19" i="12" s="1"/>
   <c r="AE43" i="12"/>
-  <c r="AF43" i="12" s="1"/>
   <c r="AG43" i="12" s="1"/>
   <c r="AE44" i="12"/>
-  <c r="AF44" i="12" s="1"/>
   <c r="AE42" i="12"/>
-  <c r="AF42" i="12" s="1"/>
   <c r="AG42" i="12" s="1"/>
   <c r="AE30" i="12"/>
-  <c r="AF30" i="12" s="1"/>
   <c r="AG30" i="12" s="1"/>
   <c r="AE18" i="12"/>
-  <c r="AF18" i="12" s="1"/>
   <c r="AG18" i="12" s="1"/>
   <c r="AE49" i="12"/>
-  <c r="AF49" i="12" s="1"/>
   <c r="AE37" i="12"/>
-  <c r="AF37" i="12" s="1"/>
   <c r="AG37" i="12" s="1"/>
   <c r="AE25" i="12"/>
-  <c r="AF25" i="12" s="1"/>
   <c r="AG25" i="12" s="1"/>
   <c r="AE13" i="12"/>
-  <c r="AF13" i="12" s="1"/>
   <c r="AE10" i="12"/>
-  <c r="AF10" i="12" s="1"/>
   <c r="AE41" i="12"/>
-  <c r="AF41" i="12" s="1"/>
   <c r="AG41" i="12" s="1"/>
   <c r="AE17" i="12"/>
-  <c r="AF17" i="12" s="1"/>
   <c r="AG17" i="12" s="1"/>
   <c r="AE36" i="12"/>
-  <c r="AF36" i="12" s="1"/>
   <c r="AG36" i="12" s="1"/>
   <c r="AE24" i="12"/>
-  <c r="AF24" i="12" s="1"/>
   <c r="AG24" i="12" s="1"/>
   <c r="AE52" i="12"/>
   <c r="AE28" i="12"/>
-  <c r="AF28" i="12" s="1"/>
   <c r="AG28" i="12" s="1"/>
   <c r="AE47" i="12"/>
-  <c r="AF47" i="12" s="1"/>
   <c r="AG47" i="12" s="1"/>
   <c r="AE23" i="12"/>
-  <c r="AF23" i="12" s="1"/>
   <c r="AG23" i="12" s="1"/>
   <c r="AE51" i="12"/>
-  <c r="AF51" i="12" s="1"/>
   <c r="AE27" i="12"/>
-  <c r="AF27" i="12" s="1"/>
   <c r="AE46" i="12"/>
-  <c r="AF46" i="12" s="1"/>
   <c r="AE22" i="12"/>
-  <c r="AF22" i="12" s="1"/>
   <c r="AG22" i="12" s="1"/>
   <c r="AE26" i="12"/>
-  <c r="AF26" i="12" s="1"/>
   <c r="AE45" i="12"/>
-  <c r="AF45" i="12" s="1"/>
   <c r="AG45" i="12" s="1"/>
   <c r="AE21" i="12"/>
-  <c r="AF21" i="12" s="1"/>
   <c r="AG21" i="12" s="1"/>
   <c r="AE29" i="12"/>
-  <c r="AF29" i="12" s="1"/>
   <c r="AE48" i="12"/>
   <c r="AE12" i="12"/>
-  <c r="AF12" i="12" s="1"/>
   <c r="AG12" i="12" s="1"/>
-  <c r="C15" i="3" s="1"/>
   <c r="AE40" i="12"/>
-  <c r="AF40" i="12" s="1"/>
   <c r="AG40" i="12" s="1"/>
   <c r="AE16" i="12"/>
-  <c r="AF16" i="12" s="1"/>
   <c r="AG16" i="12" s="1"/>
   <c r="AE35" i="12"/>
-  <c r="AF35" i="12" s="1"/>
   <c r="AG35" i="12" s="1"/>
   <c r="AE11" i="12"/>
   <c r="AE39" i="12"/>
-  <c r="AF39" i="12" s="1"/>
   <c r="AG39" i="12" s="1"/>
   <c r="AE15" i="12"/>
-  <c r="AF15" i="12" s="1"/>
   <c r="AG15" i="12" s="1"/>
   <c r="AE34" i="12"/>
-  <c r="AF34" i="12" s="1"/>
   <c r="AG34" i="12" s="1"/>
   <c r="AE50" i="12"/>
-  <c r="AF50" i="12" s="1"/>
   <c r="AG50" i="12" s="1"/>
   <c r="AE38" i="12"/>
-  <c r="AF38" i="12" s="1"/>
   <c r="AG38" i="12" s="1"/>
   <c r="AE14" i="12"/>
-  <c r="AF14" i="12" s="1"/>
   <c r="AG14" i="12" s="1"/>
   <c r="AE33" i="12"/>
-  <c r="AF33" i="12" s="1"/>
   <c r="AG33" i="12" s="1"/>
-  <c r="AF48" i="12"/>
-[...1 lines deleted...]
-  <c r="AF52" i="12"/>
+  <c r="AG48" i="12"/>
   <c r="AG10" i="12" l="1"/>
   <c r="C13" i="3" s="1"/>
-  <c r="C17" i="3" s="1"/>
   <c r="C24" i="3"/>
-  <c r="E15" i="3"/>
   <c r="AG52" i="12"/>
   <c r="AG44" i="12"/>
   <c r="AG19" i="12"/>
   <c r="AG13" i="12"/>
   <c r="D16" i="3" s="1"/>
   <c r="E16" i="3" s="1"/>
   <c r="AG49" i="12"/>
   <c r="AG20" i="12"/>
   <c r="AG26" i="12"/>
   <c r="AG27" i="12"/>
   <c r="AG51" i="12"/>
-  <c r="AF11" i="12"/>
   <c r="AG29" i="12"/>
   <c r="AG46" i="12"/>
-  <c r="E13" i="3" l="1"/>
+  <c r="C15" i="3" l="1"/>
+  <c r="E15" i="3" s="1"/>
+  <c r="E13" i="3"/>
   <c r="AG11" i="12"/>
-  <c r="D14" i="3" s="1"/>
-[...2 lines deleted...]
-  <c r="F14" i="3" s="1"/>
   <c r="D24" i="3"/>
   <c r="D25" i="3" s="1"/>
   <c r="C25" i="3"/>
   <c r="E9" i="3"/>
-  <c r="D17" i="3" l="1"/>
-  <c r="D18" i="3" s="1"/>
+  <c r="F9" i="3" s="1"/>
+  <c r="D14" i="3" l="1"/>
+  <c r="C14" i="3"/>
+  <c r="C17" i="3" s="1"/>
+  <c r="D17" i="3"/>
   <c r="E24" i="3"/>
-  <c r="F9" i="3"/>
   <c r="G9" i="3"/>
-  <c r="F17" i="3"/>
-[...4 lines deleted...]
-  <c r="F15" i="3"/>
   <c r="E30" i="3"/>
   <c r="E31" i="3"/>
   <c r="E32" i="3"/>
   <c r="E29" i="3"/>
   <c r="C33" i="3"/>
-  <c r="E25" i="3" l="1"/>
+  <c r="E14" i="3" l="1"/>
+  <c r="E17" i="3" s="1"/>
+  <c r="F15" i="3" s="1"/>
+  <c r="E18" i="3"/>
+  <c r="F17" i="3"/>
+  <c r="D18" i="3"/>
+  <c r="C18" i="3"/>
+  <c r="E25" i="3"/>
   <c r="F24" i="3" s="1"/>
   <c r="E33" i="3"/>
   <c r="D33" i="3"/>
-  <c r="D34" i="3" l="1"/>
+  <c r="F13" i="3" l="1"/>
+  <c r="F14" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="D34" i="3"/>
   <c r="E34" i="3"/>
   <c r="F33" i="3"/>
   <c r="F32" i="3"/>
   <c r="F29" i="3"/>
   <c r="F25" i="3"/>
   <c r="F22" i="3"/>
   <c r="F23" i="3"/>
   <c r="C34" i="3"/>
   <c r="F30" i="3"/>
   <c r="F31" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="514" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="281">
   <si>
     <t>ATTENTION: Any information (activities, budgets, etc.) in this template may be made publicly available once approved</t>
   </si>
   <si>
     <t>Instructions</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Sign-off</t>
   </si>
   <si>
     <t>Global and Regional Foundations Plan</t>
   </si>
   <si>
     <t>Question 1</t>
   </si>
   <si>
     <t>Response</t>
   </si>
   <si>
     <t>Question 2</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Partner</t>
   </si>
   <si>
     <t>Type in the cell</t>
   </si>
   <si>
     <t>Select from menu</t>
   </si>
   <si>
     <t>Formula, do not change</t>
   </si>
   <si>
-    <t>Gavi 6.0 Strategic Objective (incl. sub-areas)</t>
-[...1 lines deleted...]
-  <si>
     <t>Foundational Function</t>
   </si>
   <si>
     <t>Area of Work</t>
   </si>
   <si>
     <t xml:space="preserve">Programmatic area </t>
   </si>
   <si>
     <t>Key Activities (max 50 words)</t>
   </si>
   <si>
     <t>FTE Level</t>
   </si>
   <si>
     <t>New or Continuing FTE</t>
   </si>
   <si>
-    <t>Location (Global/Regional)</t>
-[...1 lines deleted...]
-  <si>
     <t>Team/Regional Office/Center of Excellence</t>
   </si>
   <si>
     <t>Gavi Focal Point</t>
   </si>
   <si>
     <t>Partner Focal Point</t>
   </si>
   <si>
     <t xml:space="preserve">2026 Operational Cost ($) </t>
   </si>
   <si>
     <t>2026 Staff costs ($)</t>
   </si>
   <si>
     <t>2026 Total cost ($)</t>
   </si>
   <si>
     <t xml:space="preserve">2027 Operational Cost ($) </t>
   </si>
   <si>
     <t>2027 Staff costs ($)</t>
   </si>
   <si>
     <t>2027 Total cost ($)</t>
@@ -761,53 +754,50 @@
     <t>P3</t>
   </si>
   <si>
     <t>Continuing</t>
   </si>
   <si>
     <t>AFRO</t>
   </si>
   <si>
     <t>SG1.C - Ensure equitable and timely access to mechanisms to respond to outbreaks, epidemics, and pandemics</t>
   </si>
   <si>
     <t>P5</t>
   </si>
   <si>
     <t>WHE</t>
   </si>
   <si>
     <t>SG2.A - Enable countries to extend immunisation to zero-dose children and missed communities, integrated with primary health care, including through addressing gender-related barriers and building resilient demand</t>
   </si>
   <si>
     <t>4.1  Well-functioning Regional Working Groups ensure use of programme monitoring to guide technical support and course correction</t>
   </si>
   <si>
     <t>Partner TA Plan</t>
-  </si>
-[...1 lines deleted...]
-    <t>Example</t>
   </si>
   <si>
     <t>1) TA plan summary</t>
   </si>
   <si>
     <t>Funding source</t>
   </si>
   <si>
     <t>Total Funding</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Regional</t>
   </si>
   <si>
     <t>Global and Regional Foundations plan</t>
   </si>
   <si>
     <t>Final sign-off</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please </t>
@@ -860,74 +850,50 @@
   <si>
     <t>HSS Pillars</t>
   </si>
   <si>
     <t xml:space="preserve">Pillar 1 - Service delivery and demand generation </t>
   </si>
   <si>
     <t>Pillar 2 - Human resources for health</t>
   </si>
   <si>
     <t xml:space="preserve">Pillar 3 - Supply chain </t>
   </si>
   <si>
     <t>Pillar 4 - Data and digitally enabled information systems</t>
   </si>
   <si>
     <t>Pillar 5 - Governance, leadership, and management</t>
   </si>
   <si>
     <t>Pillar 6 - Health Financing</t>
   </si>
   <si>
     <t>Gavi 6.0 SG Objectives</t>
   </si>
   <si>
-    <t xml:space="preserve">SG1.B.i - Support countries to introduce and scale up vaccines for prevention of endemic, epidemic and pandemic diseases including beyond infancy - Routine programmes without campaigns </t>
-[...22 lines deleted...]
-  <si>
     <t>SG2.B - Ensure all children are fully immunised by maintaining and strengthening routine immunisation with vaccines required through second year of life</t>
   </si>
   <si>
     <t>SG2.C - Support countries to adapt systems to routinely deliver vaccines to populations outside early childhood through targeted and catalytic interventions</t>
   </si>
   <si>
     <t>SG3.A - Strengthen regional, national and subnational political and social commitment to immunisation, including through increased domestic public resources</t>
   </si>
   <si>
     <t>SG3.B - Ensure sustainable transition through stronger capacity of eligible countries to maintain immunisation performance</t>
   </si>
   <si>
     <t>SG3.C - Engage self-financing countries to maintain performance and catalyse critical vaccine introductions</t>
   </si>
   <si>
     <t xml:space="preserve">SG4.A - Drive healthy vaccine markets for Gavi- supported and self-financing countries, including acceleration of access to new high-impact, affordable vaccines and delivery innovations </t>
   </si>
   <si>
     <t>SG4.B - Enhance regional vaccine supply security, in support of regional manufacturing expansion ambitions</t>
   </si>
   <si>
     <t xml:space="preserve">SG4.C - Develop sustainable markets for vaccines against outbreak, epidemic, and pandemic-prone diseases </t>
   </si>
   <si>
     <t xml:space="preserve">Cross-cutting </t>
@@ -1170,56 +1136,50 @@
   <si>
     <t>Do you want to use this indicator? Y/N</t>
   </si>
   <si>
     <t>Has this area of work been selected?</t>
   </si>
   <si>
     <t xml:space="preserve">Area of Work </t>
   </si>
   <si>
     <t>TARGETS</t>
   </si>
   <si>
     <t>Partnership Accountability Framework</t>
   </si>
   <si>
     <t>GRF PAF ID</t>
   </si>
   <si>
     <t>This question will be used for review of the application by Gavi's Independent Review Committee</t>
   </si>
   <si>
     <t>Once the Foundational Function is selected, choose the relevant area of work from the drop-down list</t>
   </si>
   <si>
-    <t>SG and SSG</t>
-[...4 lines deleted...]
-  <si>
     <t>Cost</t>
   </si>
   <si>
     <t>Position title</t>
   </si>
   <si>
     <t>Selected Indicators</t>
   </si>
   <si>
     <t>Numerator/Denominator/Baseline</t>
   </si>
   <si>
     <t>For each selected indicator, please specify the numerator, denominator, frequency of reporting and baseline</t>
   </si>
   <si>
     <t>Targets</t>
   </si>
   <si>
     <t>For each selected indicator, please enter the target for each reporting period</t>
   </si>
   <si>
     <t>Review total budgeted costs by funding source, partner, Foundational Function, investment area, and FTE</t>
   </si>
   <si>
     <t>Summary - Global and Regional Foundations Plan</t>
@@ -1304,59 +1264,50 @@
     <t>PSC</t>
   </si>
   <si>
     <t>4) FTE summary</t>
   </si>
   <si>
     <t>Global/Regional share</t>
   </si>
   <si>
     <t>1. Service Delivery &amp; Demand Generation</t>
   </si>
   <si>
     <t>2. Human Resources for Health</t>
   </si>
   <si>
     <t>3. Supply Chain</t>
   </si>
   <si>
     <t>4. Data &amp; Digital Systems</t>
   </si>
   <si>
     <t>5. Governance, Leadership &amp; Management</t>
   </si>
   <si>
     <t>6. Health Financing</t>
-  </si>
-[...7 lines deleted...]
-    <t>9. Diagnostics</t>
   </si>
   <si>
     <t>2.1.1a</t>
   </si>
   <si>
     <t>&gt; Sub-indicator: Percentage of country-level risks escalated to partner-led regional groups with active mitigation plans</t>
   </si>
   <si>
     <t>&gt; Sub-indicator: Percentage of outbreak-related coordination mechanisms with outbreak-specific action plans developed on time.</t>
   </si>
   <si>
     <t>2.2.2a</t>
   </si>
   <si>
     <t xml:space="preserve">&gt; Sub-indicator: Percentage of regions meeting or exceeding Gavi and partner-agreed targets for stockout notification and escalation </t>
   </si>
   <si>
     <t>3.2.2a</t>
   </si>
   <si>
     <t xml:space="preserve">&gt; Number of immunisation regional working groups (RWG) that are functional (meet per schedule, have ToR, workplan and appropriate representation) by [Gavi programmatic area] per year
 </t>
   </si>
   <si>
     <t>&gt; Sub-indicator: Percentage of Regional Working Groups (RWGs) workplan activities completed within the agreed timeline during the reporting period</t>
@@ -1423,56 +1374,50 @@
   <si>
     <t>Partner focal point</t>
   </si>
   <si>
     <r>
       <t>Please elaborate on the main strategic shifts from Gavi 5.0 that will be introduced through this support, demonstrating clear linkage to the Gavi 6.0 strategic objectives</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (Please respond within 300-600 words)</t>
     </r>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>% of FTE supporting function</t>
   </si>
   <si>
-    <t>10. Cross-Cutting</t>
-[...4 lines deleted...]
-  <si>
     <t>Please fill in the table below identifying FTE needs per programmatic area, per FTE level and per team (e.g., for service delivery 3 P4 FTEs are requested in IVB (new hires))</t>
   </si>
   <si>
     <t>From the drop-down list, select the Foundational Functions to be funded</t>
   </si>
   <si>
     <t>Key activity</t>
   </si>
   <si>
     <t>Select the relevant programmatic area from the drop-down list</t>
   </si>
   <si>
     <t>Enter the corresponding high-level activities for each row</t>
   </si>
   <si>
     <t>For each selected programmatic area, enter the respective information for each row's FTE level, location, new/continuing role, and office</t>
   </si>
   <si>
     <t>Based on the above-selections, enter the total % of level of effort (e.g., 3.5 FTE for 3 new P4 staff positions in IVB for function 1, area of work 1.1 for Service Delivery)</t>
   </si>
   <si>
     <t xml:space="preserve">Based on the above-selections, enter the title(s) of the position(s) </t>
   </si>
   <si>
     <t>Enter the relevant  partner focal points. Gavi Focal points will be entered by Secretariat during the review.</t>
@@ -1541,50 +1486,98 @@
       <t>Baseline</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (if applicable)</t>
     </r>
   </si>
   <si>
     <t>&gt; Number of Gavi-eligible countries where partners provide global/regional technical and strategic advocacy support related to Gavi 6.0 priorities</t>
   </si>
   <si>
     <t>&gt; Number of global or regional advocacy mechanisms, platforms, forums, or advocacy initiatives where civil society partners are included by [partner] as stakeholders with a defined role to contribute to immunisation and vaccination discussions.</t>
   </si>
   <si>
     <t>3.2 Facilitation of quality, timely, complete and validated submissions of country data to global/regional immunisation information systems (e.g. WUENIC, EVM, eJRF, Thrive360, etc.)</t>
   </si>
   <si>
     <t>&gt; Number of global/regional data analytical products produced and disseminated to countries to develop and update their digital health and data systems e.g. dash boards, forecasting tools</t>
+  </si>
+  <si>
+    <t>Gavi 6.0 Stategic Objectives</t>
+  </si>
+  <si>
+    <t>From the drop-down list, please select the relevant Strategic Objective</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gavi 6.0 Strategic Objective </t>
+  </si>
+  <si>
+    <t>8. Programmes with campaigns</t>
+  </si>
+  <si>
+    <t>9. Outbreaks, Epidemics &amp; Pandemics</t>
+  </si>
+  <si>
+    <t>10. Diagnostics</t>
+  </si>
+  <si>
+    <t>11. Gender</t>
+  </si>
+  <si>
+    <t>12. Cross-Cutting</t>
+  </si>
+  <si>
+    <t>7. Routine Programmes without cCampaigns</t>
+  </si>
+  <si>
+    <t>Global/Regional</t>
+  </si>
+  <si>
+    <t>Select the partner for this template in the orange box above. This will automatically fill the partner name across the template</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Do not adjust this tab except Total Funding and Extensions Amount in cells C9 and D9</t>
+  </si>
+  <si>
+    <t>Example</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG2 - Cross-cutting </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="67" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2011,51 +2004,51 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="25">
+  <fills count="24">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2121,106 +2114,91 @@
       <patternFill patternType="solid">
         <fgColor theme="7" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFDAE9F8"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="37">
+  <borders count="36">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF999999"/>
       </left>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right/>
       <top style="medium">
         <color rgb="FF999999"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF434343"/>
       </left>
       <right style="thin">
         <color rgb="FF434343"/>
       </right>
       <top style="thin">
         <color rgb="FF434343"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -2621,620 +2599,618 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="3" fillId="9" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="214">
+  <cellXfs count="212">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="8"/>
     <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="8" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="12" borderId="9" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="12" borderId="8" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="13" borderId="12" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="13" borderId="11" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="13" borderId="13" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="12" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="6" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="6" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="27" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="17" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="19" borderId="19" xfId="9" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="19" xfId="9"/>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="50" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="16" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...57 lines deleted...]
-    <xf numFmtId="0" fontId="53" fillId="9" borderId="5" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="53" fillId="9" borderId="4" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="9" borderId="5" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="9" borderId="4" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="9" borderId="5" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="9" borderId="4" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="29" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="29" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="29" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="32" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="29" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="32" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="29" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="58" fillId="22" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="43" fontId="59" fillId="9" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="60" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="60" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="60" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="58" fillId="22" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="22" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="21" fillId="23" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="21" fillId="23" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="43" fontId="21" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="21" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="64" fillId="15" borderId="14" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="64" fillId="15" borderId="13" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="15" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="18" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="18" borderId="3" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="21" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="15" borderId="13" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="15" borderId="14" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="21" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...245 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{417B7962-942A-4AC3-BEF3-A83513012544}"/>
     <cellStyle name="Heading 2" xfId="9" builtinId="17"/>
     <cellStyle name="Input" xfId="3" builtinId="20"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 12" xfId="8" xr:uid="{A42AF4AB-31A1-4AC1-94B4-FDB9EB406A69}"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{835001DD-3A33-4CD7-B877-DAC6BEA6FC94}"/>
     <cellStyle name="Normal 7" xfId="6" xr:uid="{867B13B2-2A30-46BA-BF84-CBE5402D3236}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="7" xr:uid="{FF18A2F9-733D-4B0B-8C7C-9155F14E94FA}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
@@ -3310,51 +3286,51 @@
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
@@ -3597,54 +3573,50 @@
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="638175" y="0"/>
           <a:ext cx="1848971" cy="709706"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3953,471 +3925,478 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BB5194D-7AE9-4F00-A98C-5A7439D66573}">
   <sheetPr>
     <tabColor theme="4"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G973"/>
+  <dimension ref="A1:G974"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="63" zoomScaleNormal="63" workbookViewId="0">
-      <selection activeCell="C26" sqref="C26"/>
+    <sheetView showGridLines="0" topLeftCell="B3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.453125" style="8" customWidth="1"/>
     <col min="2" max="2" width="35.54296875" style="8" customWidth="1"/>
     <col min="3" max="3" width="149.54296875" style="8" customWidth="1"/>
     <col min="4" max="4" width="59.453125" style="8" customWidth="1"/>
     <col min="5" max="6" width="14.453125" style="8" customWidth="1"/>
     <col min="7" max="16384" width="14.453125" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6"/>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
     </row>
     <row r="2" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7"/>
       <c r="B2" s="7"/>
       <c r="C2" s="44" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:4" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="7"/>
       <c r="B3" s="7"/>
       <c r="C3" s="9"/>
       <c r="D3" s="7"/>
     </row>
     <row r="4" spans="1:4" ht="30" x14ac:dyDescent="0.6">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
-      <c r="C4" s="103" t="s">
-        <v>68</v>
+      <c r="C4" s="102" t="s">
+        <v>279</v>
       </c>
       <c r="D4" s="7"/>
     </row>
     <row r="5" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7"/>
       <c r="B5" s="7"/>
       <c r="C5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="7"/>
     </row>
     <row r="6" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
-      <c r="C6" s="115" t="s">
-        <v>251</v>
+      <c r="C6" s="114" t="s">
+        <v>235</v>
       </c>
       <c r="D6" s="7"/>
     </row>
     <row r="7" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="7"/>
       <c r="D7" s="7"/>
     </row>
     <row r="8" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B8" s="7"/>
       <c r="C8" s="11" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="D8" s="7"/>
     </row>
     <row r="9" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7"/>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
     </row>
     <row r="10" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="7"/>
-      <c r="B10" s="98">
+      <c r="B10" s="97">
         <v>1</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="7"/>
     </row>
-    <row r="11" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:4" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="7"/>
-      <c r="B11" s="98"/>
-      <c r="C11" s="13"/>
+      <c r="B11" s="97"/>
+      <c r="C11" s="22" t="s">
+        <v>275</v>
+      </c>
       <c r="D11" s="7"/>
     </row>
-    <row r="12" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:4" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="7"/>
-      <c r="B12" s="98">
+      <c r="B12" s="97"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="7"/>
+    </row>
+    <row r="13" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="7"/>
+      <c r="B13" s="97">
         <v>2</v>
       </c>
-      <c r="C12" s="49" t="s">
-[...8 lines deleted...]
-        <v>216</v>
+      <c r="C13" s="49" t="s">
+        <v>198</v>
       </c>
       <c r="D13" s="7"/>
     </row>
     <row r="14" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="7"/>
-      <c r="B14" s="99"/>
-[...1 lines deleted...]
-        <v>192</v>
+      <c r="B14" s="98"/>
+      <c r="C14" s="14" t="s">
+        <v>203</v>
       </c>
       <c r="D14" s="7"/>
     </row>
-    <row r="15" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="7"/>
       <c r="B15" s="98"/>
-      <c r="C15" s="13"/>
+      <c r="C15" s="22" t="s">
+        <v>181</v>
+      </c>
       <c r="D15" s="7"/>
     </row>
     <row r="16" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="7"/>
-      <c r="B16" s="98">
+      <c r="B16" s="97"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="7"/>
+    </row>
+    <row r="17" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="7"/>
+      <c r="B17" s="97">
         <v>3</v>
       </c>
-      <c r="C16" s="49" t="s">
-[...8 lines deleted...]
-        <v>217</v>
+      <c r="C17" s="49" t="s">
+        <v>199</v>
       </c>
       <c r="D17" s="7"/>
     </row>
     <row r="18" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="7"/>
-      <c r="B18" s="99" t="s">
-[...3 lines deleted...]
-        <v>266</v>
+      <c r="B18" s="98"/>
+      <c r="C18" s="14" t="s">
+        <v>204</v>
       </c>
       <c r="D18" s="7"/>
     </row>
-    <row r="19" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="7"/>
-      <c r="B19" s="99" t="s">
-        <v>15</v>
+      <c r="B19" s="98" t="s">
+        <v>13</v>
       </c>
       <c r="C19" s="22" t="s">
-        <v>193</v>
+        <v>248</v>
       </c>
       <c r="D19" s="7"/>
     </row>
     <row r="20" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A20" s="7"/>
-      <c r="B20" s="99" t="s">
-        <v>194</v>
+      <c r="B20" s="98" t="s">
+        <v>14</v>
       </c>
       <c r="C20" s="22" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="D20" s="7"/>
     </row>
-    <row r="21" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A21" s="7"/>
-      <c r="B21" s="99" t="s">
-        <v>16</v>
+      <c r="B21" s="98" t="s">
+        <v>265</v>
       </c>
       <c r="C21" s="22" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D21" s="7"/>
     </row>
     <row r="22" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="7"/>
-      <c r="B22" s="99" t="s">
-        <v>267</v>
+      <c r="B22" s="98" t="s">
+        <v>15</v>
       </c>
       <c r="C22" s="22" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="D22" s="7"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="7"/>
-      <c r="B23" s="99" t="s">
-        <v>218</v>
+      <c r="B23" s="98" t="s">
+        <v>249</v>
       </c>
       <c r="C23" s="22" t="s">
-        <v>270</v>
+        <v>251</v>
       </c>
       <c r="D23" s="7"/>
     </row>
     <row r="24" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="7"/>
-      <c r="B24" s="99" t="s">
-        <v>262</v>
+      <c r="B24" s="98" t="s">
+        <v>205</v>
       </c>
       <c r="C24" s="22" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
       <c r="D24" s="7"/>
     </row>
     <row r="25" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="7"/>
-      <c r="B25" s="99" t="s">
-        <v>197</v>
+      <c r="B25" s="98" t="s">
+        <v>246</v>
       </c>
       <c r="C25" s="22" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="D25" s="7"/>
     </row>
     <row r="26" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="7"/>
-      <c r="B26" s="99" t="s">
-        <v>219</v>
+      <c r="B26" s="98" t="s">
+        <v>184</v>
       </c>
       <c r="C26" s="22" t="s">
-        <v>273</v>
+        <v>254</v>
       </c>
       <c r="D26" s="7"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="7"/>
-      <c r="B27" s="99" t="s">
-        <v>196</v>
+      <c r="B27" s="98" t="s">
+        <v>206</v>
       </c>
       <c r="C27" s="22" t="s">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="D27" s="7"/>
     </row>
-    <row r="28" spans="1:7" ht="18.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="7"/>
-      <c r="B28" s="99" t="s">
-        <v>42</v>
+      <c r="B28" s="98" t="s">
+        <v>183</v>
       </c>
       <c r="C28" s="22" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D28" s="7"/>
     </row>
-    <row r="29" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:7" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="7"/>
-      <c r="B29" s="99"/>
-      <c r="C29" s="22"/>
+      <c r="B29" s="98" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="22" t="s">
+        <v>239</v>
+      </c>
       <c r="D29" s="7"/>
     </row>
-    <row r="30" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="7"/>
-      <c r="B30" s="98">
+      <c r="B30" s="98"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="7"/>
+    </row>
+    <row r="31" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A31" s="7"/>
+      <c r="B31" s="97">
         <v>4</v>
       </c>
-      <c r="C30" s="15" t="s">
-[...11 lines deleted...]
-        <v>254</v>
+      <c r="C31" s="15" t="s">
+        <v>200</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
     </row>
-    <row r="32" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A32" s="7"/>
-      <c r="B32" s="98" t="s">
-[...3 lines deleted...]
-        <v>275</v>
+      <c r="B32" s="97"/>
+      <c r="C32" s="14" t="s">
+        <v>238</v>
       </c>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
     </row>
-    <row r="33" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="7"/>
-      <c r="B33" s="98" t="s">
-        <v>199</v>
+      <c r="B33" s="97" t="s">
+        <v>185</v>
       </c>
       <c r="C33" s="22" t="s">
-        <v>200</v>
+        <v>257</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
     </row>
-    <row r="34" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="7"/>
-      <c r="B34" s="98" t="s">
-        <v>201</v>
+      <c r="B34" s="97" t="s">
+        <v>186</v>
       </c>
       <c r="C34" s="22" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
     </row>
-    <row r="35" spans="1:7" ht="13" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A35" s="7"/>
-      <c r="B35" s="100"/>
+      <c r="B35" s="97" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" s="22" t="s">
+        <v>189</v>
+      </c>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
     </row>
-    <row r="36" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:7" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
-      <c r="B36" s="98">
-[...4 lines deleted...]
-      </c>
+      <c r="B36" s="99"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
     </row>
-    <row r="37" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:7" ht="18" x14ac:dyDescent="0.4">
       <c r="A37" s="7"/>
-      <c r="B37" s="100"/>
-[...1 lines deleted...]
-        <v>203</v>
+      <c r="B37" s="97">
+        <v>5</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>2</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
     </row>
-    <row r="38" spans="1:7" ht="13" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A38" s="7"/>
-      <c r="B38" s="100"/>
+      <c r="B38" s="99"/>
+      <c r="C38" s="22" t="s">
+        <v>190</v>
+      </c>
       <c r="D38" s="7"/>
       <c r="E38" s="7"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
     </row>
-    <row r="39" spans="1:7" ht="18" x14ac:dyDescent="0.4">
-      <c r="B39" s="98">
+    <row r="39" spans="1:7" ht="13" x14ac:dyDescent="0.3">
+      <c r="A39" s="7"/>
+      <c r="B39" s="99"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
+    </row>
+    <row r="40" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="B40" s="97">
         <v>6</v>
       </c>
-      <c r="C39" s="15" t="s">
+      <c r="C40" s="15" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="C42" s="16"/>
+    <row r="41" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B41" s="99"/>
+      <c r="C41" s="22" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="92.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="99"/>
+      <c r="C42" s="22"/>
     </row>
     <row r="43" spans="1:7" ht="14" x14ac:dyDescent="0.25">
       <c r="C43" s="16"/>
     </row>
     <row r="44" spans="1:7" ht="14" x14ac:dyDescent="0.25">
       <c r="C44" s="16"/>
     </row>
-    <row r="45" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="1:7" ht="14" x14ac:dyDescent="0.25">
+      <c r="C45" s="16"/>
+    </row>
     <row r="46" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="49" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-    </row>
+    <row r="49" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C50" s="18"/>
+      <c r="C50" s="17"/>
     </row>
     <row r="51" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C51" s="19"/>
+      <c r="C51" s="18"/>
     </row>
     <row r="52" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C52" s="20"/>
+      <c r="C52" s="19"/>
     </row>
     <row r="53" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C53" s="21"/>
+      <c r="C53" s="20"/>
     </row>
     <row r="54" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C54" s="19"/>
+      <c r="C54" s="21"/>
     </row>
     <row r="55" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C55" s="21"/>
+      <c r="C55" s="19"/>
     </row>
     <row r="56" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C56" s="21"/>
     </row>
     <row r="57" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C57" s="20"/>
-[...1 lines deleted...]
-    <row r="58" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="C57" s="21"/>
+    </row>
+    <row r="58" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C58" s="20"/>
+    </row>
     <row r="59" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="60" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="61" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="62" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="63" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="64" spans="3:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="65" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="66" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="67" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="68" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="69" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="70" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="71" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="72" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="73" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="74" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="75" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="76" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="77" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="78" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -5289,4555 +5268,4570 @@
     <row r="949" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="950" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="951" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="952" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="953" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="954" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="955" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="956" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="957" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="958" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="959" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="960" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="961" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="962" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="963" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="964" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="965" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="966" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="967" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="968" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="969" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="970" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="971" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="972" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="973" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="974" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd"/>
   <headerFooter>
     <oddHeader>&amp;L000000Classified as Internal#</oddHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B31C2518-EBEE-47F2-BF8E-E560FC1BC3DE}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="B1:B16"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
       <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.54296875" style="41"/>
     <col min="2" max="2" width="133.81640625" style="41" customWidth="1"/>
     <col min="3" max="3" width="8.54296875" style="41" customWidth="1"/>
     <col min="4" max="16384" width="8.54296875" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" ht="69" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:2" ht="29.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="44" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3" spans="2:2" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="104" t="str">
+      <c r="B3" s="103" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
     </row>
     <row r="6" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B6" s="42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="2:2" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="46" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
     </row>
     <row r="8" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B8" s="45"/>
     </row>
     <row r="9" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B9" s="43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="2:2" ht="108" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="48"/>
     </row>
     <row r="12" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B12" s="43" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="2:2" s="47" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="116" t="s">
-        <v>258</v>
+      <c r="B13" s="115" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="15" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B15" s="43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="2:2" ht="135" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="48" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28516298-2904-4AF7-B26C-35C39B2019FF}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="B5:AJ52"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="AI10" sqref="AI10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="11.5" outlineLevelCol="2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.453125" style="27" customWidth="1"/>
     <col min="2" max="2" width="17.453125" style="27" customWidth="1"/>
     <col min="3" max="3" width="70.81640625" style="27" customWidth="1"/>
     <col min="4" max="4" width="51" style="27" customWidth="1"/>
     <col min="5" max="7" width="57.54296875" style="27" customWidth="1"/>
     <col min="8" max="12" width="28.54296875" style="27" customWidth="1"/>
     <col min="13" max="13" width="40" style="27" customWidth="1"/>
     <col min="14" max="15" width="28.54296875" style="27" customWidth="1"/>
     <col min="16" max="16" width="28.54296875" style="27" customWidth="1" outlineLevel="2"/>
     <col min="17" max="17" width="27.81640625" style="27" customWidth="1" outlineLevel="2"/>
     <col min="18" max="18" width="21.81640625" style="27" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="22.54296875" style="27" customWidth="1" outlineLevel="2"/>
     <col min="20" max="20" width="27.81640625" style="27" customWidth="1" outlineLevel="2"/>
     <col min="21" max="21" width="21.81640625" style="27" customWidth="1" outlineLevel="1"/>
     <col min="22" max="22" width="28.54296875" style="27" customWidth="1" outlineLevel="2"/>
     <col min="23" max="23" width="27.81640625" style="27" customWidth="1" outlineLevel="2"/>
     <col min="24" max="24" width="21.81640625" style="27" customWidth="1" outlineLevel="1"/>
     <col min="25" max="25" width="22.54296875" style="27" customWidth="1" outlineLevel="2"/>
     <col min="26" max="26" width="27.81640625" style="27" customWidth="1" outlineLevel="2"/>
     <col min="27" max="27" width="21.81640625" style="27" customWidth="1" outlineLevel="1"/>
     <col min="28" max="28" width="22.54296875" style="27" customWidth="1" outlineLevel="2"/>
     <col min="29" max="29" width="27.81640625" style="27" customWidth="1" outlineLevel="2"/>
     <col min="30" max="30" width="21.81640625" style="27" customWidth="1" outlineLevel="1"/>
     <col min="31" max="31" width="22.54296875" style="27" customWidth="1"/>
     <col min="32" max="32" width="19.1796875" style="27" customWidth="1"/>
     <col min="33" max="33" width="22.54296875" style="27" customWidth="1"/>
     <col min="34" max="34" width="20.54296875" style="27" customWidth="1"/>
-    <col min="35" max="35" width="26.453125" style="93" customWidth="1"/>
+    <col min="35" max="35" width="26.453125" style="92" customWidth="1"/>
     <col min="36" max="36" width="11.81640625" style="28" customWidth="1"/>
     <col min="37" max="16384" width="8.54296875" style="27"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:36" ht="20" x14ac:dyDescent="0.35">
       <c r="B5" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="105"/>
-[...30 lines deleted...]
-      <c r="AH5" s="93"/>
+      <c r="C5" s="104"/>
+      <c r="D5" s="105"/>
+      <c r="E5" s="106"/>
+      <c r="F5" s="106"/>
+      <c r="G5" s="106"/>
+      <c r="H5" s="92"/>
+      <c r="I5" s="92"/>
+      <c r="J5" s="92"/>
+      <c r="K5" s="92"/>
+      <c r="L5" s="92"/>
+      <c r="M5" s="107"/>
+      <c r="N5" s="92"/>
+      <c r="O5" s="92"/>
+      <c r="P5" s="92"/>
+      <c r="Q5" s="92"/>
+      <c r="R5" s="92"/>
+      <c r="S5" s="92"/>
+      <c r="T5" s="92"/>
+      <c r="U5" s="92"/>
+      <c r="V5" s="92"/>
+      <c r="W5" s="92"/>
+      <c r="X5" s="92"/>
+      <c r="Y5" s="92"/>
+      <c r="Z5" s="92"/>
+      <c r="AA5" s="92"/>
+      <c r="AB5" s="92"/>
+      <c r="AC5" s="92"/>
+      <c r="AD5" s="92"/>
+      <c r="AE5" s="92"/>
+      <c r="AF5" s="92"/>
+      <c r="AG5" s="92"/>
+      <c r="AH5" s="92"/>
     </row>
     <row r="6" spans="2:36" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B6" s="109" t="str">
+      <c r="B6" s="108" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
-      <c r="C6" s="110"/>
-[...31 lines deleted...]
-      <c r="AI6" s="93"/>
+      <c r="C6" s="109"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="106"/>
+      <c r="F6" s="106"/>
+      <c r="G6" s="106"/>
+      <c r="H6" s="92"/>
+      <c r="I6" s="92"/>
+      <c r="J6" s="92"/>
+      <c r="K6" s="92"/>
+      <c r="L6" s="92"/>
+      <c r="M6" s="107"/>
+      <c r="N6" s="92"/>
+      <c r="O6" s="92"/>
+      <c r="P6" s="92"/>
+      <c r="Q6" s="92"/>
+      <c r="R6" s="92"/>
+      <c r="S6" s="92"/>
+      <c r="T6" s="92"/>
+      <c r="U6" s="92"/>
+      <c r="V6" s="92"/>
+      <c r="W6" s="92"/>
+      <c r="X6" s="92"/>
+      <c r="Y6" s="92"/>
+      <c r="Z6" s="92"/>
+      <c r="AA6" s="92"/>
+      <c r="AB6" s="92"/>
+      <c r="AC6" s="92"/>
+      <c r="AD6" s="92"/>
+      <c r="AE6" s="92"/>
+      <c r="AF6" s="186"/>
+      <c r="AG6" s="92"/>
+      <c r="AH6" s="92"/>
+      <c r="AI6" s="92"/>
       <c r="AJ6" s="32"/>
     </row>
     <row r="7" spans="2:36" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="133" t="s">
-[...36 lines deleted...]
-      <c r="AI7" s="94"/>
+      <c r="B7" s="187" t="s">
+        <v>247</v>
+      </c>
+      <c r="C7" s="187"/>
+      <c r="D7" s="187"/>
+      <c r="E7" s="93"/>
+      <c r="F7" s="93"/>
+      <c r="G7" s="93"/>
+      <c r="H7" s="93"/>
+      <c r="I7" s="93"/>
+      <c r="J7" s="93"/>
+      <c r="K7" s="93"/>
+      <c r="L7" s="93"/>
+      <c r="M7" s="93"/>
+      <c r="N7" s="93" t="s">
+        <v>208</v>
+      </c>
+      <c r="O7" s="93"/>
+      <c r="P7" s="93"/>
+      <c r="Q7" s="93"/>
+      <c r="R7" s="93"/>
+      <c r="S7" s="93"/>
+      <c r="T7" s="93"/>
+      <c r="U7" s="93"/>
+      <c r="V7" s="93"/>
+      <c r="W7" s="93"/>
+      <c r="X7" s="93"/>
+      <c r="Y7" s="93"/>
+      <c r="Z7" s="93"/>
+      <c r="AA7" s="93"/>
+      <c r="AB7" s="93"/>
+      <c r="AC7" s="93"/>
+      <c r="AD7" s="93"/>
+      <c r="AE7" s="93"/>
+      <c r="AF7" s="93"/>
+      <c r="AG7" s="93"/>
+      <c r="AH7" s="93"/>
+      <c r="AI7" s="93"/>
       <c r="AJ7" s="33"/>
     </row>
     <row r="8" spans="2:36" s="39" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="113" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="113" t="s">
+      <c r="B8" s="112" t="s">
+        <v>258</v>
+      </c>
+      <c r="C8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="D8" s="113" t="s">
+      <c r="D8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="113" t="s">
+      <c r="E8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="F8" s="113" t="s">
+      <c r="F8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="112" t="s">
+      <c r="G8" s="111" t="s">
         <v>10</v>
       </c>
-      <c r="H8" s="95" t="s">
+      <c r="H8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="I8" s="113" t="s">
+      <c r="I8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="J8" s="113" t="s">
+      <c r="J8" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="95" t="s">
+      <c r="K8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="L8" s="95" t="s">
+      <c r="L8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="M8" s="95" t="s">
+      <c r="M8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="N8" s="95" t="s">
+      <c r="N8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="O8" s="95" t="s">
+      <c r="O8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="P8" s="95" t="s">
+      <c r="P8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="Q8" s="95" t="s">
+      <c r="Q8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="R8" s="95" t="s">
+      <c r="R8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="S8" s="95" t="s">
+      <c r="S8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="T8" s="95" t="s">
+      <c r="T8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="U8" s="95" t="s">
+      <c r="U8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="V8" s="95" t="s">
+      <c r="V8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="W8" s="95" t="s">
+      <c r="W8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="X8" s="95" t="s">
+      <c r="X8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="Y8" s="95" t="s">
+      <c r="Y8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="Z8" s="95" t="s">
+      <c r="Z8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="AA8" s="95" t="s">
+      <c r="AA8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="AB8" s="95" t="s">
+      <c r="AB8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="AC8" s="95" t="s">
+      <c r="AC8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="AD8" s="95" t="s">
+      <c r="AD8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="AE8" s="95" t="s">
+      <c r="AE8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="AF8" s="95" t="s">
+      <c r="AF8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="AG8" s="95" t="s">
+      <c r="AG8" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="AH8" s="95" t="s">
+      <c r="AH8" s="94" t="s">
         <v>10</v>
       </c>
       <c r="AI8" s="38"/>
     </row>
     <row r="9" spans="2:36" s="39" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="34" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="D9" s="34" t="s">
+      <c r="E9" s="34" t="s">
+        <v>267</v>
+      </c>
+      <c r="F9" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E9" s="34" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="34" t="s">
+      <c r="G9" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="G9" s="34" t="s">
+      <c r="H9" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="H9" s="35" t="s">
+      <c r="I9" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="I9" s="35" t="s">
+      <c r="J9" s="35" t="s">
+        <v>274</v>
+      </c>
+      <c r="K9" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="J9" s="35" t="s">
+      <c r="L9" s="35" t="s">
+        <v>246</v>
+      </c>
+      <c r="M9" s="35" t="s">
+        <v>207</v>
+      </c>
+      <c r="N9" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="K9" s="35" t="s">
+      <c r="O9" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="L9" s="35" t="s">
-[...5 lines deleted...]
-      <c r="N9" s="35" t="s">
+      <c r="P9" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="O9" s="35" t="s">
+      <c r="Q9" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="P9" s="36" t="s">
+      <c r="R9" s="113" t="s">
         <v>24</v>
       </c>
-      <c r="Q9" s="36" t="s">
+      <c r="S9" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="R9" s="114" t="s">
+      <c r="T9" s="36" t="s">
         <v>26</v>
       </c>
-      <c r="S9" s="36" t="s">
+      <c r="U9" s="113" t="s">
         <v>27</v>
       </c>
-      <c r="T9" s="36" t="s">
+      <c r="V9" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="U9" s="114" t="s">
+      <c r="W9" s="36" t="s">
         <v>29</v>
       </c>
-      <c r="V9" s="36" t="s">
+      <c r="X9" s="113" t="s">
         <v>30</v>
       </c>
-      <c r="W9" s="36" t="s">
+      <c r="Y9" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="X9" s="114" t="s">
+      <c r="Z9" s="36" t="s">
         <v>32</v>
       </c>
-      <c r="Y9" s="36" t="s">
+      <c r="AA9" s="113" t="s">
         <v>33</v>
       </c>
-      <c r="Z9" s="36" t="s">
+      <c r="AB9" s="36" t="s">
         <v>34</v>
       </c>
-      <c r="AA9" s="114" t="s">
+      <c r="AC9" s="36" t="s">
         <v>35</v>
       </c>
-      <c r="AB9" s="36" t="s">
+      <c r="AD9" s="113" t="s">
         <v>36</v>
       </c>
-      <c r="AC9" s="36" t="s">
+      <c r="AE9" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="AD9" s="114" t="s">
+      <c r="AF9" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="AE9" s="37" t="s">
+      <c r="AG9" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="AF9" s="37" t="s">
+      <c r="AH9" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="AG9" s="37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AI9" s="38"/>
     </row>
-    <row r="10" spans="2:36" s="147" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
-      <c r="B10" s="136" t="str">
+    <row r="10" spans="2:36" s="129" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C10" s="135" t="s">
+      <c r="C10" s="117" t="s">
+        <v>196</v>
+      </c>
+      <c r="D10" s="96" t="s">
+        <v>111</v>
+      </c>
+      <c r="E10" s="117" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="117" t="s">
+        <v>220</v>
+      </c>
+      <c r="G10" s="119" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" s="118" t="s">
         <v>49</v>
       </c>
-      <c r="D10" s="97" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="137" t="s">
+      <c r="I10" s="118" t="s">
         <v>50</v>
       </c>
-      <c r="H10" s="136" t="s">
+      <c r="J10" s="118" t="s">
         <v>51</v>
       </c>
-      <c r="I10" s="136" t="s">
+      <c r="K10" s="118" t="s">
         <v>52</v>
       </c>
-      <c r="J10" s="136" t="s">
-[...11 lines deleted...]
-      <c r="P10" s="140">
+      <c r="L10" s="120">
+        <v>3</v>
+      </c>
+      <c r="M10" s="121"/>
+      <c r="N10" s="121"/>
+      <c r="O10" s="121"/>
+      <c r="P10" s="122">
         <v>20000</v>
       </c>
-      <c r="Q10" s="140">
+      <c r="Q10" s="122">
         <v>80000</v>
       </c>
-      <c r="R10" s="141">
+      <c r="R10" s="123">
         <f>SUM(P10:Q10)</f>
         <v>100000</v>
       </c>
-      <c r="S10" s="140">
+      <c r="S10" s="122">
         <v>10000</v>
       </c>
-      <c r="T10" s="140">
+      <c r="T10" s="122">
         <v>160000</v>
       </c>
-      <c r="U10" s="141">
+      <c r="U10" s="123">
         <f>SUM(S10:T10)</f>
         <v>170000</v>
       </c>
-      <c r="V10" s="140">
+      <c r="V10" s="122">
         <v>20000</v>
       </c>
-      <c r="W10" s="140">
+      <c r="W10" s="122">
         <v>160000</v>
       </c>
-      <c r="X10" s="141">
+      <c r="X10" s="123">
         <f>SUM(V10:W10)</f>
         <v>180000</v>
       </c>
-      <c r="Y10" s="140">
+      <c r="Y10" s="122">
         <v>10000</v>
       </c>
-      <c r="Z10" s="140">
+      <c r="Z10" s="122">
         <v>160000</v>
       </c>
-      <c r="AA10" s="141">
+      <c r="AA10" s="123">
         <f>SUM(Y10:Z10)</f>
         <v>170000</v>
       </c>
-      <c r="AB10" s="142">
+      <c r="AB10" s="124">
         <v>20000</v>
       </c>
-      <c r="AC10" s="142">
+      <c r="AC10" s="124">
         <v>160000</v>
       </c>
-      <c r="AD10" s="143">
+      <c r="AD10" s="125">
         <f>SUM(AB10:AC10)</f>
         <v>180000</v>
       </c>
-      <c r="AE10" s="143">
+      <c r="AE10" s="125">
         <f>AD10+AA10+X10+U10+R10</f>
         <v>800000</v>
       </c>
-      <c r="AF10" s="144">
-[...3 lines deleted...]
-      <c r="AG10" s="143">
+      <c r="AF10" s="126" t="str">
+        <f>IF(B10="WHO",(0.07*AE10),IF(B10="UNICEF",(0.08*AE10),IF(B10="CDC Foundation",(0.12*AE10)," ")))</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG10" s="125">
         <f>SUM(AE10:AF10)</f>
-        <v>1360000</v>
-[...7 lines deleted...]
-      <c r="B11" s="136" t="str">
+        <v>800000</v>
+      </c>
+      <c r="AH10" s="127" t="s">
+        <v>53</v>
+      </c>
+      <c r="AI10" s="128"/>
+    </row>
+    <row r="11" spans="2:36" s="129" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+      <c r="B11" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C11" s="135" t="s">
+      <c r="C11" s="117" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="96" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" s="117" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="117" t="s">
+        <v>221</v>
+      </c>
+      <c r="G11" s="119" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="118" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="97" t="s">
+      <c r="I11" s="118" t="s">
         <v>58</v>
       </c>
-      <c r="E11" s="135" t="s">
-[...20 lines deleted...]
-      <c r="L11" s="138">
+      <c r="J11" s="118" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" s="118" t="s">
+        <v>52</v>
+      </c>
+      <c r="L11" s="120">
         <v>3</v>
       </c>
-      <c r="M11" s="139"/>
-[...2 lines deleted...]
-      <c r="P11" s="140">
+      <c r="M11" s="121"/>
+      <c r="N11" s="121"/>
+      <c r="O11" s="121"/>
+      <c r="P11" s="122">
         <v>100</v>
       </c>
-      <c r="Q11" s="140"/>
-      <c r="R11" s="141">
+      <c r="Q11" s="122"/>
+      <c r="R11" s="123">
         <f t="shared" ref="R11:R52" si="0">SUM(P11:Q11)</f>
         <v>100</v>
       </c>
-      <c r="S11" s="140"/>
-[...1 lines deleted...]
-      <c r="U11" s="141">
+      <c r="S11" s="122"/>
+      <c r="T11" s="122"/>
+      <c r="U11" s="123">
         <f t="shared" ref="U11:U52" si="1">SUM(S11:T11)</f>
         <v>0</v>
       </c>
-      <c r="V11" s="140"/>
-[...1 lines deleted...]
-      <c r="X11" s="141">
+      <c r="V11" s="122"/>
+      <c r="W11" s="122"/>
+      <c r="X11" s="123">
         <f t="shared" ref="X11:X52" si="2">SUM(V11:W11)</f>
         <v>0</v>
       </c>
-      <c r="Y11" s="140"/>
-[...1 lines deleted...]
-      <c r="AA11" s="141">
+      <c r="Y11" s="122"/>
+      <c r="Z11" s="122"/>
+      <c r="AA11" s="123">
         <f t="shared" ref="AA11:AA52" si="3">SUM(Y11:Z11)</f>
         <v>0</v>
       </c>
-      <c r="AB11" s="142"/>
-[...1 lines deleted...]
-      <c r="AD11" s="143">
+      <c r="AB11" s="124"/>
+      <c r="AC11" s="124"/>
+      <c r="AD11" s="125">
         <f t="shared" ref="AD11:AD52" si="4">SUM(AB11:AC11)</f>
         <v>0</v>
       </c>
-      <c r="AE11" s="143">
+      <c r="AE11" s="125">
         <f t="shared" ref="AE11:AE52" si="5">AD11+AA11+X11+U11+R11</f>
         <v>100</v>
       </c>
-      <c r="AF11" s="144">
-[...3 lines deleted...]
-      <c r="AG11" s="143">
+      <c r="AF11" s="126" t="str">
+        <f t="shared" ref="AF11:AF52" si="6">IF(B11="WHO",(0.07*AE11),IF(B11="UNICEF",(0.08*AE11),IF(B11="CDC Foundation",(0.12*AE11)," ")))</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG11" s="125">
         <f t="shared" ref="AG11:AG52" si="7">SUM(AE11:AF11)</f>
-        <v>170</v>
-[...5 lines deleted...]
-      <c r="B12" s="136" t="str">
+        <v>100</v>
+      </c>
+      <c r="AH11" s="127"/>
+      <c r="AI11" s="128"/>
+    </row>
+    <row r="12" spans="2:36" s="129" customFormat="1" ht="23" x14ac:dyDescent="0.35">
+      <c r="B12" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C12" s="135" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="135" t="s">
+      <c r="C12" s="117" t="s">
+        <v>196</v>
+      </c>
+      <c r="D12" s="96" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" s="117" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" s="117" t="s">
+        <v>222</v>
+      </c>
+      <c r="G12" s="119" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12" s="118" t="s">
+        <v>61</v>
+      </c>
+      <c r="I12" s="118" t="s">
+        <v>50</v>
+      </c>
+      <c r="J12" s="118" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" s="118" t="s">
         <v>62</v>
       </c>
-      <c r="F12" s="135" t="s">
-[...17 lines deleted...]
-      <c r="L12" s="138">
+      <c r="L12" s="120">
         <v>1</v>
       </c>
-      <c r="M12" s="139"/>
-[...2 lines deleted...]
-      <c r="P12" s="140">
+      <c r="M12" s="121"/>
+      <c r="N12" s="121"/>
+      <c r="O12" s="121"/>
+      <c r="P12" s="122">
         <v>200</v>
       </c>
-      <c r="Q12" s="140"/>
-      <c r="R12" s="141">
+      <c r="Q12" s="122"/>
+      <c r="R12" s="123">
         <f t="shared" si="0"/>
         <v>200</v>
       </c>
-      <c r="S12" s="140"/>
-[...1 lines deleted...]
-      <c r="U12" s="141">
+      <c r="S12" s="122"/>
+      <c r="T12" s="122"/>
+      <c r="U12" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V12" s="140"/>
-[...1 lines deleted...]
-      <c r="X12" s="141">
+      <c r="V12" s="122"/>
+      <c r="W12" s="122"/>
+      <c r="X12" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y12" s="140"/>
-[...1 lines deleted...]
-      <c r="AA12" s="141">
+      <c r="Y12" s="122"/>
+      <c r="Z12" s="122"/>
+      <c r="AA12" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB12" s="142"/>
-[...1 lines deleted...]
-      <c r="AD12" s="143">
+      <c r="AB12" s="124"/>
+      <c r="AC12" s="124"/>
+      <c r="AD12" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE12" s="143">
+      <c r="AE12" s="125">
         <f t="shared" si="5"/>
         <v>200</v>
       </c>
-      <c r="AF12" s="144">
+      <c r="AF12" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="AG12" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG12" s="125">
         <f t="shared" si="7"/>
-        <v>340</v>
-[...5 lines deleted...]
-      <c r="B13" s="136" t="str">
+        <v>200</v>
+      </c>
+      <c r="AH12" s="127"/>
+      <c r="AI12" s="128"/>
+    </row>
+    <row r="13" spans="2:36" s="129" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C13" s="135" t="s">
-[...26 lines deleted...]
-      <c r="L13" s="138">
+      <c r="C13" s="117" t="s">
+        <v>153</v>
+      </c>
+      <c r="D13" s="96" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" s="117" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="117" t="s">
+        <v>223</v>
+      </c>
+      <c r="G13" s="119" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13" s="118" t="s">
+        <v>49</v>
+      </c>
+      <c r="I13" s="118" t="s">
+        <v>58</v>
+      </c>
+      <c r="J13" s="118" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" s="118" t="s">
+        <v>59</v>
+      </c>
+      <c r="L13" s="120">
         <v>1</v>
       </c>
-      <c r="M13" s="139"/>
-[...2 lines deleted...]
-      <c r="P13" s="140">
+      <c r="M13" s="121"/>
+      <c r="N13" s="121"/>
+      <c r="O13" s="121"/>
+      <c r="P13" s="122">
         <v>300</v>
       </c>
-      <c r="Q13" s="140"/>
-      <c r="R13" s="141">
+      <c r="Q13" s="122"/>
+      <c r="R13" s="123">
         <f t="shared" si="0"/>
         <v>300</v>
       </c>
-      <c r="S13" s="140"/>
-[...1 lines deleted...]
-      <c r="U13" s="141">
+      <c r="S13" s="122"/>
+      <c r="T13" s="122"/>
+      <c r="U13" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V13" s="140"/>
-[...1 lines deleted...]
-      <c r="X13" s="141">
+      <c r="V13" s="122"/>
+      <c r="W13" s="122"/>
+      <c r="X13" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y13" s="140"/>
-[...1 lines deleted...]
-      <c r="AA13" s="141">
+      <c r="Y13" s="122"/>
+      <c r="Z13" s="122"/>
+      <c r="AA13" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB13" s="142"/>
-[...1 lines deleted...]
-      <c r="AD13" s="143">
+      <c r="AB13" s="124"/>
+      <c r="AC13" s="124"/>
+      <c r="AD13" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE13" s="143">
+      <c r="AE13" s="125">
         <f t="shared" si="5"/>
         <v>300</v>
       </c>
-      <c r="AF13" s="144">
+      <c r="AF13" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="AG13" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG13" s="125">
         <f t="shared" si="7"/>
-        <v>510</v>
-[...5 lines deleted...]
-      <c r="B14" s="136" t="str">
+        <v>300</v>
+      </c>
+      <c r="AH13" s="127"/>
+      <c r="AI13" s="128"/>
+    </row>
+    <row r="14" spans="2:36" s="129" customFormat="1" ht="34.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C14" s="135"/>
-[...14 lines deleted...]
-      <c r="R14" s="141">
+      <c r="C14" s="117"/>
+      <c r="D14" s="96" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" s="117" t="s">
+        <v>280</v>
+      </c>
+      <c r="F14" s="117"/>
+      <c r="G14" s="119"/>
+      <c r="H14" s="118"/>
+      <c r="I14" s="118"/>
+      <c r="J14" s="118"/>
+      <c r="K14" s="118"/>
+      <c r="L14" s="120"/>
+      <c r="M14" s="121"/>
+      <c r="N14" s="121"/>
+      <c r="O14" s="121"/>
+      <c r="P14" s="122"/>
+      <c r="Q14" s="122"/>
+      <c r="R14" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S14" s="140"/>
-[...1 lines deleted...]
-      <c r="U14" s="141">
+      <c r="S14" s="122"/>
+      <c r="T14" s="122"/>
+      <c r="U14" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V14" s="140"/>
-[...1 lines deleted...]
-      <c r="X14" s="141">
+      <c r="V14" s="122"/>
+      <c r="W14" s="122"/>
+      <c r="X14" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y14" s="140"/>
-[...1 lines deleted...]
-      <c r="AA14" s="141">
+      <c r="Y14" s="122"/>
+      <c r="Z14" s="122"/>
+      <c r="AA14" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB14" s="142"/>
-[...1 lines deleted...]
-      <c r="AD14" s="143">
+      <c r="AB14" s="124"/>
+      <c r="AC14" s="124"/>
+      <c r="AD14" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE14" s="143">
+      <c r="AE14" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF14" s="144">
+      <c r="AF14" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG14" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG14" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH14" s="145"/>
-[...3 lines deleted...]
-      <c r="B15" s="136" t="str">
+      <c r="AH14" s="127"/>
+      <c r="AI14" s="128"/>
+    </row>
+    <row r="15" spans="2:36" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C15" s="135"/>
-[...14 lines deleted...]
-      <c r="R15" s="141">
+      <c r="C15" s="117"/>
+      <c r="D15" s="96"/>
+      <c r="E15" s="117"/>
+      <c r="F15" s="117"/>
+      <c r="G15" s="119"/>
+      <c r="H15" s="118"/>
+      <c r="I15" s="118"/>
+      <c r="J15" s="118"/>
+      <c r="K15" s="118"/>
+      <c r="L15" s="120"/>
+      <c r="M15" s="121"/>
+      <c r="N15" s="121"/>
+      <c r="O15" s="121"/>
+      <c r="P15" s="122"/>
+      <c r="Q15" s="122"/>
+      <c r="R15" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S15" s="140"/>
-[...1 lines deleted...]
-      <c r="U15" s="141">
+      <c r="S15" s="122"/>
+      <c r="T15" s="122"/>
+      <c r="U15" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V15" s="140"/>
-[...1 lines deleted...]
-      <c r="X15" s="141">
+      <c r="V15" s="122"/>
+      <c r="W15" s="122"/>
+      <c r="X15" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y15" s="140"/>
-[...1 lines deleted...]
-      <c r="AA15" s="141">
+      <c r="Y15" s="122"/>
+      <c r="Z15" s="122"/>
+      <c r="AA15" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB15" s="142"/>
-[...1 lines deleted...]
-      <c r="AD15" s="143">
+      <c r="AB15" s="124"/>
+      <c r="AC15" s="124"/>
+      <c r="AD15" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE15" s="143">
+      <c r="AE15" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF15" s="144">
+      <c r="AF15" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG15" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG15" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH15" s="145"/>
-[...3 lines deleted...]
-      <c r="B16" s="136" t="str">
+      <c r="AH15" s="127"/>
+      <c r="AI15" s="128"/>
+    </row>
+    <row r="16" spans="2:36" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C16" s="135"/>
-[...14 lines deleted...]
-      <c r="R16" s="141">
+      <c r="C16" s="117"/>
+      <c r="D16" s="96"/>
+      <c r="E16" s="117"/>
+      <c r="F16" s="117"/>
+      <c r="G16" s="119"/>
+      <c r="H16" s="118"/>
+      <c r="I16" s="118"/>
+      <c r="J16" s="118"/>
+      <c r="K16" s="118"/>
+      <c r="L16" s="120"/>
+      <c r="M16" s="121"/>
+      <c r="N16" s="121"/>
+      <c r="O16" s="121"/>
+      <c r="P16" s="122"/>
+      <c r="Q16" s="122"/>
+      <c r="R16" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S16" s="140"/>
-[...1 lines deleted...]
-      <c r="U16" s="141">
+      <c r="S16" s="122"/>
+      <c r="T16" s="122"/>
+      <c r="U16" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V16" s="140"/>
-[...1 lines deleted...]
-      <c r="X16" s="141">
+      <c r="V16" s="122"/>
+      <c r="W16" s="122"/>
+      <c r="X16" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y16" s="140"/>
-[...1 lines deleted...]
-      <c r="AA16" s="141">
+      <c r="Y16" s="122"/>
+      <c r="Z16" s="122"/>
+      <c r="AA16" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB16" s="142"/>
-[...1 lines deleted...]
-      <c r="AD16" s="143">
+      <c r="AB16" s="124"/>
+      <c r="AC16" s="124"/>
+      <c r="AD16" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE16" s="143">
+      <c r="AE16" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF16" s="144">
+      <c r="AF16" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG16" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG16" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH16" s="145"/>
-[...3 lines deleted...]
-      <c r="B17" s="136" t="str">
+      <c r="AH16" s="127"/>
+      <c r="AI16" s="128"/>
+    </row>
+    <row r="17" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C17" s="135"/>
-[...14 lines deleted...]
-      <c r="R17" s="141">
+      <c r="C17" s="117"/>
+      <c r="D17" s="96"/>
+      <c r="E17" s="117"/>
+      <c r="F17" s="117"/>
+      <c r="G17" s="119"/>
+      <c r="H17" s="118"/>
+      <c r="I17" s="118"/>
+      <c r="J17" s="118"/>
+      <c r="K17" s="118"/>
+      <c r="L17" s="120"/>
+      <c r="M17" s="121"/>
+      <c r="N17" s="121"/>
+      <c r="O17" s="121"/>
+      <c r="P17" s="122"/>
+      <c r="Q17" s="122"/>
+      <c r="R17" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S17" s="140"/>
-[...1 lines deleted...]
-      <c r="U17" s="141">
+      <c r="S17" s="122"/>
+      <c r="T17" s="122"/>
+      <c r="U17" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V17" s="140"/>
-[...1 lines deleted...]
-      <c r="X17" s="141">
+      <c r="V17" s="122"/>
+      <c r="W17" s="122"/>
+      <c r="X17" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y17" s="140"/>
-[...1 lines deleted...]
-      <c r="AA17" s="141">
+      <c r="Y17" s="122"/>
+      <c r="Z17" s="122"/>
+      <c r="AA17" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB17" s="142"/>
-[...1 lines deleted...]
-      <c r="AD17" s="143">
+      <c r="AB17" s="124"/>
+      <c r="AC17" s="124"/>
+      <c r="AD17" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE17" s="143">
+      <c r="AE17" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF17" s="144">
+      <c r="AF17" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG17" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG17" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH17" s="145"/>
-[...3 lines deleted...]
-      <c r="B18" s="136" t="str">
+      <c r="AH17" s="127"/>
+      <c r="AI17" s="128"/>
+    </row>
+    <row r="18" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C18" s="135"/>
-[...14 lines deleted...]
-      <c r="R18" s="141">
+      <c r="C18" s="117"/>
+      <c r="D18" s="96"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="119"/>
+      <c r="H18" s="118"/>
+      <c r="I18" s="118"/>
+      <c r="J18" s="118"/>
+      <c r="K18" s="118"/>
+      <c r="L18" s="120"/>
+      <c r="M18" s="121"/>
+      <c r="N18" s="121"/>
+      <c r="O18" s="121"/>
+      <c r="P18" s="122"/>
+      <c r="Q18" s="122"/>
+      <c r="R18" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S18" s="140"/>
-[...1 lines deleted...]
-      <c r="U18" s="141">
+      <c r="S18" s="122"/>
+      <c r="T18" s="122"/>
+      <c r="U18" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V18" s="140"/>
-[...1 lines deleted...]
-      <c r="X18" s="141">
+      <c r="V18" s="122"/>
+      <c r="W18" s="122"/>
+      <c r="X18" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y18" s="140"/>
-[...1 lines deleted...]
-      <c r="AA18" s="141">
+      <c r="Y18" s="122"/>
+      <c r="Z18" s="122"/>
+      <c r="AA18" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB18" s="142"/>
-[...1 lines deleted...]
-      <c r="AD18" s="143">
+      <c r="AB18" s="124"/>
+      <c r="AC18" s="124"/>
+      <c r="AD18" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE18" s="143">
+      <c r="AE18" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF18" s="144">
+      <c r="AF18" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG18" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG18" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH18" s="145"/>
-[...3 lines deleted...]
-      <c r="B19" s="136" t="str">
+      <c r="AH18" s="127"/>
+      <c r="AI18" s="128"/>
+    </row>
+    <row r="19" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C19" s="135"/>
-[...14 lines deleted...]
-      <c r="R19" s="141">
+      <c r="C19" s="117"/>
+      <c r="D19" s="96"/>
+      <c r="E19" s="117"/>
+      <c r="F19" s="117"/>
+      <c r="G19" s="119"/>
+      <c r="H19" s="118"/>
+      <c r="I19" s="118"/>
+      <c r="J19" s="118"/>
+      <c r="K19" s="118"/>
+      <c r="L19" s="120"/>
+      <c r="M19" s="121"/>
+      <c r="N19" s="121"/>
+      <c r="O19" s="121"/>
+      <c r="P19" s="122"/>
+      <c r="Q19" s="122"/>
+      <c r="R19" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S19" s="140"/>
-[...1 lines deleted...]
-      <c r="U19" s="141">
+      <c r="S19" s="122"/>
+      <c r="T19" s="122"/>
+      <c r="U19" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V19" s="140"/>
-[...1 lines deleted...]
-      <c r="X19" s="141">
+      <c r="V19" s="122"/>
+      <c r="W19" s="122"/>
+      <c r="X19" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y19" s="140"/>
-[...1 lines deleted...]
-      <c r="AA19" s="141">
+      <c r="Y19" s="122"/>
+      <c r="Z19" s="122"/>
+      <c r="AA19" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB19" s="142"/>
-[...1 lines deleted...]
-      <c r="AD19" s="143">
+      <c r="AB19" s="124"/>
+      <c r="AC19" s="124"/>
+      <c r="AD19" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE19" s="143">
+      <c r="AE19" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF19" s="144">
+      <c r="AF19" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG19" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG19" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH19" s="145"/>
-[...3 lines deleted...]
-      <c r="B20" s="136" t="str">
+      <c r="AH19" s="127"/>
+      <c r="AI19" s="128"/>
+    </row>
+    <row r="20" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C20" s="135"/>
-[...14 lines deleted...]
-      <c r="R20" s="141">
+      <c r="C20" s="117"/>
+      <c r="D20" s="96"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="119"/>
+      <c r="H20" s="118"/>
+      <c r="I20" s="118"/>
+      <c r="J20" s="118"/>
+      <c r="K20" s="118"/>
+      <c r="L20" s="120"/>
+      <c r="M20" s="121"/>
+      <c r="N20" s="121"/>
+      <c r="O20" s="121"/>
+      <c r="P20" s="122"/>
+      <c r="Q20" s="122"/>
+      <c r="R20" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S20" s="140"/>
-[...1 lines deleted...]
-      <c r="U20" s="141">
+      <c r="S20" s="122"/>
+      <c r="T20" s="122"/>
+      <c r="U20" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V20" s="140"/>
-[...1 lines deleted...]
-      <c r="X20" s="141">
+      <c r="V20" s="122"/>
+      <c r="W20" s="122"/>
+      <c r="X20" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y20" s="140"/>
-[...1 lines deleted...]
-      <c r="AA20" s="141">
+      <c r="Y20" s="122"/>
+      <c r="Z20" s="122"/>
+      <c r="AA20" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB20" s="142"/>
-[...1 lines deleted...]
-      <c r="AD20" s="143">
+      <c r="AB20" s="124"/>
+      <c r="AC20" s="124"/>
+      <c r="AD20" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE20" s="143">
+      <c r="AE20" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF20" s="144">
+      <c r="AF20" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG20" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG20" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH20" s="145"/>
-[...3 lines deleted...]
-      <c r="B21" s="136" t="str">
+      <c r="AH20" s="127"/>
+      <c r="AI20" s="128"/>
+    </row>
+    <row r="21" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C21" s="135"/>
-[...14 lines deleted...]
-      <c r="R21" s="141">
+      <c r="C21" s="117"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="119"/>
+      <c r="H21" s="118"/>
+      <c r="I21" s="118"/>
+      <c r="J21" s="118"/>
+      <c r="K21" s="118"/>
+      <c r="L21" s="120"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="121"/>
+      <c r="O21" s="121"/>
+      <c r="P21" s="122"/>
+      <c r="Q21" s="122"/>
+      <c r="R21" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S21" s="140"/>
-[...1 lines deleted...]
-      <c r="U21" s="141">
+      <c r="S21" s="122"/>
+      <c r="T21" s="122"/>
+      <c r="U21" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V21" s="140"/>
-[...1 lines deleted...]
-      <c r="X21" s="141">
+      <c r="V21" s="122"/>
+      <c r="W21" s="122"/>
+      <c r="X21" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y21" s="140"/>
-[...1 lines deleted...]
-      <c r="AA21" s="141">
+      <c r="Y21" s="122"/>
+      <c r="Z21" s="122"/>
+      <c r="AA21" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB21" s="142"/>
-[...1 lines deleted...]
-      <c r="AD21" s="143">
+      <c r="AB21" s="124"/>
+      <c r="AC21" s="124"/>
+      <c r="AD21" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE21" s="143">
+      <c r="AE21" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF21" s="144">
+      <c r="AF21" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG21" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG21" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH21" s="145"/>
-[...3 lines deleted...]
-      <c r="B22" s="136" t="str">
+      <c r="AH21" s="127"/>
+      <c r="AI21" s="128"/>
+    </row>
+    <row r="22" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C22" s="135"/>
-[...14 lines deleted...]
-      <c r="R22" s="141">
+      <c r="C22" s="117"/>
+      <c r="D22" s="96"/>
+      <c r="E22" s="117"/>
+      <c r="F22" s="117"/>
+      <c r="G22" s="119"/>
+      <c r="H22" s="118"/>
+      <c r="I22" s="118"/>
+      <c r="J22" s="118"/>
+      <c r="K22" s="118"/>
+      <c r="L22" s="120"/>
+      <c r="M22" s="121"/>
+      <c r="N22" s="121"/>
+      <c r="O22" s="121"/>
+      <c r="P22" s="122"/>
+      <c r="Q22" s="122"/>
+      <c r="R22" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S22" s="140"/>
-[...1 lines deleted...]
-      <c r="U22" s="141">
+      <c r="S22" s="122"/>
+      <c r="T22" s="122"/>
+      <c r="U22" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V22" s="140"/>
-[...1 lines deleted...]
-      <c r="X22" s="141">
+      <c r="V22" s="122"/>
+      <c r="W22" s="122"/>
+      <c r="X22" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y22" s="140"/>
-[...1 lines deleted...]
-      <c r="AA22" s="141">
+      <c r="Y22" s="122"/>
+      <c r="Z22" s="122"/>
+      <c r="AA22" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB22" s="142"/>
-[...1 lines deleted...]
-      <c r="AD22" s="143">
+      <c r="AB22" s="124"/>
+      <c r="AC22" s="124"/>
+      <c r="AD22" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE22" s="143">
+      <c r="AE22" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF22" s="144">
+      <c r="AF22" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG22" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG22" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH22" s="145"/>
-[...3 lines deleted...]
-      <c r="B23" s="136" t="str">
+      <c r="AH22" s="127"/>
+      <c r="AI22" s="128"/>
+    </row>
+    <row r="23" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C23" s="135"/>
-[...14 lines deleted...]
-      <c r="R23" s="141">
+      <c r="C23" s="117"/>
+      <c r="D23" s="96"/>
+      <c r="E23" s="117"/>
+      <c r="F23" s="117"/>
+      <c r="G23" s="119"/>
+      <c r="H23" s="118"/>
+      <c r="I23" s="118"/>
+      <c r="J23" s="118"/>
+      <c r="K23" s="118"/>
+      <c r="L23" s="120"/>
+      <c r="M23" s="121"/>
+      <c r="N23" s="121"/>
+      <c r="O23" s="121"/>
+      <c r="P23" s="122"/>
+      <c r="Q23" s="122"/>
+      <c r="R23" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S23" s="140"/>
-[...1 lines deleted...]
-      <c r="U23" s="141">
+      <c r="S23" s="122"/>
+      <c r="T23" s="122"/>
+      <c r="U23" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V23" s="140"/>
-[...1 lines deleted...]
-      <c r="X23" s="141">
+      <c r="V23" s="122"/>
+      <c r="W23" s="122"/>
+      <c r="X23" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y23" s="140"/>
-[...1 lines deleted...]
-      <c r="AA23" s="141">
+      <c r="Y23" s="122"/>
+      <c r="Z23" s="122"/>
+      <c r="AA23" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB23" s="142"/>
-[...1 lines deleted...]
-      <c r="AD23" s="143">
+      <c r="AB23" s="124"/>
+      <c r="AC23" s="124"/>
+      <c r="AD23" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE23" s="143">
+      <c r="AE23" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF23" s="144">
+      <c r="AF23" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG23" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG23" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH23" s="145"/>
-[...3 lines deleted...]
-      <c r="B24" s="136" t="str">
+      <c r="AH23" s="127"/>
+      <c r="AI23" s="128"/>
+    </row>
+    <row r="24" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C24" s="135"/>
-[...14 lines deleted...]
-      <c r="R24" s="141">
+      <c r="C24" s="117"/>
+      <c r="D24" s="96"/>
+      <c r="E24" s="117"/>
+      <c r="F24" s="117"/>
+      <c r="G24" s="119"/>
+      <c r="H24" s="118"/>
+      <c r="I24" s="118"/>
+      <c r="J24" s="118"/>
+      <c r="K24" s="118"/>
+      <c r="L24" s="120"/>
+      <c r="M24" s="121"/>
+      <c r="N24" s="121"/>
+      <c r="O24" s="121"/>
+      <c r="P24" s="122"/>
+      <c r="Q24" s="122"/>
+      <c r="R24" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S24" s="140"/>
-[...1 lines deleted...]
-      <c r="U24" s="141">
+      <c r="S24" s="122"/>
+      <c r="T24" s="122"/>
+      <c r="U24" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V24" s="140"/>
-[...1 lines deleted...]
-      <c r="X24" s="141">
+      <c r="V24" s="122"/>
+      <c r="W24" s="122"/>
+      <c r="X24" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y24" s="140"/>
-[...1 lines deleted...]
-      <c r="AA24" s="141">
+      <c r="Y24" s="122"/>
+      <c r="Z24" s="122"/>
+      <c r="AA24" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB24" s="142"/>
-[...1 lines deleted...]
-      <c r="AD24" s="143">
+      <c r="AB24" s="124"/>
+      <c r="AC24" s="124"/>
+      <c r="AD24" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE24" s="143">
+      <c r="AE24" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF24" s="144">
+      <c r="AF24" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG24" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG24" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH24" s="145"/>
-[...3 lines deleted...]
-      <c r="B25" s="136" t="str">
+      <c r="AH24" s="127"/>
+      <c r="AI24" s="128"/>
+    </row>
+    <row r="25" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C25" s="135"/>
-[...14 lines deleted...]
-      <c r="R25" s="141">
+      <c r="C25" s="117"/>
+      <c r="D25" s="96"/>
+      <c r="E25" s="117"/>
+      <c r="F25" s="117"/>
+      <c r="G25" s="119"/>
+      <c r="H25" s="118"/>
+      <c r="I25" s="118"/>
+      <c r="J25" s="118"/>
+      <c r="K25" s="118"/>
+      <c r="L25" s="120"/>
+      <c r="M25" s="121"/>
+      <c r="N25" s="121"/>
+      <c r="O25" s="121"/>
+      <c r="P25" s="122"/>
+      <c r="Q25" s="122"/>
+      <c r="R25" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S25" s="140"/>
-[...1 lines deleted...]
-      <c r="U25" s="141">
+      <c r="S25" s="122"/>
+      <c r="T25" s="122"/>
+      <c r="U25" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V25" s="140"/>
-[...1 lines deleted...]
-      <c r="X25" s="141">
+      <c r="V25" s="122"/>
+      <c r="W25" s="122"/>
+      <c r="X25" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y25" s="140"/>
-[...1 lines deleted...]
-      <c r="AA25" s="141">
+      <c r="Y25" s="122"/>
+      <c r="Z25" s="122"/>
+      <c r="AA25" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB25" s="142"/>
-[...1 lines deleted...]
-      <c r="AD25" s="143">
+      <c r="AB25" s="124"/>
+      <c r="AC25" s="124"/>
+      <c r="AD25" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE25" s="143">
+      <c r="AE25" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF25" s="144">
+      <c r="AF25" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG25" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG25" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH25" s="145"/>
-[...3 lines deleted...]
-      <c r="B26" s="136" t="str">
+      <c r="AH25" s="127"/>
+      <c r="AI25" s="128"/>
+    </row>
+    <row r="26" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C26" s="135"/>
-[...14 lines deleted...]
-      <c r="R26" s="141">
+      <c r="C26" s="117"/>
+      <c r="D26" s="96"/>
+      <c r="E26" s="117"/>
+      <c r="F26" s="117"/>
+      <c r="G26" s="119"/>
+      <c r="H26" s="118"/>
+      <c r="I26" s="118"/>
+      <c r="J26" s="118"/>
+      <c r="K26" s="118"/>
+      <c r="L26" s="120"/>
+      <c r="M26" s="121"/>
+      <c r="N26" s="121"/>
+      <c r="O26" s="121"/>
+      <c r="P26" s="122"/>
+      <c r="Q26" s="122"/>
+      <c r="R26" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S26" s="140"/>
-[...1 lines deleted...]
-      <c r="U26" s="141">
+      <c r="S26" s="122"/>
+      <c r="T26" s="122"/>
+      <c r="U26" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V26" s="140"/>
-[...1 lines deleted...]
-      <c r="X26" s="141">
+      <c r="V26" s="122"/>
+      <c r="W26" s="122"/>
+      <c r="X26" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y26" s="140"/>
-[...1 lines deleted...]
-      <c r="AA26" s="141">
+      <c r="Y26" s="122"/>
+      <c r="Z26" s="122"/>
+      <c r="AA26" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB26" s="142"/>
-[...1 lines deleted...]
-      <c r="AD26" s="143">
+      <c r="AB26" s="124"/>
+      <c r="AC26" s="124"/>
+      <c r="AD26" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE26" s="143">
+      <c r="AE26" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF26" s="144">
+      <c r="AF26" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG26" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG26" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH26" s="145"/>
-[...3 lines deleted...]
-      <c r="B27" s="136" t="str">
+      <c r="AH26" s="127"/>
+      <c r="AI26" s="128"/>
+    </row>
+    <row r="27" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C27" s="135"/>
-[...14 lines deleted...]
-      <c r="R27" s="141">
+      <c r="C27" s="117"/>
+      <c r="D27" s="96"/>
+      <c r="E27" s="117"/>
+      <c r="F27" s="117"/>
+      <c r="G27" s="119"/>
+      <c r="H27" s="118"/>
+      <c r="I27" s="118"/>
+      <c r="J27" s="118"/>
+      <c r="K27" s="118"/>
+      <c r="L27" s="120"/>
+      <c r="M27" s="121"/>
+      <c r="N27" s="121"/>
+      <c r="O27" s="121"/>
+      <c r="P27" s="122"/>
+      <c r="Q27" s="122"/>
+      <c r="R27" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S27" s="140"/>
-[...1 lines deleted...]
-      <c r="U27" s="141">
+      <c r="S27" s="122"/>
+      <c r="T27" s="122"/>
+      <c r="U27" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V27" s="140"/>
-[...1 lines deleted...]
-      <c r="X27" s="141">
+      <c r="V27" s="122"/>
+      <c r="W27" s="122"/>
+      <c r="X27" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y27" s="140"/>
-[...1 lines deleted...]
-      <c r="AA27" s="141">
+      <c r="Y27" s="122"/>
+      <c r="Z27" s="122"/>
+      <c r="AA27" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB27" s="142"/>
-[...1 lines deleted...]
-      <c r="AD27" s="143">
+      <c r="AB27" s="124"/>
+      <c r="AC27" s="124"/>
+      <c r="AD27" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE27" s="143">
+      <c r="AE27" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF27" s="144">
+      <c r="AF27" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG27" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG27" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH27" s="145"/>
-[...3 lines deleted...]
-      <c r="B28" s="136" t="str">
+      <c r="AH27" s="127"/>
+      <c r="AI27" s="128"/>
+    </row>
+    <row r="28" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C28" s="135"/>
-[...14 lines deleted...]
-      <c r="R28" s="141">
+      <c r="C28" s="117"/>
+      <c r="D28" s="96"/>
+      <c r="E28" s="117"/>
+      <c r="F28" s="117"/>
+      <c r="G28" s="119"/>
+      <c r="H28" s="118"/>
+      <c r="I28" s="118"/>
+      <c r="J28" s="118"/>
+      <c r="K28" s="118"/>
+      <c r="L28" s="120"/>
+      <c r="M28" s="121"/>
+      <c r="N28" s="121"/>
+      <c r="O28" s="121"/>
+      <c r="P28" s="122"/>
+      <c r="Q28" s="122"/>
+      <c r="R28" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S28" s="140"/>
-[...1 lines deleted...]
-      <c r="U28" s="141">
+      <c r="S28" s="122"/>
+      <c r="T28" s="122"/>
+      <c r="U28" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V28" s="140"/>
-[...1 lines deleted...]
-      <c r="X28" s="141">
+      <c r="V28" s="122"/>
+      <c r="W28" s="122"/>
+      <c r="X28" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y28" s="140"/>
-[...1 lines deleted...]
-      <c r="AA28" s="141">
+      <c r="Y28" s="122"/>
+      <c r="Z28" s="122"/>
+      <c r="AA28" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB28" s="142"/>
-[...1 lines deleted...]
-      <c r="AD28" s="143">
+      <c r="AB28" s="124"/>
+      <c r="AC28" s="124"/>
+      <c r="AD28" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE28" s="143">
+      <c r="AE28" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF28" s="144">
+      <c r="AF28" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG28" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG28" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH28" s="145"/>
-[...3 lines deleted...]
-      <c r="B29" s="136" t="str">
+      <c r="AH28" s="127"/>
+      <c r="AI28" s="128"/>
+    </row>
+    <row r="29" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C29" s="135"/>
-[...14 lines deleted...]
-      <c r="R29" s="141">
+      <c r="C29" s="117"/>
+      <c r="D29" s="96"/>
+      <c r="E29" s="117"/>
+      <c r="F29" s="117"/>
+      <c r="G29" s="119"/>
+      <c r="H29" s="118"/>
+      <c r="I29" s="118"/>
+      <c r="J29" s="118"/>
+      <c r="K29" s="118"/>
+      <c r="L29" s="120"/>
+      <c r="M29" s="121"/>
+      <c r="N29" s="121"/>
+      <c r="O29" s="121"/>
+      <c r="P29" s="122"/>
+      <c r="Q29" s="122"/>
+      <c r="R29" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S29" s="140"/>
-[...1 lines deleted...]
-      <c r="U29" s="141">
+      <c r="S29" s="122"/>
+      <c r="T29" s="122"/>
+      <c r="U29" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V29" s="140"/>
-[...1 lines deleted...]
-      <c r="X29" s="141">
+      <c r="V29" s="122"/>
+      <c r="W29" s="122"/>
+      <c r="X29" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y29" s="140"/>
-[...1 lines deleted...]
-      <c r="AA29" s="141">
+      <c r="Y29" s="122"/>
+      <c r="Z29" s="122"/>
+      <c r="AA29" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB29" s="142"/>
-[...1 lines deleted...]
-      <c r="AD29" s="143">
+      <c r="AB29" s="124"/>
+      <c r="AC29" s="124"/>
+      <c r="AD29" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE29" s="143">
+      <c r="AE29" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF29" s="144">
+      <c r="AF29" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG29" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG29" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH29" s="145"/>
-[...3 lines deleted...]
-      <c r="B30" s="136" t="str">
+      <c r="AH29" s="127"/>
+      <c r="AI29" s="128"/>
+    </row>
+    <row r="30" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C30" s="135"/>
-[...14 lines deleted...]
-      <c r="R30" s="141">
+      <c r="C30" s="117"/>
+      <c r="D30" s="96"/>
+      <c r="E30" s="117"/>
+      <c r="F30" s="117"/>
+      <c r="G30" s="119"/>
+      <c r="H30" s="118"/>
+      <c r="I30" s="118"/>
+      <c r="J30" s="118"/>
+      <c r="K30" s="118"/>
+      <c r="L30" s="120"/>
+      <c r="M30" s="121"/>
+      <c r="N30" s="121"/>
+      <c r="O30" s="121"/>
+      <c r="P30" s="122"/>
+      <c r="Q30" s="122"/>
+      <c r="R30" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S30" s="140"/>
-[...1 lines deleted...]
-      <c r="U30" s="141">
+      <c r="S30" s="122"/>
+      <c r="T30" s="122"/>
+      <c r="U30" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V30" s="140"/>
-[...1 lines deleted...]
-      <c r="X30" s="141">
+      <c r="V30" s="122"/>
+      <c r="W30" s="122"/>
+      <c r="X30" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y30" s="140"/>
-[...1 lines deleted...]
-      <c r="AA30" s="141">
+      <c r="Y30" s="122"/>
+      <c r="Z30" s="122"/>
+      <c r="AA30" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB30" s="142"/>
-[...1 lines deleted...]
-      <c r="AD30" s="143">
+      <c r="AB30" s="124"/>
+      <c r="AC30" s="124"/>
+      <c r="AD30" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE30" s="143">
+      <c r="AE30" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF30" s="144">
+      <c r="AF30" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG30" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG30" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH30" s="145"/>
-[...3 lines deleted...]
-      <c r="B31" s="136" t="str">
+      <c r="AH30" s="127"/>
+      <c r="AI30" s="128"/>
+    </row>
+    <row r="31" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C31" s="135"/>
-[...14 lines deleted...]
-      <c r="R31" s="141">
+      <c r="C31" s="117"/>
+      <c r="D31" s="96"/>
+      <c r="E31" s="117"/>
+      <c r="F31" s="117"/>
+      <c r="G31" s="119"/>
+      <c r="H31" s="118"/>
+      <c r="I31" s="118"/>
+      <c r="J31" s="118"/>
+      <c r="K31" s="118"/>
+      <c r="L31" s="120"/>
+      <c r="M31" s="121"/>
+      <c r="N31" s="121"/>
+      <c r="O31" s="121"/>
+      <c r="P31" s="122"/>
+      <c r="Q31" s="122"/>
+      <c r="R31" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S31" s="140"/>
-[...1 lines deleted...]
-      <c r="U31" s="141">
+      <c r="S31" s="122"/>
+      <c r="T31" s="122"/>
+      <c r="U31" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V31" s="140"/>
-[...1 lines deleted...]
-      <c r="X31" s="141">
+      <c r="V31" s="122"/>
+      <c r="W31" s="122"/>
+      <c r="X31" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y31" s="140"/>
-[...1 lines deleted...]
-      <c r="AA31" s="141">
+      <c r="Y31" s="122"/>
+      <c r="Z31" s="122"/>
+      <c r="AA31" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB31" s="142"/>
-[...1 lines deleted...]
-      <c r="AD31" s="143">
+      <c r="AB31" s="124"/>
+      <c r="AC31" s="124"/>
+      <c r="AD31" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE31" s="143">
+      <c r="AE31" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF31" s="144">
+      <c r="AF31" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG31" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG31" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH31" s="145"/>
-[...3 lines deleted...]
-      <c r="B32" s="136" t="str">
+      <c r="AH31" s="127"/>
+      <c r="AI31" s="128"/>
+    </row>
+    <row r="32" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C32" s="135"/>
-[...14 lines deleted...]
-      <c r="R32" s="141">
+      <c r="C32" s="117"/>
+      <c r="D32" s="96"/>
+      <c r="E32" s="117"/>
+      <c r="F32" s="117"/>
+      <c r="G32" s="119"/>
+      <c r="H32" s="118"/>
+      <c r="I32" s="118"/>
+      <c r="J32" s="118"/>
+      <c r="K32" s="118"/>
+      <c r="L32" s="120"/>
+      <c r="M32" s="121"/>
+      <c r="N32" s="121"/>
+      <c r="O32" s="121"/>
+      <c r="P32" s="122"/>
+      <c r="Q32" s="122"/>
+      <c r="R32" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S32" s="140"/>
-[...1 lines deleted...]
-      <c r="U32" s="141">
+      <c r="S32" s="122"/>
+      <c r="T32" s="122"/>
+      <c r="U32" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V32" s="140"/>
-[...1 lines deleted...]
-      <c r="X32" s="141">
+      <c r="V32" s="122"/>
+      <c r="W32" s="122"/>
+      <c r="X32" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y32" s="140"/>
-[...1 lines deleted...]
-      <c r="AA32" s="141">
+      <c r="Y32" s="122"/>
+      <c r="Z32" s="122"/>
+      <c r="AA32" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB32" s="142"/>
-[...1 lines deleted...]
-      <c r="AD32" s="143">
+      <c r="AB32" s="124"/>
+      <c r="AC32" s="124"/>
+      <c r="AD32" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE32" s="143">
+      <c r="AE32" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF32" s="144">
+      <c r="AF32" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG32" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG32" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH32" s="145"/>
-[...3 lines deleted...]
-      <c r="B33" s="136" t="str">
+      <c r="AH32" s="127"/>
+      <c r="AI32" s="128"/>
+    </row>
+    <row r="33" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C33" s="135"/>
-[...14 lines deleted...]
-      <c r="R33" s="141">
+      <c r="C33" s="117"/>
+      <c r="D33" s="96"/>
+      <c r="E33" s="117"/>
+      <c r="F33" s="117"/>
+      <c r="G33" s="119"/>
+      <c r="H33" s="118"/>
+      <c r="I33" s="118"/>
+      <c r="J33" s="118"/>
+      <c r="K33" s="118"/>
+      <c r="L33" s="120"/>
+      <c r="M33" s="121"/>
+      <c r="N33" s="121"/>
+      <c r="O33" s="121"/>
+      <c r="P33" s="122"/>
+      <c r="Q33" s="122"/>
+      <c r="R33" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S33" s="140"/>
-[...1 lines deleted...]
-      <c r="U33" s="141">
+      <c r="S33" s="122"/>
+      <c r="T33" s="122"/>
+      <c r="U33" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V33" s="140"/>
-[...1 lines deleted...]
-      <c r="X33" s="141">
+      <c r="V33" s="122"/>
+      <c r="W33" s="122"/>
+      <c r="X33" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y33" s="140"/>
-[...1 lines deleted...]
-      <c r="AA33" s="141">
+      <c r="Y33" s="122"/>
+      <c r="Z33" s="122"/>
+      <c r="AA33" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB33" s="142"/>
-[...1 lines deleted...]
-      <c r="AD33" s="143">
+      <c r="AB33" s="124"/>
+      <c r="AC33" s="124"/>
+      <c r="AD33" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE33" s="143">
+      <c r="AE33" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF33" s="144">
+      <c r="AF33" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG33" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG33" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH33" s="145"/>
-[...3 lines deleted...]
-      <c r="B34" s="136" t="str">
+      <c r="AH33" s="127"/>
+      <c r="AI33" s="128"/>
+    </row>
+    <row r="34" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C34" s="135"/>
-[...14 lines deleted...]
-      <c r="R34" s="141">
+      <c r="C34" s="117"/>
+      <c r="D34" s="96"/>
+      <c r="E34" s="117"/>
+      <c r="F34" s="117"/>
+      <c r="G34" s="119"/>
+      <c r="H34" s="118"/>
+      <c r="I34" s="118"/>
+      <c r="J34" s="118"/>
+      <c r="K34" s="118"/>
+      <c r="L34" s="120"/>
+      <c r="M34" s="121"/>
+      <c r="N34" s="121"/>
+      <c r="O34" s="121"/>
+      <c r="P34" s="122"/>
+      <c r="Q34" s="122"/>
+      <c r="R34" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S34" s="140"/>
-[...1 lines deleted...]
-      <c r="U34" s="141">
+      <c r="S34" s="122"/>
+      <c r="T34" s="122"/>
+      <c r="U34" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V34" s="140"/>
-[...1 lines deleted...]
-      <c r="X34" s="141">
+      <c r="V34" s="122"/>
+      <c r="W34" s="122"/>
+      <c r="X34" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y34" s="140"/>
-[...1 lines deleted...]
-      <c r="AA34" s="141">
+      <c r="Y34" s="122"/>
+      <c r="Z34" s="122"/>
+      <c r="AA34" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB34" s="142"/>
-[...1 lines deleted...]
-      <c r="AD34" s="143">
+      <c r="AB34" s="124"/>
+      <c r="AC34" s="124"/>
+      <c r="AD34" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE34" s="143">
+      <c r="AE34" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF34" s="144">
+      <c r="AF34" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG34" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG34" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH34" s="145"/>
-[...3 lines deleted...]
-      <c r="B35" s="136" t="str">
+      <c r="AH34" s="127"/>
+      <c r="AI34" s="128"/>
+    </row>
+    <row r="35" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C35" s="135"/>
-[...14 lines deleted...]
-      <c r="R35" s="141">
+      <c r="C35" s="117"/>
+      <c r="D35" s="96"/>
+      <c r="E35" s="117"/>
+      <c r="F35" s="117"/>
+      <c r="G35" s="119"/>
+      <c r="H35" s="118"/>
+      <c r="I35" s="118"/>
+      <c r="J35" s="118"/>
+      <c r="K35" s="118"/>
+      <c r="L35" s="120"/>
+      <c r="M35" s="121"/>
+      <c r="N35" s="121"/>
+      <c r="O35" s="121"/>
+      <c r="P35" s="122"/>
+      <c r="Q35" s="122"/>
+      <c r="R35" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S35" s="140"/>
-[...1 lines deleted...]
-      <c r="U35" s="141">
+      <c r="S35" s="122"/>
+      <c r="T35" s="122"/>
+      <c r="U35" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V35" s="140"/>
-[...1 lines deleted...]
-      <c r="X35" s="141">
+      <c r="V35" s="122"/>
+      <c r="W35" s="122"/>
+      <c r="X35" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y35" s="140"/>
-[...1 lines deleted...]
-      <c r="AA35" s="141">
+      <c r="Y35" s="122"/>
+      <c r="Z35" s="122"/>
+      <c r="AA35" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB35" s="142"/>
-[...1 lines deleted...]
-      <c r="AD35" s="143">
+      <c r="AB35" s="124"/>
+      <c r="AC35" s="124"/>
+      <c r="AD35" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE35" s="143">
+      <c r="AE35" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF35" s="144">
+      <c r="AF35" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG35" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG35" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH35" s="145"/>
-[...3 lines deleted...]
-      <c r="B36" s="136" t="str">
+      <c r="AH35" s="127"/>
+      <c r="AI35" s="128"/>
+    </row>
+    <row r="36" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C36" s="135"/>
-[...14 lines deleted...]
-      <c r="R36" s="141">
+      <c r="C36" s="117"/>
+      <c r="D36" s="96"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="119"/>
+      <c r="H36" s="118"/>
+      <c r="I36" s="118"/>
+      <c r="J36" s="118"/>
+      <c r="K36" s="118"/>
+      <c r="L36" s="120"/>
+      <c r="M36" s="121"/>
+      <c r="N36" s="121"/>
+      <c r="O36" s="121"/>
+      <c r="P36" s="122"/>
+      <c r="Q36" s="122"/>
+      <c r="R36" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S36" s="140"/>
-[...1 lines deleted...]
-      <c r="U36" s="141">
+      <c r="S36" s="122"/>
+      <c r="T36" s="122"/>
+      <c r="U36" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V36" s="140"/>
-[...1 lines deleted...]
-      <c r="X36" s="141">
+      <c r="V36" s="122"/>
+      <c r="W36" s="122"/>
+      <c r="X36" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y36" s="140"/>
-[...1 lines deleted...]
-      <c r="AA36" s="141">
+      <c r="Y36" s="122"/>
+      <c r="Z36" s="122"/>
+      <c r="AA36" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB36" s="142"/>
-[...1 lines deleted...]
-      <c r="AD36" s="143">
+      <c r="AB36" s="124"/>
+      <c r="AC36" s="124"/>
+      <c r="AD36" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE36" s="143">
+      <c r="AE36" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF36" s="144">
+      <c r="AF36" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG36" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG36" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH36" s="145"/>
-[...3 lines deleted...]
-      <c r="B37" s="136" t="str">
+      <c r="AH36" s="127"/>
+      <c r="AI36" s="128"/>
+    </row>
+    <row r="37" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C37" s="135"/>
-[...14 lines deleted...]
-      <c r="R37" s="141">
+      <c r="C37" s="117"/>
+      <c r="D37" s="96"/>
+      <c r="E37" s="117"/>
+      <c r="F37" s="117"/>
+      <c r="G37" s="119"/>
+      <c r="H37" s="118"/>
+      <c r="I37" s="118"/>
+      <c r="J37" s="118"/>
+      <c r="K37" s="118"/>
+      <c r="L37" s="120"/>
+      <c r="M37" s="121"/>
+      <c r="N37" s="121"/>
+      <c r="O37" s="121"/>
+      <c r="P37" s="122"/>
+      <c r="Q37" s="122"/>
+      <c r="R37" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S37" s="140"/>
-[...1 lines deleted...]
-      <c r="U37" s="141">
+      <c r="S37" s="122"/>
+      <c r="T37" s="122"/>
+      <c r="U37" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V37" s="140"/>
-[...1 lines deleted...]
-      <c r="X37" s="141">
+      <c r="V37" s="122"/>
+      <c r="W37" s="122"/>
+      <c r="X37" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y37" s="140"/>
-[...1 lines deleted...]
-      <c r="AA37" s="141">
+      <c r="Y37" s="122"/>
+      <c r="Z37" s="122"/>
+      <c r="AA37" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB37" s="142"/>
-[...1 lines deleted...]
-      <c r="AD37" s="143">
+      <c r="AB37" s="124"/>
+      <c r="AC37" s="124"/>
+      <c r="AD37" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE37" s="143">
+      <c r="AE37" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF37" s="144">
+      <c r="AF37" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG37" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG37" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH37" s="145"/>
-[...3 lines deleted...]
-      <c r="B38" s="136" t="str">
+      <c r="AH37" s="127"/>
+      <c r="AI37" s="128"/>
+    </row>
+    <row r="38" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C38" s="135"/>
-[...14 lines deleted...]
-      <c r="R38" s="141">
+      <c r="C38" s="117"/>
+      <c r="D38" s="96"/>
+      <c r="E38" s="117"/>
+      <c r="F38" s="117"/>
+      <c r="G38" s="119"/>
+      <c r="H38" s="118"/>
+      <c r="I38" s="118"/>
+      <c r="J38" s="118"/>
+      <c r="K38" s="118"/>
+      <c r="L38" s="120"/>
+      <c r="M38" s="121"/>
+      <c r="N38" s="121"/>
+      <c r="O38" s="121"/>
+      <c r="P38" s="122"/>
+      <c r="Q38" s="122"/>
+      <c r="R38" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S38" s="140"/>
-[...1 lines deleted...]
-      <c r="U38" s="141">
+      <c r="S38" s="122"/>
+      <c r="T38" s="122"/>
+      <c r="U38" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V38" s="140"/>
-[...1 lines deleted...]
-      <c r="X38" s="141">
+      <c r="V38" s="122"/>
+      <c r="W38" s="122"/>
+      <c r="X38" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y38" s="140"/>
-[...1 lines deleted...]
-      <c r="AA38" s="141">
+      <c r="Y38" s="122"/>
+      <c r="Z38" s="122"/>
+      <c r="AA38" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB38" s="142"/>
-[...1 lines deleted...]
-      <c r="AD38" s="143">
+      <c r="AB38" s="124"/>
+      <c r="AC38" s="124"/>
+      <c r="AD38" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE38" s="143">
+      <c r="AE38" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF38" s="144">
+      <c r="AF38" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG38" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG38" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH38" s="145"/>
-[...3 lines deleted...]
-      <c r="B39" s="136" t="str">
+      <c r="AH38" s="127"/>
+      <c r="AI38" s="128"/>
+    </row>
+    <row r="39" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C39" s="135"/>
-[...14 lines deleted...]
-      <c r="R39" s="141">
+      <c r="C39" s="117"/>
+      <c r="D39" s="96"/>
+      <c r="E39" s="117"/>
+      <c r="F39" s="117"/>
+      <c r="G39" s="119"/>
+      <c r="H39" s="118"/>
+      <c r="I39" s="118"/>
+      <c r="J39" s="118"/>
+      <c r="K39" s="118"/>
+      <c r="L39" s="120"/>
+      <c r="M39" s="121"/>
+      <c r="N39" s="121"/>
+      <c r="O39" s="121"/>
+      <c r="P39" s="122"/>
+      <c r="Q39" s="122"/>
+      <c r="R39" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S39" s="140"/>
-[...1 lines deleted...]
-      <c r="U39" s="141">
+      <c r="S39" s="122"/>
+      <c r="T39" s="122"/>
+      <c r="U39" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V39" s="140"/>
-[...1 lines deleted...]
-      <c r="X39" s="141">
+      <c r="V39" s="122"/>
+      <c r="W39" s="122"/>
+      <c r="X39" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y39" s="140"/>
-[...1 lines deleted...]
-      <c r="AA39" s="141">
+      <c r="Y39" s="122"/>
+      <c r="Z39" s="122"/>
+      <c r="AA39" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB39" s="142"/>
-[...1 lines deleted...]
-      <c r="AD39" s="143">
+      <c r="AB39" s="124"/>
+      <c r="AC39" s="124"/>
+      <c r="AD39" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE39" s="143">
+      <c r="AE39" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF39" s="144">
+      <c r="AF39" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG39" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG39" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH39" s="145"/>
-[...3 lines deleted...]
-      <c r="B40" s="136" t="str">
+      <c r="AH39" s="127"/>
+      <c r="AI39" s="128"/>
+    </row>
+    <row r="40" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C40" s="135"/>
-[...14 lines deleted...]
-      <c r="R40" s="141">
+      <c r="C40" s="117"/>
+      <c r="D40" s="96"/>
+      <c r="E40" s="117"/>
+      <c r="F40" s="117"/>
+      <c r="G40" s="119"/>
+      <c r="H40" s="118"/>
+      <c r="I40" s="118"/>
+      <c r="J40" s="118"/>
+      <c r="K40" s="118"/>
+      <c r="L40" s="120"/>
+      <c r="M40" s="121"/>
+      <c r="N40" s="121"/>
+      <c r="O40" s="121"/>
+      <c r="P40" s="122"/>
+      <c r="Q40" s="122"/>
+      <c r="R40" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S40" s="140"/>
-[...1 lines deleted...]
-      <c r="U40" s="141">
+      <c r="S40" s="122"/>
+      <c r="T40" s="122"/>
+      <c r="U40" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V40" s="140"/>
-[...1 lines deleted...]
-      <c r="X40" s="141">
+      <c r="V40" s="122"/>
+      <c r="W40" s="122"/>
+      <c r="X40" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y40" s="140"/>
-[...1 lines deleted...]
-      <c r="AA40" s="141">
+      <c r="Y40" s="122"/>
+      <c r="Z40" s="122"/>
+      <c r="AA40" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB40" s="142"/>
-[...1 lines deleted...]
-      <c r="AD40" s="143">
+      <c r="AB40" s="124"/>
+      <c r="AC40" s="124"/>
+      <c r="AD40" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE40" s="143">
+      <c r="AE40" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF40" s="144">
+      <c r="AF40" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG40" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG40" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH40" s="145"/>
-[...3 lines deleted...]
-      <c r="B41" s="136" t="str">
+      <c r="AH40" s="127"/>
+      <c r="AI40" s="128"/>
+    </row>
+    <row r="41" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C41" s="135"/>
-[...14 lines deleted...]
-      <c r="R41" s="141">
+      <c r="C41" s="117"/>
+      <c r="D41" s="96"/>
+      <c r="E41" s="117"/>
+      <c r="F41" s="117"/>
+      <c r="G41" s="119"/>
+      <c r="H41" s="118"/>
+      <c r="I41" s="118"/>
+      <c r="J41" s="118"/>
+      <c r="K41" s="118"/>
+      <c r="L41" s="120"/>
+      <c r="M41" s="121"/>
+      <c r="N41" s="121"/>
+      <c r="O41" s="121"/>
+      <c r="P41" s="122"/>
+      <c r="Q41" s="122"/>
+      <c r="R41" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S41" s="140"/>
-[...1 lines deleted...]
-      <c r="U41" s="141">
+      <c r="S41" s="122"/>
+      <c r="T41" s="122"/>
+      <c r="U41" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V41" s="140"/>
-[...1 lines deleted...]
-      <c r="X41" s="141">
+      <c r="V41" s="122"/>
+      <c r="W41" s="122"/>
+      <c r="X41" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y41" s="140"/>
-[...1 lines deleted...]
-      <c r="AA41" s="141">
+      <c r="Y41" s="122"/>
+      <c r="Z41" s="122"/>
+      <c r="AA41" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB41" s="142"/>
-[...1 lines deleted...]
-      <c r="AD41" s="143">
+      <c r="AB41" s="124"/>
+      <c r="AC41" s="124"/>
+      <c r="AD41" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE41" s="143">
+      <c r="AE41" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF41" s="144">
+      <c r="AF41" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG41" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG41" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH41" s="145"/>
-[...3 lines deleted...]
-      <c r="B42" s="136" t="str">
+      <c r="AH41" s="127"/>
+      <c r="AI41" s="128"/>
+    </row>
+    <row r="42" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C42" s="135"/>
-[...14 lines deleted...]
-      <c r="R42" s="141">
+      <c r="C42" s="117"/>
+      <c r="D42" s="96"/>
+      <c r="E42" s="117"/>
+      <c r="F42" s="117"/>
+      <c r="G42" s="119"/>
+      <c r="H42" s="118"/>
+      <c r="I42" s="118"/>
+      <c r="J42" s="118"/>
+      <c r="K42" s="118"/>
+      <c r="L42" s="120"/>
+      <c r="M42" s="121"/>
+      <c r="N42" s="121"/>
+      <c r="O42" s="121"/>
+      <c r="P42" s="122"/>
+      <c r="Q42" s="122"/>
+      <c r="R42" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S42" s="140"/>
-[...1 lines deleted...]
-      <c r="U42" s="141">
+      <c r="S42" s="122"/>
+      <c r="T42" s="122"/>
+      <c r="U42" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V42" s="140"/>
-[...1 lines deleted...]
-      <c r="X42" s="141">
+      <c r="V42" s="122"/>
+      <c r="W42" s="122"/>
+      <c r="X42" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y42" s="140"/>
-[...1 lines deleted...]
-      <c r="AA42" s="141">
+      <c r="Y42" s="122"/>
+      <c r="Z42" s="122"/>
+      <c r="AA42" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB42" s="142"/>
-[...1 lines deleted...]
-      <c r="AD42" s="143">
+      <c r="AB42" s="124"/>
+      <c r="AC42" s="124"/>
+      <c r="AD42" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE42" s="143">
+      <c r="AE42" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF42" s="144">
+      <c r="AF42" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG42" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG42" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH42" s="145"/>
-[...3 lines deleted...]
-      <c r="B43" s="136" t="str">
+      <c r="AH42" s="127"/>
+      <c r="AI42" s="128"/>
+    </row>
+    <row r="43" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C43" s="135"/>
-[...14 lines deleted...]
-      <c r="R43" s="141">
+      <c r="C43" s="117"/>
+      <c r="D43" s="96"/>
+      <c r="E43" s="117"/>
+      <c r="F43" s="117"/>
+      <c r="G43" s="119"/>
+      <c r="H43" s="118"/>
+      <c r="I43" s="118"/>
+      <c r="J43" s="118"/>
+      <c r="K43" s="118"/>
+      <c r="L43" s="120"/>
+      <c r="M43" s="121"/>
+      <c r="N43" s="121"/>
+      <c r="O43" s="121"/>
+      <c r="P43" s="122"/>
+      <c r="Q43" s="122"/>
+      <c r="R43" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S43" s="140"/>
-[...1 lines deleted...]
-      <c r="U43" s="141">
+      <c r="S43" s="122"/>
+      <c r="T43" s="122"/>
+      <c r="U43" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V43" s="140"/>
-[...1 lines deleted...]
-      <c r="X43" s="141">
+      <c r="V43" s="122"/>
+      <c r="W43" s="122"/>
+      <c r="X43" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y43" s="140"/>
-[...1 lines deleted...]
-      <c r="AA43" s="141">
+      <c r="Y43" s="122"/>
+      <c r="Z43" s="122"/>
+      <c r="AA43" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB43" s="142"/>
-[...1 lines deleted...]
-      <c r="AD43" s="143">
+      <c r="AB43" s="124"/>
+      <c r="AC43" s="124"/>
+      <c r="AD43" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE43" s="143">
+      <c r="AE43" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF43" s="144">
+      <c r="AF43" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG43" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG43" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH43" s="145"/>
-[...3 lines deleted...]
-      <c r="B44" s="136" t="str">
+      <c r="AH43" s="127"/>
+      <c r="AI43" s="128"/>
+    </row>
+    <row r="44" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C44" s="135"/>
-[...14 lines deleted...]
-      <c r="R44" s="141">
+      <c r="C44" s="117"/>
+      <c r="D44" s="96"/>
+      <c r="E44" s="117"/>
+      <c r="F44" s="117"/>
+      <c r="G44" s="119"/>
+      <c r="H44" s="118"/>
+      <c r="I44" s="118"/>
+      <c r="J44" s="118"/>
+      <c r="K44" s="118"/>
+      <c r="L44" s="120"/>
+      <c r="M44" s="121"/>
+      <c r="N44" s="121"/>
+      <c r="O44" s="121"/>
+      <c r="P44" s="122"/>
+      <c r="Q44" s="122"/>
+      <c r="R44" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S44" s="140"/>
-[...1 lines deleted...]
-      <c r="U44" s="141">
+      <c r="S44" s="122"/>
+      <c r="T44" s="122"/>
+      <c r="U44" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V44" s="140"/>
-[...1 lines deleted...]
-      <c r="X44" s="141">
+      <c r="V44" s="122"/>
+      <c r="W44" s="122"/>
+      <c r="X44" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y44" s="140"/>
-[...1 lines deleted...]
-      <c r="AA44" s="141">
+      <c r="Y44" s="122"/>
+      <c r="Z44" s="122"/>
+      <c r="AA44" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB44" s="142"/>
-[...1 lines deleted...]
-      <c r="AD44" s="143">
+      <c r="AB44" s="124"/>
+      <c r="AC44" s="124"/>
+      <c r="AD44" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE44" s="143">
+      <c r="AE44" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF44" s="144">
+      <c r="AF44" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG44" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG44" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH44" s="145"/>
-[...3 lines deleted...]
-      <c r="B45" s="136" t="str">
+      <c r="AH44" s="127"/>
+      <c r="AI44" s="128"/>
+    </row>
+    <row r="45" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C45" s="135"/>
-[...14 lines deleted...]
-      <c r="R45" s="141">
+      <c r="C45" s="117"/>
+      <c r="D45" s="96"/>
+      <c r="E45" s="117"/>
+      <c r="F45" s="117"/>
+      <c r="G45" s="119"/>
+      <c r="H45" s="118"/>
+      <c r="I45" s="118"/>
+      <c r="J45" s="118"/>
+      <c r="K45" s="118"/>
+      <c r="L45" s="120"/>
+      <c r="M45" s="121"/>
+      <c r="N45" s="121"/>
+      <c r="O45" s="121"/>
+      <c r="P45" s="122"/>
+      <c r="Q45" s="122"/>
+      <c r="R45" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S45" s="140"/>
-[...1 lines deleted...]
-      <c r="U45" s="141">
+      <c r="S45" s="122"/>
+      <c r="T45" s="122"/>
+      <c r="U45" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V45" s="140"/>
-[...1 lines deleted...]
-      <c r="X45" s="141">
+      <c r="V45" s="122"/>
+      <c r="W45" s="122"/>
+      <c r="X45" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y45" s="140"/>
-[...1 lines deleted...]
-      <c r="AA45" s="141">
+      <c r="Y45" s="122"/>
+      <c r="Z45" s="122"/>
+      <c r="AA45" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB45" s="142"/>
-[...1 lines deleted...]
-      <c r="AD45" s="143">
+      <c r="AB45" s="124"/>
+      <c r="AC45" s="124"/>
+      <c r="AD45" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE45" s="143">
+      <c r="AE45" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF45" s="144">
+      <c r="AF45" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG45" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG45" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH45" s="145"/>
-[...3 lines deleted...]
-      <c r="B46" s="136" t="str">
+      <c r="AH45" s="127"/>
+      <c r="AI45" s="128"/>
+    </row>
+    <row r="46" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C46" s="135"/>
-[...14 lines deleted...]
-      <c r="R46" s="141">
+      <c r="C46" s="117"/>
+      <c r="D46" s="96"/>
+      <c r="E46" s="117"/>
+      <c r="F46" s="117"/>
+      <c r="G46" s="119"/>
+      <c r="H46" s="118"/>
+      <c r="I46" s="118"/>
+      <c r="J46" s="118"/>
+      <c r="K46" s="118"/>
+      <c r="L46" s="120"/>
+      <c r="M46" s="121"/>
+      <c r="N46" s="121"/>
+      <c r="O46" s="121"/>
+      <c r="P46" s="122"/>
+      <c r="Q46" s="122"/>
+      <c r="R46" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S46" s="140"/>
-[...1 lines deleted...]
-      <c r="U46" s="141">
+      <c r="S46" s="122"/>
+      <c r="T46" s="122"/>
+      <c r="U46" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V46" s="140"/>
-[...1 lines deleted...]
-      <c r="X46" s="141">
+      <c r="V46" s="122"/>
+      <c r="W46" s="122"/>
+      <c r="X46" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y46" s="140"/>
-[...1 lines deleted...]
-      <c r="AA46" s="141">
+      <c r="Y46" s="122"/>
+      <c r="Z46" s="122"/>
+      <c r="AA46" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB46" s="142"/>
-[...1 lines deleted...]
-      <c r="AD46" s="143">
+      <c r="AB46" s="124"/>
+      <c r="AC46" s="124"/>
+      <c r="AD46" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE46" s="143">
+      <c r="AE46" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF46" s="144">
+      <c r="AF46" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG46" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG46" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH46" s="145"/>
-[...3 lines deleted...]
-      <c r="B47" s="136" t="str">
+      <c r="AH46" s="127"/>
+      <c r="AI46" s="128"/>
+    </row>
+    <row r="47" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C47" s="135"/>
-[...14 lines deleted...]
-      <c r="R47" s="141">
+      <c r="C47" s="117"/>
+      <c r="D47" s="96"/>
+      <c r="E47" s="117"/>
+      <c r="F47" s="117"/>
+      <c r="G47" s="119"/>
+      <c r="H47" s="118"/>
+      <c r="I47" s="118"/>
+      <c r="J47" s="118"/>
+      <c r="K47" s="118"/>
+      <c r="L47" s="120"/>
+      <c r="M47" s="121"/>
+      <c r="N47" s="121"/>
+      <c r="O47" s="121"/>
+      <c r="P47" s="122"/>
+      <c r="Q47" s="122"/>
+      <c r="R47" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S47" s="140"/>
-[...1 lines deleted...]
-      <c r="U47" s="141">
+      <c r="S47" s="122"/>
+      <c r="T47" s="122"/>
+      <c r="U47" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V47" s="140"/>
-[...1 lines deleted...]
-      <c r="X47" s="141">
+      <c r="V47" s="122"/>
+      <c r="W47" s="122"/>
+      <c r="X47" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y47" s="140"/>
-[...1 lines deleted...]
-      <c r="AA47" s="141">
+      <c r="Y47" s="122"/>
+      <c r="Z47" s="122"/>
+      <c r="AA47" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB47" s="142"/>
-[...1 lines deleted...]
-      <c r="AD47" s="143">
+      <c r="AB47" s="124"/>
+      <c r="AC47" s="124"/>
+      <c r="AD47" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE47" s="143">
+      <c r="AE47" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF47" s="144">
+      <c r="AF47" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG47" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG47" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH47" s="145"/>
-[...3 lines deleted...]
-      <c r="B48" s="136" t="str">
+      <c r="AH47" s="127"/>
+      <c r="AI47" s="128"/>
+    </row>
+    <row r="48" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C48" s="135"/>
-[...14 lines deleted...]
-      <c r="R48" s="141">
+      <c r="C48" s="117"/>
+      <c r="D48" s="96"/>
+      <c r="E48" s="117"/>
+      <c r="F48" s="117"/>
+      <c r="G48" s="119"/>
+      <c r="H48" s="118"/>
+      <c r="I48" s="118"/>
+      <c r="J48" s="118"/>
+      <c r="K48" s="118"/>
+      <c r="L48" s="120"/>
+      <c r="M48" s="121"/>
+      <c r="N48" s="121"/>
+      <c r="O48" s="121"/>
+      <c r="P48" s="122"/>
+      <c r="Q48" s="122"/>
+      <c r="R48" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S48" s="140"/>
-[...1 lines deleted...]
-      <c r="U48" s="141">
+      <c r="S48" s="122"/>
+      <c r="T48" s="122"/>
+      <c r="U48" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V48" s="140"/>
-[...1 lines deleted...]
-      <c r="X48" s="141">
+      <c r="V48" s="122"/>
+      <c r="W48" s="122"/>
+      <c r="X48" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y48" s="140"/>
-[...1 lines deleted...]
-      <c r="AA48" s="141">
+      <c r="Y48" s="122"/>
+      <c r="Z48" s="122"/>
+      <c r="AA48" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB48" s="142"/>
-[...1 lines deleted...]
-      <c r="AD48" s="143">
+      <c r="AB48" s="124"/>
+      <c r="AC48" s="124"/>
+      <c r="AD48" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE48" s="143">
+      <c r="AE48" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF48" s="144">
+      <c r="AF48" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG48" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG48" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH48" s="145"/>
-[...3 lines deleted...]
-      <c r="B49" s="136" t="str">
+      <c r="AH48" s="127"/>
+      <c r="AI48" s="128"/>
+    </row>
+    <row r="49" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C49" s="135"/>
-[...14 lines deleted...]
-      <c r="R49" s="141">
+      <c r="C49" s="117"/>
+      <c r="D49" s="96"/>
+      <c r="E49" s="117"/>
+      <c r="F49" s="117"/>
+      <c r="G49" s="119"/>
+      <c r="H49" s="118"/>
+      <c r="I49" s="118"/>
+      <c r="J49" s="118"/>
+      <c r="K49" s="118"/>
+      <c r="L49" s="120"/>
+      <c r="M49" s="121"/>
+      <c r="N49" s="121"/>
+      <c r="O49" s="121"/>
+      <c r="P49" s="122"/>
+      <c r="Q49" s="122"/>
+      <c r="R49" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S49" s="140"/>
-[...1 lines deleted...]
-      <c r="U49" s="141">
+      <c r="S49" s="122"/>
+      <c r="T49" s="122"/>
+      <c r="U49" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V49" s="140"/>
-[...1 lines deleted...]
-      <c r="X49" s="141">
+      <c r="V49" s="122"/>
+      <c r="W49" s="122"/>
+      <c r="X49" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y49" s="140"/>
-[...1 lines deleted...]
-      <c r="AA49" s="141">
+      <c r="Y49" s="122"/>
+      <c r="Z49" s="122"/>
+      <c r="AA49" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB49" s="142"/>
-[...1 lines deleted...]
-      <c r="AD49" s="143">
+      <c r="AB49" s="124"/>
+      <c r="AC49" s="124"/>
+      <c r="AD49" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE49" s="143">
+      <c r="AE49" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF49" s="144">
+      <c r="AF49" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG49" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG49" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH49" s="145"/>
-[...3 lines deleted...]
-      <c r="B50" s="136" t="str">
+      <c r="AH49" s="127"/>
+      <c r="AI49" s="128"/>
+    </row>
+    <row r="50" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C50" s="135"/>
-[...14 lines deleted...]
-      <c r="R50" s="141">
+      <c r="C50" s="117"/>
+      <c r="D50" s="96"/>
+      <c r="E50" s="117"/>
+      <c r="F50" s="117"/>
+      <c r="G50" s="119"/>
+      <c r="H50" s="118"/>
+      <c r="I50" s="118"/>
+      <c r="J50" s="118"/>
+      <c r="K50" s="118"/>
+      <c r="L50" s="120"/>
+      <c r="M50" s="121"/>
+      <c r="N50" s="121"/>
+      <c r="O50" s="121"/>
+      <c r="P50" s="122"/>
+      <c r="Q50" s="122"/>
+      <c r="R50" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S50" s="140"/>
-[...1 lines deleted...]
-      <c r="U50" s="141">
+      <c r="S50" s="122"/>
+      <c r="T50" s="122"/>
+      <c r="U50" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V50" s="140"/>
-[...1 lines deleted...]
-      <c r="X50" s="141">
+      <c r="V50" s="122"/>
+      <c r="W50" s="122"/>
+      <c r="X50" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y50" s="140"/>
-[...1 lines deleted...]
-      <c r="AA50" s="141">
+      <c r="Y50" s="122"/>
+      <c r="Z50" s="122"/>
+      <c r="AA50" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB50" s="142"/>
-[...1 lines deleted...]
-      <c r="AD50" s="143">
+      <c r="AB50" s="124"/>
+      <c r="AC50" s="124"/>
+      <c r="AD50" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE50" s="143">
+      <c r="AE50" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF50" s="144">
+      <c r="AF50" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG50" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG50" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH50" s="145"/>
-[...3 lines deleted...]
-      <c r="B51" s="136" t="str">
+      <c r="AH50" s="127"/>
+      <c r="AI50" s="128"/>
+    </row>
+    <row r="51" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C51" s="135"/>
-[...14 lines deleted...]
-      <c r="R51" s="141">
+      <c r="C51" s="117"/>
+      <c r="D51" s="96"/>
+      <c r="E51" s="117"/>
+      <c r="F51" s="117"/>
+      <c r="G51" s="119"/>
+      <c r="H51" s="118"/>
+      <c r="I51" s="118"/>
+      <c r="J51" s="118"/>
+      <c r="K51" s="118"/>
+      <c r="L51" s="120"/>
+      <c r="M51" s="121"/>
+      <c r="N51" s="121"/>
+      <c r="O51" s="121"/>
+      <c r="P51" s="122"/>
+      <c r="Q51" s="122"/>
+      <c r="R51" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S51" s="140"/>
-[...1 lines deleted...]
-      <c r="U51" s="141">
+      <c r="S51" s="122"/>
+      <c r="T51" s="122"/>
+      <c r="U51" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V51" s="140"/>
-[...1 lines deleted...]
-      <c r="X51" s="141">
+      <c r="V51" s="122"/>
+      <c r="W51" s="122"/>
+      <c r="X51" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y51" s="140"/>
-[...1 lines deleted...]
-      <c r="AA51" s="141">
+      <c r="Y51" s="122"/>
+      <c r="Z51" s="122"/>
+      <c r="AA51" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB51" s="142"/>
-[...1 lines deleted...]
-      <c r="AD51" s="143">
+      <c r="AB51" s="124"/>
+      <c r="AC51" s="124"/>
+      <c r="AD51" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE51" s="143">
+      <c r="AE51" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF51" s="144">
+      <c r="AF51" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG51" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG51" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH51" s="145"/>
-[...3 lines deleted...]
-      <c r="B52" s="136" t="str">
+      <c r="AH51" s="127"/>
+      <c r="AI51" s="128"/>
+    </row>
+    <row r="52" spans="2:35" s="129" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="118" t="str">
         <f>'1| Instructions'!$C$4</f>
         <v>Example</v>
       </c>
-      <c r="C52" s="135"/>
-[...14 lines deleted...]
-      <c r="R52" s="141">
+      <c r="C52" s="117"/>
+      <c r="D52" s="96"/>
+      <c r="E52" s="117"/>
+      <c r="F52" s="117"/>
+      <c r="G52" s="119"/>
+      <c r="H52" s="118"/>
+      <c r="I52" s="118"/>
+      <c r="J52" s="118"/>
+      <c r="K52" s="118"/>
+      <c r="L52" s="120"/>
+      <c r="M52" s="121"/>
+      <c r="N52" s="121"/>
+      <c r="O52" s="121"/>
+      <c r="P52" s="122"/>
+      <c r="Q52" s="122"/>
+      <c r="R52" s="123">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S52" s="140"/>
-[...1 lines deleted...]
-      <c r="U52" s="141">
+      <c r="S52" s="122"/>
+      <c r="T52" s="122"/>
+      <c r="U52" s="123">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="V52" s="140"/>
-[...1 lines deleted...]
-      <c r="X52" s="141">
+      <c r="V52" s="122"/>
+      <c r="W52" s="122"/>
+      <c r="X52" s="123">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y52" s="140"/>
-[...1 lines deleted...]
-      <c r="AA52" s="141">
+      <c r="Y52" s="122"/>
+      <c r="Z52" s="122"/>
+      <c r="AA52" s="123">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB52" s="142"/>
-[...1 lines deleted...]
-      <c r="AD52" s="143">
+      <c r="AB52" s="124"/>
+      <c r="AC52" s="124"/>
+      <c r="AD52" s="125">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="AE52" s="143">
+      <c r="AE52" s="125">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="AF52" s="144">
+      <c r="AF52" s="126" t="str">
         <f t="shared" si="6"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AG52" s="143">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="AG52" s="125">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="AH52" s="145"/>
-      <c r="AI52" s="148"/>
+      <c r="AH52" s="127"/>
+      <c r="AI52" s="130"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="1">
     <mergeCell ref="B7:D7"/>
   </mergeCells>
   <dataValidations xWindow="783" yWindow="433" count="23">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add any relevant information, including any other funding sources for this item and summary of operational costs (if any)" sqref="AH9:AH52 AI8" xr:uid="{ACA0A3FE-BCA3-4142-B433-1BEFF707101D}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the relevant Gavi 6.0 Strategic Objective from the drop down menu" sqref="E9" xr:uid="{5AA7B7A2-1F43-4D64-943A-5670392D8180}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the Foundational Function from the drop down menu" sqref="C9" xr:uid="{45371C5B-FF6B-4329-BD7D-80498FD93DE2}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" sqref="D9:E9" xr:uid="{6B8C27D8-2F37-4E3A-88ED-DED3BF83D436}"/>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add desciption of the key activities the FTE will be working on (max 50 words)" sqref="G9:G52" xr:uid="{781DF49E-3540-4518-9A05-7C8A8695E664}">
       <formula1>1</formula1>
       <formula2>50</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add total FTE per row (e.g., 3.5 FTE). " sqref="L10:L52" xr:uid="{4C2116B4-8A27-4E1E-8050-B6D9E735CBF2}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add total FTE per row (e.g., 3.5 FTE). " sqref="L9:L52" xr:uid="{4C2116B4-8A27-4E1E-8050-B6D9E735CBF2}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add title of the supporting position " sqref="M9:M52" xr:uid="{05000565-8475-457B-A52B-5B22CCEACCAE}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add FTE level (e.g. P3)" sqref="H9" xr:uid="{64A410CE-7BBC-4429-B51F-F11769408F23}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please choose location at Global or Regional level from the drop down " sqref="J9" xr:uid="{EAADD120-548D-41C3-A5E0-E8C0B8ECC1C0}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please indicate if this FTE is new or continuing from 5.0/5.1" sqref="I9" xr:uid="{81C901B8-A015-4FEB-8F0E-977B4CCAF466}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please indicate if this FTE is new or continuing from 5.0/5.1" sqref="I10:I52" xr:uid="{A7C619C4-5393-4CD8-AF66-FAC129E60224}">
       <formula1>"New, Continuing"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If Global, please specify the relevant team. If Regional, please specify RO /Center of Excellence" sqref="K9:M9" xr:uid="{921B3531-542B-4DC2-B87E-0958651E0705}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If Global, please specify the relevant team. If Regional, please specify RO /Center of Excellence" sqref="K9 M9" xr:uid="{921B3531-542B-4DC2-B87E-0958651E0705}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please indicate of this FTE is new or continuing" sqref="I9" xr:uid="{FBD3EE7A-734A-43B5-8B02-D9BE2DE63F9C}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add first and last name of the Gavi Focal point " sqref="N9:N52" xr:uid="{8EAC71AD-F28F-4127-83FA-EC8F2649F66C}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add first and last name of the Partner Focal point " sqref="O9:O52" xr:uid="{417AD91D-0E9C-426B-A494-2D860880C9CD}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add operational costs (travel, etc.). Should not exceed 20% of the grand total " sqref="P9:P52 S9:S52 V9:V52 Y9:Y52 AB9:AB52" xr:uid="{77879454-EE32-4EB2-8860-B28BCB6122A3}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add annual staff costs (min for 2 years)" sqref="AC9:AC52 Z9:Z52 W9:W52 T9:T52 Q9:Q52" xr:uid="{2E6488A3-CDEB-41AA-B187-969C920C6DA8}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Formula, do not change" sqref="R9:R52 U9:U52 AA9:AA52 X9:X52 AD9:AG52" xr:uid="{9771596F-EE32-4340-A1D8-A22F0F903041}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add 1 FTE or less (e.g. 0.5 FTE) per line" sqref="L9:M9" xr:uid="{D62B51AD-AC3D-4512-A7FB-09AB5684FB93}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please choose location at Global or Regional level from the drop down " sqref="J10:J52" xr:uid="{421D2A04-7941-4B48-970D-2A7744396636}">
       <formula1>"Global, Regional"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add FTE level (one level per row, e.g. P3)" sqref="H10:H52" xr:uid="{C36A94BA-DDD2-4D17-BCD5-D26D8F44556C}">
       <formula1>"P2, P3, P4, P5, P6"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If Global, please specify the relevant team. If Regional, please specify RO /Center of Excellence (one team per row)" sqref="K10:M52" xr:uid="{BEE9A890-4000-4D4D-A058-692ED0519764}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please enter all Position Title(s) supporting the selected programmatic area" sqref="M10:M52" xr:uid="{EA4C595B-C7FE-4721-9ED4-F87C4D091059}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="783" yWindow="433" count="5">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="783" yWindow="433" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the Foundational Function from the drop down menu" xr:uid="{52965661-5388-49BD-8D4D-4C7048DBE98C}">
           <x14:formula1>
             <xm:f>'HIDE Validation'!$B$3:$B$6</xm:f>
           </x14:formula1>
           <xm:sqref>C10:C52</xm:sqref>
         </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" xr:uid="{FD72EE8B-CEE7-4DD7-A3B0-E30CC7A9DD71}">
+          <x14:formula1>
+            <xm:f>'HIDE Validation'!$B$9:$B$21</xm:f>
+          </x14:formula1>
+          <xm:sqref>D10:D52</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select programmatic area from drop-down list" xr:uid="{328BA13C-50E1-4573-85AE-EE4E2934639D}">
+          <x14:formula1>
+            <xm:f>'HIDE Validation'!$B$48:$B$59</xm:f>
+          </x14:formula1>
+          <xm:sqref>F10:F52</xm:sqref>
+        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{885282CC-BD03-45EC-BC39-B5F7FCA0CB0A}">
           <x14:formula1>
-            <xm:f>'HIDE Validation'!$B$32:$B$51</xm:f>
+            <xm:f>'HIDE Validation'!$B$32:$B$44</xm:f>
           </x14:formula1>
           <xm:sqref>C53</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the relevant Gavi 6.0 Strategic Objective from the drop down menu" xr:uid="{7BFCD8D2-FDFA-4C77-A641-0744CF769CB3}">
           <x14:formula1>
-            <xm:f>'HIDE Validation'!$B$32:$B$51</xm:f>
+            <xm:f>'HIDE Validation'!$B$32:$B$45</xm:f>
           </x14:formula1>
           <xm:sqref>E10:E52</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" xr:uid="{FD72EE8B-CEE7-4DD7-A3B0-E30CC7A9DD71}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Area of Work from the drop down menu" xr:uid="{B45C53E7-EAB8-4D61-82F2-7D151E0DFB3A}">
           <x14:formula1>
-            <xm:f>'HIDE Validation'!$B$9:$B$21</xm:f>
+            <xm:f>'HIDE Validation'!$B$32:$B$45</xm:f>
           </x14:formula1>
-          <xm:sqref>D10:E52</xm:sqref>
-[...5 lines deleted...]
-          <xm:sqref>F10:F52</xm:sqref>
+          <xm:sqref>E10:E52</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A0FCF04-CEB4-4044-A9DD-142F28353242}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="B4:V37"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="78" zoomScaleNormal="78" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29"/>
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="AA21" sqref="AA21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
-    <col min="2" max="2" width="31.26953125" style="89" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="8" width="23.7265625" style="87" customWidth="1"/>
+    <col min="2" max="2" width="31.26953125" style="88" customWidth="1"/>
+    <col min="3" max="3" width="44.453125" style="87" customWidth="1"/>
+    <col min="4" max="4" width="24.81640625" style="87" customWidth="1"/>
+    <col min="5" max="5" width="9.81640625" style="86" customWidth="1"/>
+    <col min="6" max="6" width="61.1796875" customWidth="1"/>
+    <col min="7" max="8" width="23.7265625" style="86" customWidth="1"/>
     <col min="9" max="9" width="23.453125" customWidth="1"/>
     <col min="10" max="10" width="25.1796875" customWidth="1"/>
     <col min="11" max="11" width="27.26953125" customWidth="1"/>
     <col min="12" max="12" width="22.54296875" customWidth="1"/>
     <col min="13" max="13" width="25.26953125" customWidth="1"/>
     <col min="14" max="22" width="13.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:22" ht="20" x14ac:dyDescent="0.35">
-      <c r="B4" s="101" t="s">
-        <v>190</v>
+      <c r="B4" s="100" t="s">
+        <v>179</v>
       </c>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
     </row>
     <row r="5" spans="2:22" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B5" s="104" t="str">
+      <c r="B5" s="103" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
-      <c r="N5" s="120" t="s">
-[...9 lines deleted...]
-      <c r="V5" s="120"/>
+      <c r="N5" s="194" t="s">
+        <v>178</v>
+      </c>
+      <c r="O5" s="194"/>
+      <c r="P5" s="194"/>
+      <c r="Q5" s="194"/>
+      <c r="R5" s="194"/>
+      <c r="S5" s="194"/>
+      <c r="T5" s="194"/>
+      <c r="U5" s="194"/>
+      <c r="V5" s="194"/>
     </row>
     <row r="6" spans="2:22" x14ac:dyDescent="0.35">
-      <c r="B6" s="92"/>
-[...11 lines deleted...]
-      <c r="N6" s="86" t="s">
+      <c r="B6" s="91"/>
+      <c r="C6" s="90"/>
+      <c r="D6" s="90"/>
+      <c r="E6" s="89"/>
+      <c r="F6" s="84"/>
+      <c r="G6" s="89"/>
+      <c r="H6" s="89"/>
+      <c r="I6" s="89"/>
+      <c r="J6" s="89"/>
+      <c r="K6" s="89"/>
+      <c r="L6" s="89"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="86" t="s">
+      <c r="O6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="P6" s="86" t="s">
+      <c r="P6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="Q6" s="86" t="s">
+      <c r="Q6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="R6" s="86" t="s">
+      <c r="R6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="S6" s="86" t="s">
+      <c r="S6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="T6" s="86" t="s">
+      <c r="T6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="U6" s="86" t="s">
+      <c r="U6" s="85" t="s">
         <v>10</v>
       </c>
-      <c r="V6" s="86" t="s">
+      <c r="V6" s="85" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="2:22" s="24" customFormat="1" ht="13" x14ac:dyDescent="0.3">
-      <c r="B7" s="171" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="172" t="s">
+      <c r="B7" s="151" t="s">
+        <v>237</v>
+      </c>
+      <c r="C7" s="151" t="s">
+        <v>237</v>
+      </c>
+      <c r="D7" s="152" t="s">
+        <v>258</v>
+      </c>
+      <c r="E7" s="151" t="s">
+        <v>237</v>
+      </c>
+      <c r="F7" s="151" t="s">
+        <v>237</v>
+      </c>
+      <c r="G7" s="152" t="s">
+        <v>173</v>
+      </c>
+      <c r="H7" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="J7" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="K7" s="153" t="s">
+        <v>173</v>
+      </c>
+      <c r="L7" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="M7" s="153" t="s">
+        <v>10</v>
+      </c>
+      <c r="N7" s="154">
+        <v>2026</v>
+      </c>
+      <c r="O7" s="195">
+        <v>2027</v>
+      </c>
+      <c r="P7" s="196"/>
+      <c r="Q7" s="195">
+        <v>2028</v>
+      </c>
+      <c r="R7" s="196"/>
+      <c r="S7" s="195">
+        <v>2029</v>
+      </c>
+      <c r="T7" s="196"/>
+      <c r="U7" s="195">
+        <v>2030</v>
+      </c>
+      <c r="V7" s="196"/>
+    </row>
+    <row r="8" spans="2:22" s="24" customFormat="1" ht="39" x14ac:dyDescent="0.25">
+      <c r="B8" s="156" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" s="157" t="s">
+        <v>177</v>
+      </c>
+      <c r="D8" s="158" t="s">
+        <v>176</v>
+      </c>
+      <c r="E8" s="157" t="s">
+        <v>180</v>
+      </c>
+      <c r="F8" s="157" t="s">
+        <v>174</v>
+      </c>
+      <c r="G8" s="158" t="s">
+        <v>175</v>
+      </c>
+      <c r="H8" s="158" t="s">
+        <v>243</v>
+      </c>
+      <c r="I8" s="159" t="s">
+        <v>41</v>
+      </c>
+      <c r="J8" s="159" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" s="159" t="s">
+        <v>259</v>
+      </c>
+      <c r="L8" s="155" t="s">
+        <v>43</v>
+      </c>
+      <c r="M8" s="159" t="s">
+        <v>260</v>
+      </c>
+      <c r="N8" s="160" t="s">
+        <v>44</v>
+      </c>
+      <c r="O8" s="161" t="s">
+        <v>45</v>
+      </c>
+      <c r="P8" s="161" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q8" s="162" t="s">
+        <v>45</v>
+      </c>
+      <c r="R8" s="162" t="s">
+        <v>44</v>
+      </c>
+      <c r="S8" s="161" t="s">
+        <v>45</v>
+      </c>
+      <c r="T8" s="161" t="s">
+        <v>44</v>
+      </c>
+      <c r="U8" s="162" t="s">
+        <v>45</v>
+      </c>
+      <c r="V8" s="162" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
+      <c r="B9" s="188" t="s">
+        <v>106</v>
+      </c>
+      <c r="C9" s="163" t="s">
+        <v>107</v>
+      </c>
+      <c r="D9" s="164" t="str">
+        <f>IF(ISNUMBER(MATCH(C9,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
+        <v>Yes</v>
+      </c>
+      <c r="E9" s="165" t="s">
+        <v>108</v>
+      </c>
+      <c r="F9" s="166" t="s">
+        <v>109</v>
+      </c>
+      <c r="G9" s="167" t="s">
         <v>276</v>
       </c>
-      <c r="E7" s="171" t="s">
-[...129 lines deleted...]
-      <c r="H9" s="190"/>
+      <c r="H9" s="167"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
-      <c r="N9" s="184"/>
-[...7 lines deleted...]
-      <c r="V9" s="184"/>
+      <c r="N9" s="162"/>
+      <c r="O9" s="161"/>
+      <c r="P9" s="161"/>
+      <c r="Q9" s="162"/>
+      <c r="R9" s="162"/>
+      <c r="S9" s="161"/>
+      <c r="T9" s="161"/>
+      <c r="U9" s="162"/>
+      <c r="V9" s="162"/>
     </row>
     <row r="10" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B10" s="191"/>
-[...3 lines deleted...]
-      <c r="D10" s="187" t="str">
+      <c r="B10" s="189"/>
+      <c r="C10" s="163" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C10,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E10" s="188" t="s">
-[...6 lines deleted...]
-      <c r="H10" s="190"/>
+      <c r="E10" s="165" t="s">
+        <v>112</v>
+      </c>
+      <c r="F10" s="166" t="s">
+        <v>113</v>
+      </c>
+      <c r="G10" s="167" t="s">
+        <v>277</v>
+      </c>
+      <c r="H10" s="167"/>
       <c r="I10" s="25"/>
       <c r="J10" s="25"/>
       <c r="K10" s="25"/>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
-      <c r="N10" s="184"/>
-[...7 lines deleted...]
-      <c r="V10" s="184"/>
+      <c r="N10" s="162"/>
+      <c r="O10" s="161"/>
+      <c r="P10" s="161"/>
+      <c r="Q10" s="162"/>
+      <c r="R10" s="162"/>
+      <c r="S10" s="161"/>
+      <c r="T10" s="161"/>
+      <c r="U10" s="162"/>
+      <c r="V10" s="162"/>
     </row>
     <row r="11" spans="2:22" s="24" customFormat="1" ht="25" x14ac:dyDescent="0.25">
-      <c r="B11" s="192" t="s">
-[...5 lines deleted...]
-      <c r="D11" s="187" t="str">
+      <c r="B11" s="190" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="168" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C11,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E11" s="188" t="s">
-[...6 lines deleted...]
-      <c r="H11" s="190"/>
+      <c r="E11" s="165" t="s">
+        <v>114</v>
+      </c>
+      <c r="F11" s="166" t="s">
+        <v>115</v>
+      </c>
+      <c r="G11" s="167"/>
+      <c r="H11" s="167"/>
       <c r="I11" s="25"/>
       <c r="J11" s="25"/>
       <c r="K11" s="25"/>
       <c r="L11" s="25"/>
       <c r="M11" s="25"/>
-      <c r="N11" s="184"/>
-[...7 lines deleted...]
-      <c r="V11" s="184"/>
+      <c r="N11" s="162"/>
+      <c r="O11" s="161"/>
+      <c r="P11" s="161"/>
+      <c r="Q11" s="162"/>
+      <c r="R11" s="162"/>
+      <c r="S11" s="161"/>
+      <c r="T11" s="161"/>
+      <c r="U11" s="162"/>
+      <c r="V11" s="162"/>
     </row>
     <row r="12" spans="2:22" s="24" customFormat="1" ht="25" x14ac:dyDescent="0.25">
-      <c r="B12" s="192"/>
-[...3 lines deleted...]
-      <c r="D12" s="187" t="str">
+      <c r="B12" s="190"/>
+      <c r="C12" s="168" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C12,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E12" s="188" t="s">
-[...6 lines deleted...]
-      <c r="H12" s="190"/>
+      <c r="E12" s="165" t="s">
+        <v>226</v>
+      </c>
+      <c r="F12" s="166" t="s">
+        <v>227</v>
+      </c>
+      <c r="G12" s="167"/>
+      <c r="H12" s="167"/>
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="25"/>
-      <c r="N12" s="184"/>
-[...7 lines deleted...]
-      <c r="V12" s="184"/>
+      <c r="N12" s="162"/>
+      <c r="O12" s="161"/>
+      <c r="P12" s="161"/>
+      <c r="Q12" s="162"/>
+      <c r="R12" s="162"/>
+      <c r="S12" s="161"/>
+      <c r="T12" s="161"/>
+      <c r="U12" s="162"/>
+      <c r="V12" s="162"/>
     </row>
     <row r="13" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B13" s="192"/>
-[...3 lines deleted...]
-      <c r="D13" s="187" t="str">
+      <c r="B13" s="190"/>
+      <c r="C13" s="168" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C13,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E13" s="194" t="s">
-[...6 lines deleted...]
-      <c r="H13" s="190"/>
+      <c r="E13" s="169" t="s">
+        <v>118</v>
+      </c>
+      <c r="F13" s="170" t="s">
+        <v>261</v>
+      </c>
+      <c r="G13" s="167"/>
+      <c r="H13" s="167"/>
       <c r="I13" s="25"/>
       <c r="J13" s="25"/>
       <c r="K13" s="25"/>
       <c r="L13" s="25"/>
       <c r="M13" s="25"/>
-      <c r="N13" s="184"/>
-[...7 lines deleted...]
-      <c r="V13" s="184"/>
+      <c r="N13" s="162"/>
+      <c r="O13" s="161"/>
+      <c r="P13" s="161"/>
+      <c r="Q13" s="162"/>
+      <c r="R13" s="162"/>
+      <c r="S13" s="161"/>
+      <c r="T13" s="161"/>
+      <c r="U13" s="162"/>
+      <c r="V13" s="162"/>
     </row>
     <row r="14" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B14" s="192"/>
-[...3 lines deleted...]
-      <c r="D14" s="187" t="str">
+      <c r="B14" s="190"/>
+      <c r="C14" s="171" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C14,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E14" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H14" s="190"/>
+      <c r="E14" s="172" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" s="173" t="s">
+        <v>121</v>
+      </c>
+      <c r="G14" s="167"/>
+      <c r="H14" s="167"/>
       <c r="I14" s="25"/>
       <c r="J14" s="25"/>
       <c r="K14" s="25"/>
       <c r="L14" s="25"/>
       <c r="M14" s="25"/>
-      <c r="N14" s="184"/>
-[...7 lines deleted...]
-      <c r="V14" s="184"/>
+      <c r="N14" s="162"/>
+      <c r="O14" s="161"/>
+      <c r="P14" s="161"/>
+      <c r="Q14" s="162"/>
+      <c r="R14" s="162"/>
+      <c r="S14" s="161"/>
+      <c r="T14" s="161"/>
+      <c r="U14" s="162"/>
+      <c r="V14" s="162"/>
     </row>
     <row r="15" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B15" s="192"/>
-[...3 lines deleted...]
-      <c r="D15" s="187" t="str">
+      <c r="B15" s="190"/>
+      <c r="C15" s="171" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C15,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E15" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H15" s="190"/>
+      <c r="E15" s="172" t="s">
+        <v>229</v>
+      </c>
+      <c r="F15" s="173" t="s">
+        <v>228</v>
+      </c>
+      <c r="G15" s="167"/>
+      <c r="H15" s="167"/>
       <c r="I15" s="25"/>
       <c r="J15" s="25"/>
       <c r="K15" s="25"/>
       <c r="L15" s="25"/>
       <c r="M15" s="25"/>
-      <c r="N15" s="184"/>
-[...7 lines deleted...]
-      <c r="V15" s="184"/>
+      <c r="N15" s="162"/>
+      <c r="O15" s="161"/>
+      <c r="P15" s="161"/>
+      <c r="Q15" s="162"/>
+      <c r="R15" s="162"/>
+      <c r="S15" s="161"/>
+      <c r="T15" s="161"/>
+      <c r="U15" s="162"/>
+      <c r="V15" s="162"/>
     </row>
     <row r="16" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B16" s="192"/>
-[...3 lines deleted...]
-      <c r="D16" s="187" t="str">
+      <c r="B16" s="190"/>
+      <c r="C16" s="171" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C16,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E16" s="199" t="s">
-[...6 lines deleted...]
-      <c r="H16" s="190"/>
+      <c r="E16" s="174" t="s">
+        <v>124</v>
+      </c>
+      <c r="F16" s="175" t="s">
+        <v>125</v>
+      </c>
+      <c r="G16" s="167"/>
+      <c r="H16" s="167"/>
       <c r="I16" s="25"/>
       <c r="J16" s="25"/>
       <c r="K16" s="25"/>
       <c r="L16" s="25"/>
       <c r="M16" s="25"/>
-      <c r="N16" s="184"/>
-[...7 lines deleted...]
-      <c r="V16" s="184"/>
+      <c r="N16" s="162"/>
+      <c r="O16" s="161"/>
+      <c r="P16" s="161"/>
+      <c r="Q16" s="162"/>
+      <c r="R16" s="162"/>
+      <c r="S16" s="161"/>
+      <c r="T16" s="161"/>
+      <c r="U16" s="162"/>
+      <c r="V16" s="162"/>
     </row>
     <row r="17" spans="2:22" s="24" customFormat="1" ht="39" x14ac:dyDescent="0.25">
-      <c r="B17" s="192"/>
-[...3 lines deleted...]
-      <c r="D17" s="187" t="str">
+      <c r="B17" s="190"/>
+      <c r="C17" s="171" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C17,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E17" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H17" s="190"/>
+      <c r="E17" s="172" t="s">
+        <v>127</v>
+      </c>
+      <c r="F17" s="176" t="s">
+        <v>128</v>
+      </c>
+      <c r="G17" s="167"/>
+      <c r="H17" s="167"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
-      <c r="N17" s="184"/>
-[...7 lines deleted...]
-      <c r="V17" s="184"/>
+      <c r="N17" s="162"/>
+      <c r="O17" s="161"/>
+      <c r="P17" s="161"/>
+      <c r="Q17" s="162"/>
+      <c r="R17" s="162"/>
+      <c r="S17" s="161"/>
+      <c r="T17" s="161"/>
+      <c r="U17" s="162"/>
+      <c r="V17" s="162"/>
     </row>
     <row r="18" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B18" s="192"/>
-[...3 lines deleted...]
-      <c r="D18" s="187" t="str">
+      <c r="B18" s="190"/>
+      <c r="C18" s="171" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C18,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E18" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H18" s="190"/>
+      <c r="E18" s="172" t="s">
+        <v>130</v>
+      </c>
+      <c r="F18" s="173" t="s">
+        <v>131</v>
+      </c>
+      <c r="G18" s="167"/>
+      <c r="H18" s="167"/>
       <c r="I18" s="25"/>
       <c r="J18" s="25"/>
       <c r="K18" s="25"/>
       <c r="L18" s="25"/>
       <c r="M18" s="25"/>
-      <c r="N18" s="184"/>
-[...7 lines deleted...]
-      <c r="V18" s="184"/>
+      <c r="N18" s="162"/>
+      <c r="O18" s="161"/>
+      <c r="P18" s="161"/>
+      <c r="Q18" s="162"/>
+      <c r="R18" s="162"/>
+      <c r="S18" s="161"/>
+      <c r="T18" s="161"/>
+      <c r="U18" s="162"/>
+      <c r="V18" s="162"/>
     </row>
     <row r="19" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B19" s="192"/>
-[...3 lines deleted...]
-      <c r="D19" s="187" t="str">
+      <c r="B19" s="190"/>
+      <c r="C19" s="171" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C19,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E19" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H19" s="190"/>
+      <c r="E19" s="172" t="s">
+        <v>132</v>
+      </c>
+      <c r="F19" s="175" t="s">
+        <v>262</v>
+      </c>
+      <c r="G19" s="167"/>
+      <c r="H19" s="167"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
-      <c r="N19" s="184"/>
-[...7 lines deleted...]
-      <c r="V19" s="184"/>
+      <c r="N19" s="162"/>
+      <c r="O19" s="161"/>
+      <c r="P19" s="161"/>
+      <c r="Q19" s="162"/>
+      <c r="R19" s="162"/>
+      <c r="S19" s="161"/>
+      <c r="T19" s="161"/>
+      <c r="U19" s="162"/>
+      <c r="V19" s="162"/>
     </row>
     <row r="20" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B20" s="202" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="187" t="str">
+      <c r="B20" s="191" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" s="177" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C20,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E20" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H20" s="190"/>
+      <c r="E20" s="172" t="s">
+        <v>135</v>
+      </c>
+      <c r="F20" s="175" t="s">
+        <v>136</v>
+      </c>
+      <c r="G20" s="167"/>
+      <c r="H20" s="167"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
-      <c r="N20" s="184"/>
-[...7 lines deleted...]
-      <c r="V20" s="184"/>
+      <c r="N20" s="162"/>
+      <c r="O20" s="161"/>
+      <c r="P20" s="161"/>
+      <c r="Q20" s="162"/>
+      <c r="R20" s="162"/>
+      <c r="S20" s="161"/>
+      <c r="T20" s="161"/>
+      <c r="U20" s="162"/>
+      <c r="V20" s="162"/>
     </row>
     <row r="21" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B21" s="204"/>
-[...3 lines deleted...]
-      <c r="D21" s="187" t="str">
+      <c r="B21" s="192"/>
+      <c r="C21" s="171" t="s">
+        <v>263</v>
+      </c>
+      <c r="D21" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C21,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E21" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H21" s="190"/>
+      <c r="E21" s="172" t="s">
+        <v>138</v>
+      </c>
+      <c r="F21" s="173" t="s">
+        <v>264</v>
+      </c>
+      <c r="G21" s="167"/>
+      <c r="H21" s="167"/>
       <c r="I21" s="25"/>
       <c r="J21" s="25"/>
       <c r="K21" s="25"/>
       <c r="L21" s="25"/>
       <c r="M21" s="25"/>
-      <c r="N21" s="184"/>
-[...7 lines deleted...]
-      <c r="V21" s="184"/>
+      <c r="N21" s="162"/>
+      <c r="O21" s="161"/>
+      <c r="P21" s="161"/>
+      <c r="Q21" s="162"/>
+      <c r="R21" s="162"/>
+      <c r="S21" s="161"/>
+      <c r="T21" s="161"/>
+      <c r="U21" s="162"/>
+      <c r="V21" s="162"/>
     </row>
     <row r="22" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B22" s="204"/>
-[...3 lines deleted...]
-      <c r="D22" s="187" t="str">
+      <c r="B22" s="192"/>
+      <c r="C22" s="171" t="s">
+        <v>263</v>
+      </c>
+      <c r="D22" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C22,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E22" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H22" s="190"/>
+      <c r="E22" s="172" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" s="173" t="s">
+        <v>141</v>
+      </c>
+      <c r="G22" s="167"/>
+      <c r="H22" s="167"/>
       <c r="I22" s="25"/>
       <c r="J22" s="25"/>
       <c r="K22" s="25"/>
       <c r="L22" s="25"/>
       <c r="M22" s="25"/>
-      <c r="N22" s="184"/>
-[...7 lines deleted...]
-      <c r="V22" s="184"/>
+      <c r="N22" s="162"/>
+      <c r="O22" s="161"/>
+      <c r="P22" s="161"/>
+      <c r="Q22" s="162"/>
+      <c r="R22" s="162"/>
+      <c r="S22" s="161"/>
+      <c r="T22" s="161"/>
+      <c r="U22" s="162"/>
+      <c r="V22" s="162"/>
     </row>
     <row r="23" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B23" s="204"/>
-[...3 lines deleted...]
-      <c r="D23" s="187" t="str">
+      <c r="B23" s="192"/>
+      <c r="C23" s="171" t="s">
+        <v>263</v>
+      </c>
+      <c r="D23" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C23,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E23" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H23" s="190"/>
+      <c r="E23" s="172" t="s">
+        <v>231</v>
+      </c>
+      <c r="F23" s="173" t="s">
+        <v>230</v>
+      </c>
+      <c r="G23" s="167"/>
+      <c r="H23" s="167"/>
       <c r="I23" s="25"/>
       <c r="J23" s="25"/>
       <c r="K23" s="25"/>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
-      <c r="N23" s="184"/>
-[...7 lines deleted...]
-      <c r="V23" s="184"/>
+      <c r="N23" s="162"/>
+      <c r="O23" s="161"/>
+      <c r="P23" s="161"/>
+      <c r="Q23" s="162"/>
+      <c r="R23" s="162"/>
+      <c r="S23" s="161"/>
+      <c r="T23" s="161"/>
+      <c r="U23" s="162"/>
+      <c r="V23" s="162"/>
     </row>
     <row r="24" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B24" s="204"/>
-[...3 lines deleted...]
-      <c r="D24" s="187" t="str">
+      <c r="B24" s="192"/>
+      <c r="C24" s="171" t="s">
+        <v>263</v>
+      </c>
+      <c r="D24" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C24,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E24" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H24" s="190"/>
+      <c r="E24" s="172" t="s">
+        <v>144</v>
+      </c>
+      <c r="F24" s="173" t="s">
+        <v>145</v>
+      </c>
+      <c r="G24" s="167"/>
+      <c r="H24" s="167"/>
       <c r="I24" s="25"/>
       <c r="J24" s="25"/>
       <c r="K24" s="25"/>
       <c r="L24" s="25"/>
       <c r="M24" s="25"/>
-      <c r="N24" s="184"/>
-[...7 lines deleted...]
-      <c r="V24" s="184"/>
+      <c r="N24" s="162"/>
+      <c r="O24" s="161"/>
+      <c r="P24" s="161"/>
+      <c r="Q24" s="162"/>
+      <c r="R24" s="162"/>
+      <c r="S24" s="161"/>
+      <c r="T24" s="161"/>
+      <c r="U24" s="162"/>
+      <c r="V24" s="162"/>
     </row>
     <row r="25" spans="2:22" s="24" customFormat="1" ht="39" x14ac:dyDescent="0.25">
-      <c r="B25" s="204"/>
-[...3 lines deleted...]
-      <c r="D25" s="187" t="str">
+      <c r="B25" s="192"/>
+      <c r="C25" s="171" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C25,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E25" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H25" s="190"/>
+      <c r="E25" s="172" t="s">
+        <v>127</v>
+      </c>
+      <c r="F25" s="176" t="s">
+        <v>146</v>
+      </c>
+      <c r="G25" s="167"/>
+      <c r="H25" s="167"/>
       <c r="I25" s="25"/>
       <c r="J25" s="25"/>
       <c r="K25" s="25"/>
       <c r="L25" s="25"/>
       <c r="M25" s="25"/>
-      <c r="N25" s="184"/>
-[...14 lines deleted...]
-      <c r="D26" s="187" t="str">
+      <c r="N25" s="162"/>
+      <c r="O25" s="161"/>
+      <c r="P25" s="161"/>
+      <c r="Q25" s="162"/>
+      <c r="R25" s="162"/>
+      <c r="S25" s="161"/>
+      <c r="T25" s="161"/>
+      <c r="U25" s="162"/>
+      <c r="V25" s="162"/>
+    </row>
+    <row r="26" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
+      <c r="B26" s="192"/>
+      <c r="C26" s="171" t="s">
+        <v>79</v>
+      </c>
+      <c r="D26" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C26,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E26" s="199" t="s">
-[...6 lines deleted...]
-      <c r="H26" s="190"/>
+      <c r="E26" s="174" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" s="175" t="s">
+        <v>148</v>
+      </c>
+      <c r="G26" s="167"/>
+      <c r="H26" s="167"/>
       <c r="I26" s="25"/>
       <c r="J26" s="25"/>
       <c r="K26" s="25"/>
       <c r="L26" s="25"/>
       <c r="M26" s="25"/>
-      <c r="N26" s="184"/>
-[...14 lines deleted...]
-      <c r="D27" s="187" t="str">
+      <c r="N26" s="162"/>
+      <c r="O26" s="161"/>
+      <c r="P26" s="161"/>
+      <c r="Q26" s="162"/>
+      <c r="R26" s="162"/>
+      <c r="S26" s="161"/>
+      <c r="T26" s="161"/>
+      <c r="U26" s="162"/>
+      <c r="V26" s="162"/>
+    </row>
+    <row r="27" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
+      <c r="B27" s="192"/>
+      <c r="C27" s="171" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C27,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E27" s="199" t="s">
-[...6 lines deleted...]
-      <c r="H27" s="190"/>
+      <c r="E27" s="174" t="s">
+        <v>149</v>
+      </c>
+      <c r="F27" s="173" t="s">
+        <v>150</v>
+      </c>
+      <c r="G27" s="167"/>
+      <c r="H27" s="167"/>
       <c r="I27" s="25"/>
       <c r="J27" s="25"/>
       <c r="K27" s="25"/>
       <c r="L27" s="25"/>
       <c r="M27" s="25"/>
-      <c r="N27" s="184"/>
-[...7 lines deleted...]
-      <c r="V27" s="184"/>
+      <c r="N27" s="162"/>
+      <c r="O27" s="161"/>
+      <c r="P27" s="161"/>
+      <c r="Q27" s="162"/>
+      <c r="R27" s="162"/>
+      <c r="S27" s="161"/>
+      <c r="T27" s="161"/>
+      <c r="U27" s="162"/>
+      <c r="V27" s="162"/>
     </row>
     <row r="28" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B28" s="205"/>
-[...3 lines deleted...]
-      <c r="D28" s="187" t="str">
+      <c r="B28" s="193"/>
+      <c r="C28" s="171" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C28,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E28" s="206" t="s">
-[...6 lines deleted...]
-      <c r="H28" s="190"/>
+      <c r="E28" s="178" t="s">
+        <v>151</v>
+      </c>
+      <c r="F28" s="179" t="s">
+        <v>152</v>
+      </c>
+      <c r="G28" s="167"/>
+      <c r="H28" s="167"/>
       <c r="I28" s="25"/>
       <c r="J28" s="25"/>
       <c r="K28" s="25"/>
       <c r="L28" s="25"/>
       <c r="M28" s="25"/>
-      <c r="N28" s="184"/>
-[...7 lines deleted...]
-      <c r="V28" s="184"/>
+      <c r="N28" s="162"/>
+      <c r="O28" s="161"/>
+      <c r="P28" s="161"/>
+      <c r="Q28" s="162"/>
+      <c r="R28" s="162"/>
+      <c r="S28" s="161"/>
+      <c r="T28" s="161"/>
+      <c r="U28" s="162"/>
+      <c r="V28" s="162"/>
     </row>
     <row r="29" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B29" s="202" t="s">
-[...5 lines deleted...]
-      <c r="D29" s="187" t="str">
+      <c r="B29" s="191" t="s">
+        <v>153</v>
+      </c>
+      <c r="C29" s="180" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C29,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E29" s="209" t="s">
-[...6 lines deleted...]
-      <c r="H29" s="190"/>
+      <c r="E29" s="181" t="s">
+        <v>154</v>
+      </c>
+      <c r="F29" s="170" t="s">
+        <v>232</v>
+      </c>
+      <c r="G29" s="167"/>
+      <c r="H29" s="167"/>
       <c r="I29" s="25"/>
       <c r="J29" s="25"/>
       <c r="K29" s="25"/>
       <c r="L29" s="25"/>
       <c r="M29" s="25"/>
-      <c r="N29" s="184"/>
-[...7 lines deleted...]
-      <c r="V29" s="184"/>
+      <c r="N29" s="162"/>
+      <c r="O29" s="161"/>
+      <c r="P29" s="161"/>
+      <c r="Q29" s="162"/>
+      <c r="R29" s="162"/>
+      <c r="S29" s="161"/>
+      <c r="T29" s="161"/>
+      <c r="U29" s="162"/>
+      <c r="V29" s="162"/>
     </row>
     <row r="30" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B30" s="202"/>
-[...3 lines deleted...]
-      <c r="D30" s="187" t="str">
+      <c r="B30" s="191"/>
+      <c r="C30" s="180" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C30,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>Yes</v>
       </c>
-      <c r="E30" s="209" t="s">
-[...6 lines deleted...]
-      <c r="H30" s="190"/>
+      <c r="E30" s="181" t="s">
+        <v>156</v>
+      </c>
+      <c r="F30" s="170" t="s">
+        <v>233</v>
+      </c>
+      <c r="G30" s="167"/>
+      <c r="H30" s="167"/>
       <c r="I30" s="25"/>
       <c r="J30" s="25"/>
       <c r="K30" s="25"/>
       <c r="L30" s="25"/>
       <c r="M30" s="25"/>
-      <c r="N30" s="184"/>
-[...7 lines deleted...]
-      <c r="V30" s="184"/>
+      <c r="N30" s="162"/>
+      <c r="O30" s="161"/>
+      <c r="P30" s="161"/>
+      <c r="Q30" s="162"/>
+      <c r="R30" s="162"/>
+      <c r="S30" s="161"/>
+      <c r="T30" s="161"/>
+      <c r="U30" s="162"/>
+      <c r="V30" s="162"/>
     </row>
     <row r="31" spans="2:22" s="24" customFormat="1" ht="25" x14ac:dyDescent="0.25">
-      <c r="B31" s="204"/>
-[...3 lines deleted...]
-      <c r="D31" s="187" t="str">
+      <c r="B31" s="192"/>
+      <c r="C31" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C31,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E31" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H31" s="190"/>
+      <c r="E31" s="172" t="s">
+        <v>158</v>
+      </c>
+      <c r="F31" s="173" t="s">
+        <v>159</v>
+      </c>
+      <c r="G31" s="167"/>
+      <c r="H31" s="167"/>
       <c r="I31" s="25"/>
       <c r="J31" s="25"/>
       <c r="K31" s="25"/>
       <c r="L31" s="25"/>
       <c r="M31" s="25"/>
-      <c r="N31" s="184"/>
-[...7 lines deleted...]
-      <c r="V31" s="184"/>
+      <c r="N31" s="162"/>
+      <c r="O31" s="161"/>
+      <c r="P31" s="161"/>
+      <c r="Q31" s="162"/>
+      <c r="R31" s="162"/>
+      <c r="S31" s="161"/>
+      <c r="T31" s="161"/>
+      <c r="U31" s="162"/>
+      <c r="V31" s="162"/>
     </row>
     <row r="32" spans="2:22" s="24" customFormat="1" ht="62.5" x14ac:dyDescent="0.25">
-      <c r="B32" s="204"/>
-[...3 lines deleted...]
-      <c r="D32" s="187" t="str">
+      <c r="B32" s="192"/>
+      <c r="C32" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C32,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E32" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H32" s="190"/>
+      <c r="E32" s="172" t="s">
+        <v>160</v>
+      </c>
+      <c r="F32" s="175" t="s">
+        <v>161</v>
+      </c>
+      <c r="G32" s="167"/>
+      <c r="H32" s="167"/>
       <c r="I32" s="25"/>
       <c r="J32" s="25"/>
       <c r="K32" s="25"/>
       <c r="L32" s="25"/>
       <c r="M32" s="25"/>
-      <c r="N32" s="184"/>
-[...7 lines deleted...]
-      <c r="V32" s="184"/>
+      <c r="N32" s="162"/>
+      <c r="O32" s="161"/>
+      <c r="P32" s="161"/>
+      <c r="Q32" s="162"/>
+      <c r="R32" s="162"/>
+      <c r="S32" s="161"/>
+      <c r="T32" s="161"/>
+      <c r="U32" s="162"/>
+      <c r="V32" s="162"/>
     </row>
     <row r="33" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B33" s="204"/>
-[...3 lines deleted...]
-      <c r="D33" s="187" t="str">
+      <c r="B33" s="192"/>
+      <c r="C33" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C33,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E33" s="197" t="s">
-[...6 lines deleted...]
-      <c r="H33" s="190"/>
+      <c r="E33" s="172" t="s">
+        <v>162</v>
+      </c>
+      <c r="F33" s="173" t="s">
+        <v>163</v>
+      </c>
+      <c r="G33" s="167"/>
+      <c r="H33" s="167"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
-      <c r="N33" s="184"/>
-[...7 lines deleted...]
-      <c r="V33" s="184"/>
+      <c r="N33" s="162"/>
+      <c r="O33" s="161"/>
+      <c r="P33" s="161"/>
+      <c r="Q33" s="162"/>
+      <c r="R33" s="162"/>
+      <c r="S33" s="161"/>
+      <c r="T33" s="161"/>
+      <c r="U33" s="162"/>
+      <c r="V33" s="162"/>
     </row>
     <row r="34" spans="2:22" s="24" customFormat="1" ht="50" x14ac:dyDescent="0.25">
-      <c r="B34" s="204"/>
-[...3 lines deleted...]
-      <c r="D34" s="187" t="str">
+      <c r="B34" s="192"/>
+      <c r="C34" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C34,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E34" s="199" t="s">
-[...6 lines deleted...]
-      <c r="H34" s="190"/>
+      <c r="E34" s="174" t="s">
+        <v>164</v>
+      </c>
+      <c r="F34" s="175" t="s">
+        <v>165</v>
+      </c>
+      <c r="G34" s="167"/>
+      <c r="H34" s="167"/>
       <c r="I34" s="25"/>
       <c r="J34" s="25"/>
       <c r="K34" s="25"/>
       <c r="L34" s="25"/>
       <c r="M34" s="25"/>
-      <c r="N34" s="184"/>
-[...14 lines deleted...]
-      <c r="D35" s="187" t="str">
+      <c r="N34" s="162"/>
+      <c r="O34" s="161"/>
+      <c r="P34" s="161"/>
+      <c r="Q34" s="162"/>
+      <c r="R34" s="162"/>
+      <c r="S34" s="161"/>
+      <c r="T34" s="161"/>
+      <c r="U34" s="162"/>
+      <c r="V34" s="162"/>
+    </row>
+    <row r="35" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B35" s="192"/>
+      <c r="C35" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D35" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C35,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E35" s="199" t="s">
-[...6 lines deleted...]
-      <c r="H35" s="190"/>
+      <c r="E35" s="174" t="s">
+        <v>166</v>
+      </c>
+      <c r="F35" s="182" t="s">
+        <v>234</v>
+      </c>
+      <c r="G35" s="167"/>
+      <c r="H35" s="167"/>
       <c r="I35" s="25"/>
       <c r="J35" s="25"/>
       <c r="K35" s="25"/>
       <c r="L35" s="25"/>
       <c r="M35" s="25"/>
-      <c r="N35" s="184"/>
-[...7 lines deleted...]
-      <c r="V35" s="184"/>
+      <c r="N35" s="162"/>
+      <c r="O35" s="161"/>
+      <c r="P35" s="161"/>
+      <c r="Q35" s="162"/>
+      <c r="R35" s="162"/>
+      <c r="S35" s="161"/>
+      <c r="T35" s="161"/>
+      <c r="U35" s="162"/>
+      <c r="V35" s="162"/>
     </row>
     <row r="36" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B36" s="204"/>
-[...3 lines deleted...]
-      <c r="D36" s="187" t="str">
+      <c r="B36" s="192"/>
+      <c r="C36" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C36,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E36" s="211" t="s">
-[...6 lines deleted...]
-      <c r="H36" s="190"/>
+      <c r="E36" s="183" t="s">
+        <v>168</v>
+      </c>
+      <c r="F36" s="182" t="s">
+        <v>169</v>
+      </c>
+      <c r="G36" s="167"/>
+      <c r="H36" s="167"/>
       <c r="I36" s="25"/>
       <c r="J36" s="25"/>
       <c r="K36" s="25"/>
       <c r="L36" s="25"/>
       <c r="M36" s="25"/>
-      <c r="N36" s="184"/>
-[...7 lines deleted...]
-      <c r="V36" s="184"/>
+      <c r="N36" s="162"/>
+      <c r="O36" s="161"/>
+      <c r="P36" s="161"/>
+      <c r="Q36" s="162"/>
+      <c r="R36" s="162"/>
+      <c r="S36" s="161"/>
+      <c r="T36" s="161"/>
+      <c r="U36" s="162"/>
+      <c r="V36" s="162"/>
     </row>
     <row r="37" spans="2:22" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B37" s="205"/>
-[...3 lines deleted...]
-      <c r="D37" s="187" t="str">
+      <c r="B37" s="193"/>
+      <c r="C37" s="171" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" s="164" t="str">
         <f>IF(ISNUMBER(MATCH(C37,'3| GRF Plan '!$D:$D,0)),"Yes","No")</f>
         <v>No</v>
       </c>
-      <c r="E37" s="212" t="s">
-[...6 lines deleted...]
-      <c r="H37" s="190"/>
+      <c r="E37" s="184" t="s">
+        <v>170</v>
+      </c>
+      <c r="F37" s="185" t="s">
+        <v>171</v>
+      </c>
+      <c r="G37" s="167"/>
+      <c r="H37" s="167"/>
       <c r="I37" s="25"/>
       <c r="J37" s="25"/>
       <c r="K37" s="25"/>
       <c r="L37" s="25"/>
       <c r="M37" s="25"/>
-      <c r="N37" s="184"/>
-[...7 lines deleted...]
-      <c r="V37" s="184"/>
+      <c r="N37" s="162"/>
+      <c r="O37" s="161"/>
+      <c r="P37" s="161"/>
+      <c r="Q37" s="162"/>
+      <c r="R37" s="162"/>
+      <c r="S37" s="161"/>
+      <c r="T37" s="161"/>
+      <c r="U37" s="162"/>
+      <c r="V37" s="162"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="B11:B19"/>
     <mergeCell ref="B20:B28"/>
     <mergeCell ref="B29:B37"/>
     <mergeCell ref="N5:V5"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="Q7:R7"/>
     <mergeCell ref="S7:T7"/>
     <mergeCell ref="U7:V7"/>
   </mergeCells>
   <conditionalFormatting sqref="D9:E37">
     <cfRule type="containsText" dxfId="8" priority="1" operator="containsText" text="Yes">
       <formula>NOT(ISERROR(SEARCH("Yes",D9)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G9:H37">
     <cfRule type="containsText" dxfId="7" priority="2" operator="containsText" text="YES">
       <formula>NOT(ISERROR(SEARCH("YES",G9)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="8">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the first half of the year (H1). Please copy paste the target for the same indicator for each row." sqref="O8 Q8 S8 U8" xr:uid="{462FC437-2A3B-4D82-B3A4-AC9DC6C97477}"/>
@@ -9845,602 +9839,606 @@
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select " sqref="G9:G37" xr:uid="{F788205E-04BB-45BF-B7A3-DF6DEB3E918F}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K38" xr:uid="{CC99413F-F4E9-43D6-B76B-609F05DB52C4}">
       <formula1>"Annual, bi-annual, other"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K9:K37" xr:uid="{01F28C1F-4339-467D-8935-BA093ADEBB6C}">
       <formula1>"Annual, Bi-annual"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the first half of the year (H1). " sqref="O9:O37 Q9:Q37 S9:S37 U9:U37" xr:uid="{C209511F-EEFE-4129-B614-589F9A674C5C}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please add target for the second half of the year (H2)." sqref="N9:N37 P9:P37 R9:R37 T9:T37 V9:V37" xr:uid="{7A37F21A-4D65-4B5F-A7BA-52B0E283E45C}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please enter name of Focal Point" sqref="H9:H37" xr:uid="{53BA0836-9D4C-4D4E-8E97-9F44CB9882E2}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{846E7BE6-5153-48B0-8AD2-088EC81E5837}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="B1:G36"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.54296875" style="24"/>
     <col min="2" max="2" width="73.453125" style="24" customWidth="1"/>
     <col min="3" max="3" width="25.54296875" style="24" customWidth="1"/>
     <col min="4" max="4" width="28.1796875" style="24" customWidth="1"/>
     <col min="5" max="8" width="25.54296875" style="24" customWidth="1"/>
     <col min="9" max="16384" width="8.54296875" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="66.650000000000006" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="20" x14ac:dyDescent="0.25">
       <c r="B2" s="44" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="C2" s="30"/>
       <c r="D2" s="29"/>
     </row>
     <row r="3" spans="2:7" ht="18.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="134" t="s">
-        <v>264</v>
+      <c r="B3" s="116" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="19" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="134"/>
+      <c r="B4" s="116"/>
     </row>
     <row r="5" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B5" s="150" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="151" t="str">
+      <c r="B5" s="132" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" s="132" t="str">
         <f>'1| Instructions'!C4</f>
         <v>Example</v>
       </c>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
     </row>
     <row r="6" spans="2:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B6" s="41"/>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
     </row>
     <row r="7" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B7" s="150" t="s">
-[...6 lines deleted...]
-      <c r="G7" s="153"/>
+      <c r="B7" s="132" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="133"/>
+      <c r="F7" s="133"/>
+      <c r="G7" s="133"/>
     </row>
     <row r="8" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B8" s="154" t="s">
-[...15 lines deleted...]
-        <v>207</v>
+      <c r="B8" s="134" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="134" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" s="134" t="s">
+        <v>192</v>
+      </c>
+      <c r="E8" s="134" t="s">
+        <v>195</v>
+      </c>
+      <c r="F8" s="135" t="s">
+        <v>193</v>
+      </c>
+      <c r="G8" s="136" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B9" s="157" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="158">
+      <c r="B9" s="137" t="s">
+        <v>197</v>
+      </c>
+      <c r="C9" s="138">
         <v>10000000</v>
       </c>
-      <c r="D9" s="158">
+      <c r="D9" s="138">
         <v>2000000</v>
       </c>
-      <c r="E9" s="159">
+      <c r="E9" s="139">
         <f>SUM('3| GRF Plan '!AG10:AG52)</f>
-        <v>1361020</v>
-[...1 lines deleted...]
-      <c r="F9" s="160">
+        <v>800600</v>
+      </c>
+      <c r="F9" s="140">
         <f>C9-D9-E9</f>
-        <v>6638980</v>
-[...1 lines deleted...]
-      <c r="G9" s="161">
+        <v>7199400</v>
+      </c>
+      <c r="G9" s="141">
         <f>(D9+E9)/C9</f>
-        <v>0.33610200000000001</v>
+        <v>0.28005999999999998</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="14" x14ac:dyDescent="0.3">
       <c r="B10" s="41"/>
-      <c r="C10" s="162"/>
+      <c r="C10" s="142"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
     </row>
     <row r="11" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B11" s="163" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="164"/>
+      <c r="B11" s="143" t="s">
+        <v>210</v>
+      </c>
+      <c r="C11" s="144"/>
+      <c r="D11" s="144"/>
+      <c r="E11" s="144"/>
+      <c r="F11" s="144"/>
       <c r="G11" s="41"/>
     </row>
     <row r="12" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B12" s="165" t="s">
-[...12 lines deleted...]
-        <v>224</v>
+      <c r="B12" s="145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="145" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="145" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" s="145" t="s">
+        <v>211</v>
       </c>
       <c r="G12" s="41"/>
     </row>
     <row r="13" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B13" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="159">
+      <c r="B13" s="131" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B13,'3| GRF Plan '!$J$10:$J$52,C$12)</f>
-        <v>1360000</v>
-[...1 lines deleted...]
-      <c r="D13" s="159">
+        <v>0</v>
+      </c>
+      <c r="D13" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B13,'3| GRF Plan '!$J$10:$J$52,D$12)</f>
         <v>0</v>
       </c>
-      <c r="E13" s="166">
+      <c r="E13" s="146">
         <f>SUM(C13:D13)</f>
-        <v>1360000</v>
-[...1 lines deleted...]
-      <c r="F13" s="167">
+        <v>0</v>
+      </c>
+      <c r="F13" s="147">
         <f>E13/$E$17</f>
-        <v>0.99925056207844121</v>
+        <v>0</v>
       </c>
       <c r="G13" s="41"/>
     </row>
     <row r="14" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B14" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="159">
+      <c r="B14" s="131" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B14,'3| GRF Plan '!$J$10:$J$52,C$12)</f>
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D14" s="159">
+        <v>100</v>
+      </c>
+      <c r="D14" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B14,'3| GRF Plan '!$J$10:$J$52,D$12)</f>
         <v>0</v>
       </c>
-      <c r="E14" s="166">
+      <c r="E14" s="146">
         <f>SUM(C14:D14)</f>
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="F14" s="167">
+        <v>100</v>
+      </c>
+      <c r="F14" s="147">
         <f>E14/$E$17</f>
         <v>1.2490632025980515E-4</v>
       </c>
       <c r="G14" s="41"/>
     </row>
     <row r="15" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B15" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="159">
+      <c r="B15" s="131" t="s">
+        <v>196</v>
+      </c>
+      <c r="C15" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B15,'3| GRF Plan '!$J$10:$J$52,C$12)</f>
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D15" s="159">
+        <v>800200</v>
+      </c>
+      <c r="D15" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B15,'3| GRF Plan '!$J$10:$J$52,D$12)</f>
         <v>0</v>
       </c>
-      <c r="E15" s="166">
+      <c r="E15" s="146">
         <f>SUM(C15:D15)</f>
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="F15" s="167">
+        <v>800200</v>
+      </c>
+      <c r="F15" s="147">
         <f t="shared" ref="F15:F17" si="0">E15/$E$17</f>
-        <v>2.4981264051961031E-4</v>
+        <v>0.9995003747189608</v>
       </c>
       <c r="G15" s="41"/>
     </row>
     <row r="16" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B16" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="159">
+      <c r="B16" s="131" t="s">
+        <v>153</v>
+      </c>
+      <c r="C16" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B16,'3| GRF Plan '!$J$10:$J$52,C$12)</f>
         <v>0</v>
       </c>
-      <c r="D16" s="159">
+      <c r="D16" s="139">
         <f>SUMIFS('3| GRF Plan '!$AG$10:$AG$52,'3| GRF Plan '!$C$10:$C$52,$B16,'3| GRF Plan '!$J$10:$J$52,D$12)</f>
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="E16" s="166">
+        <v>300</v>
+      </c>
+      <c r="E16" s="146">
         <f>SUM(C16:D16)</f>
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="F16" s="167">
+        <v>300</v>
+      </c>
+      <c r="F16" s="147">
         <f t="shared" si="0"/>
         <v>3.7471896077941546E-4</v>
       </c>
       <c r="G16" s="41"/>
     </row>
     <row r="17" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B17" s="168" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="169">
+      <c r="B17" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="149">
         <f>SUM(C13:C16)</f>
-        <v>1360510</v>
-[...1 lines deleted...]
-      <c r="D17" s="169">
+        <v>800300</v>
+      </c>
+      <c r="D17" s="149">
         <f>SUM(D13:D16)</f>
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="E17" s="166">
+        <v>300</v>
+      </c>
+      <c r="E17" s="146">
         <f>SUM(E13:E16)</f>
-        <v>1361020</v>
-[...1 lines deleted...]
-      <c r="F17" s="167">
+        <v>800600</v>
+      </c>
+      <c r="F17" s="147">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="G17" s="41"/>
     </row>
     <row r="18" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B18" s="168" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="170">
+      <c r="B18" s="148" t="s">
+        <v>219</v>
+      </c>
+      <c r="C18" s="150">
         <f>C17/$E$17</f>
         <v>0.99962528103922055</v>
       </c>
-      <c r="D18" s="170">
+      <c r="D18" s="150">
         <f t="shared" ref="D18:E18" si="1">D17/$E$17</f>
         <v>3.7471896077941546E-4</v>
       </c>
-      <c r="E18" s="170">
+      <c r="E18" s="150">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
     </row>
     <row r="19" spans="2:7" ht="14" x14ac:dyDescent="0.3">
       <c r="B19" s="41"/>
       <c r="C19" s="41"/>
       <c r="D19" s="41"/>
       <c r="E19" s="41"/>
       <c r="F19" s="41"/>
       <c r="G19" s="41"/>
     </row>
     <row r="20" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B20" s="163" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="164"/>
+      <c r="B20" s="143" t="s">
+        <v>212</v>
+      </c>
+      <c r="C20" s="144"/>
+      <c r="D20" s="144"/>
+      <c r="E20" s="144"/>
+      <c r="F20" s="144"/>
       <c r="G20" s="41"/>
     </row>
     <row r="21" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B21" s="165" t="s">
-[...12 lines deleted...]
-        <v>227</v>
+      <c r="B21" s="145" t="s">
+        <v>213</v>
+      </c>
+      <c r="C21" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="145" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="145" t="s">
+        <v>69</v>
+      </c>
+      <c r="F21" s="145" t="s">
+        <v>214</v>
       </c>
       <c r="G21" s="41"/>
     </row>
     <row r="22" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B22" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="159">
+      <c r="B22" s="131" t="s">
+        <v>215</v>
+      </c>
+      <c r="C22" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$Q$10:$Q$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$T$10:$T$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$W$10:$W$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$Z$10:$Z$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$AC$10:$AC$52)</f>
         <v>720000</v>
       </c>
-      <c r="D22" s="159">
+      <c r="D22" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$Q$10:$Q$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$T$10:$T$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$W$10:$W$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$Z$10:$Z$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$AC$10:$AC$52)</f>
         <v>0</v>
       </c>
-      <c r="E22" s="166">
+      <c r="E22" s="146">
         <f>SUM(C22:D22)</f>
         <v>720000</v>
       </c>
-      <c r="F22" s="167">
+      <c r="F22" s="147">
         <f>E22/$E$25</f>
-        <v>0.52901500345329233</v>
+        <v>0.89932550587059701</v>
       </c>
       <c r="G22" s="41"/>
     </row>
     <row r="23" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B23" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="159">
+      <c r="B23" s="131" t="s">
+        <v>216</v>
+      </c>
+      <c r="C23" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$P$10:$P$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$S$10:$S$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$V$10:$V$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$Y$10:$Y$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$AB$10:$AB$52)</f>
         <v>80300</v>
       </c>
-      <c r="D23" s="159">
+      <c r="D23" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$P$10:$P$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$S$10:$S$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$V$10:$V$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$Y$10:$Y$52)+SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$AB$10:$AB$52)</f>
         <v>300</v>
       </c>
-      <c r="E23" s="166">
+      <c r="E23" s="146">
         <f>SUM(C23:D23)</f>
         <v>80600</v>
       </c>
-      <c r="F23" s="167">
+      <c r="F23" s="147">
         <f t="shared" ref="F23:F25" si="2">E23/$E$25</f>
-        <v>5.9220290664354677E-2</v>
+        <v>0.10067449412940295</v>
       </c>
       <c r="G23" s="41"/>
     </row>
     <row r="24" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B24" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="159">
+      <c r="B24" s="131" t="s">
+        <v>217</v>
+      </c>
+      <c r="C24" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,C$21,'3| GRF Plan '!$AF$10:$AF$52)</f>
-        <v>560210</v>
-[...1 lines deleted...]
-      <c r="D24" s="159">
+        <v>0</v>
+      </c>
+      <c r="D24" s="139">
         <f>SUMIF('3| GRF Plan '!$J$10:$J$52,D$21,'3| GRF Plan '!$AF$10:$AF$52)</f>
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="E24" s="166">
+        <v>0</v>
+      </c>
+      <c r="E24" s="146">
         <f>SUM(C24:D24)</f>
-        <v>560420</v>
-[...1 lines deleted...]
-      <c r="F24" s="167">
+        <v>0</v>
+      </c>
+      <c r="F24" s="147">
         <f>E24/$E$25</f>
-        <v>0.41176470588235292</v>
+        <v>0</v>
       </c>
       <c r="G24" s="41"/>
     </row>
     <row r="25" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B25" s="168" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="169">
+      <c r="B25" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="149">
         <f>SUM(C22:C24)</f>
-        <v>1360510</v>
-[...1 lines deleted...]
-      <c r="D25" s="169">
+        <v>800300</v>
+      </c>
+      <c r="D25" s="149">
         <f>SUM(D22:D24)</f>
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="E25" s="166">
+        <v>300</v>
+      </c>
+      <c r="E25" s="146">
         <f>SUM(E22:E24)</f>
-        <v>1361020</v>
-[...1 lines deleted...]
-      <c r="F25" s="167">
+        <v>800600</v>
+      </c>
+      <c r="F25" s="147">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="G25" s="41"/>
     </row>
     <row r="26" spans="2:7" ht="14" x14ac:dyDescent="0.3">
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
     </row>
     <row r="27" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B27" s="163" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="164"/>
+      <c r="B27" s="143" t="s">
+        <v>218</v>
+      </c>
+      <c r="C27" s="144"/>
+      <c r="D27" s="144"/>
+      <c r="E27" s="144"/>
+      <c r="F27" s="144"/>
       <c r="G27" s="41"/>
     </row>
     <row r="28" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B28" s="165" t="s">
-[...12 lines deleted...]
-        <v>224</v>
+      <c r="B28" s="145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="145" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" s="145" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="145" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" s="145" t="s">
+        <v>211</v>
       </c>
       <c r="G28" s="41"/>
     </row>
     <row r="29" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B29" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="159">
+      <c r="B29" s="131" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B29,'3| GRF Plan '!$J$10:$J$52,C$28)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D29" s="159">
+        <v>0</v>
+      </c>
+      <c r="D29" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B29,'3| GRF Plan '!$J$10:$J$52,D$28)</f>
         <v>0</v>
       </c>
-      <c r="E29" s="166">
+      <c r="E29" s="146">
         <f>SUM(C29:D29)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="F29" s="167">
+        <v>0</v>
+      </c>
+      <c r="F29" s="147">
         <f>E29/$E$33</f>
-        <v>0.16666666666666666</v>
+        <v>0</v>
       </c>
       <c r="G29" s="41"/>
     </row>
     <row r="30" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B30" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="159">
+      <c r="B30" s="131" t="s">
+        <v>55</v>
+      </c>
+      <c r="C30" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B30,'3| GRF Plan '!$J$10:$J$52,C$28)</f>
         <v>3</v>
       </c>
-      <c r="D30" s="159">
+      <c r="D30" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B30,'3| GRF Plan '!$J$10:$J$52,D$28)</f>
         <v>0</v>
       </c>
-      <c r="E30" s="166">
+      <c r="E30" s="146">
         <f>SUM(C30:D30)</f>
         <v>3</v>
       </c>
-      <c r="F30" s="167">
+      <c r="F30" s="147">
         <f t="shared" ref="F30:F33" si="3">E30/$E$33</f>
+        <v>0.375</v>
+      </c>
+      <c r="G30" s="41"/>
+    </row>
+    <row r="31" spans="2:7" ht="14" x14ac:dyDescent="0.3">
+      <c r="B31" s="131" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" s="139">
+        <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B31,'3| GRF Plan '!$J$10:$J$52,C$28)</f>
+        <v>4</v>
+      </c>
+      <c r="D31" s="139">
+        <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B31,'3| GRF Plan '!$J$10:$J$52,D$28)</f>
+        <v>0</v>
+      </c>
+      <c r="E31" s="146">
+        <f>SUM(C31:D31)</f>
+        <v>4</v>
+      </c>
+      <c r="F31" s="147">
+        <f t="shared" si="3"/>
         <v>0.5</v>
       </c>
-      <c r="G30" s="41"/>
-[...20 lines deleted...]
-      </c>
       <c r="G31" s="41"/>
     </row>
     <row r="32" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B32" s="149" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="159">
+      <c r="B32" s="131" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B32,'3| GRF Plan '!$J$10:$J$52,C$28)</f>
         <v>0</v>
       </c>
-      <c r="D32" s="159">
+      <c r="D32" s="139">
         <f>SUMIFS('3| GRF Plan '!$L$10:$L$52,'3| GRF Plan '!$C$10:$C$52,$B32,'3| GRF Plan '!$J$10:$J$52,D$28)</f>
         <v>1</v>
       </c>
-      <c r="E32" s="166">
+      <c r="E32" s="146">
         <f>SUM(C32:D32)</f>
         <v>1</v>
       </c>
-      <c r="F32" s="167">
+      <c r="F32" s="147">
         <f t="shared" si="3"/>
-        <v>0.16666666666666666</v>
+        <v>0.125</v>
       </c>
       <c r="G32" s="41"/>
     </row>
     <row r="33" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B33" s="168" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="169">
+      <c r="B33" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="C33" s="149">
         <f>SUM(C29:C32)</f>
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D33" s="169">
+        <v>7</v>
+      </c>
+      <c r="D33" s="149">
         <f>SUM(D29:D32)</f>
         <v>1</v>
       </c>
-      <c r="E33" s="166">
+      <c r="E33" s="146">
         <f>SUM(E29:E32)</f>
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="F33" s="167">
+        <v>8</v>
+      </c>
+      <c r="F33" s="147">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="G33" s="41"/>
     </row>
     <row r="34" spans="2:7" ht="14" x14ac:dyDescent="0.3">
-      <c r="B34" s="168" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="170">
+      <c r="B34" s="148" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" s="150">
         <f>C33/$E$33</f>
-        <v>0.83333333333333337</v>
-[...1 lines deleted...]
-      <c r="D34" s="170">
+        <v>0.875</v>
+      </c>
+      <c r="D34" s="150">
         <f t="shared" ref="D34:E34" si="4">D33/$E$33</f>
-        <v>0.16666666666666666</v>
-[...1 lines deleted...]
-      <c r="E34" s="170">
+        <v>0.125</v>
+      </c>
+      <c r="E34" s="150">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="F34" s="41"/>
       <c r="G34" s="41"/>
     </row>
     <row r="35" spans="2:7" ht="14" x14ac:dyDescent="0.3">
       <c r="B35" s="41"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
     </row>
     <row r="36" spans="2:7" ht="14" x14ac:dyDescent="0.3">
       <c r="B36" s="41"/>
       <c r="C36" s="41"/>
       <c r="D36" s="41"/>
       <c r="E36" s="41"/>
       <c r="F36" s="41"/>
       <c r="G36" s="41"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="E17">
     <cfRule type="cellIs" dxfId="6" priority="5" operator="lessThan">
@@ -10476,83 +10474,83 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09D0DD4C-9094-47AF-873A-778E8732BF4F}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:U176"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="2"/>
     <col min="2" max="2" width="31.453125" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.453125" style="1" customWidth="1"/>
     <col min="4" max="21" width="9.1796875" style="2"/>
     <col min="22" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" s="2" customFormat="1" ht="62.15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:3" s="2" customFormat="1" ht="20" x14ac:dyDescent="0.35">
-      <c r="B2" s="121" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="121"/>
+      <c r="B2" s="201" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" s="201"/>
     </row>
     <row r="3" spans="2:3" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="4" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B4" s="5" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4"/>
     </row>
     <row r="5" spans="2:3" s="2" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="129" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="130"/>
+      <c r="B5" s="197" t="s">
+        <v>209</v>
+      </c>
+      <c r="C5" s="198"/>
     </row>
     <row r="6" spans="2:3" s="2" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="131" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="132"/>
+      <c r="B6" s="199" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" s="200"/>
     </row>
     <row r="7" spans="2:3" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B7" s="102" t="s">
-        <v>215</v>
+      <c r="B7" s="101" t="s">
+        <v>202</v>
       </c>
       <c r="C7" s="3"/>
     </row>
     <row r="8" spans="2:3" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B8" s="102" t="s">
-        <v>261</v>
+      <c r="B8" s="101" t="s">
+        <v>245</v>
       </c>
       <c r="C8" s="3"/>
     </row>
     <row r="9" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="10" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="11" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="13" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="14" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="15" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="2:3" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="17" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="18" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="19" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="20" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="21" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="22" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="23" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="24" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="25" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="26" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="27" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="28" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="29" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="30" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
@@ -10708,1016 +10706,916 @@
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E68FF93-7CD1-4C69-BAB3-2EA3548C9FE5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L27"/>
   <sheetViews>
     <sheetView topLeftCell="A7" zoomScale="46" workbookViewId="0">
       <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.7265625" style="51"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="51"/>
+    <col min="1" max="1" width="8.7265625" style="50"/>
+    <col min="2" max="3" width="30.7265625" style="50" customWidth="1"/>
+    <col min="4" max="4" width="7.26953125" style="50" customWidth="1"/>
+    <col min="5" max="5" width="60.7265625" style="50" customWidth="1"/>
+    <col min="6" max="6" width="7.26953125" style="50" customWidth="1"/>
+    <col min="7" max="7" width="60.7265625" style="50" customWidth="1"/>
+    <col min="8" max="8" width="15.81640625" style="50" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="50"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="51" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="17.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" s="52" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" s="52"/>
+      <c r="E2" s="52" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" s="52"/>
+      <c r="G2" s="52" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" s="52" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" s="53"/>
+    </row>
+    <row r="3" spans="1:12" ht="87.5" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="206" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="208" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" s="54" t="s">
+        <v>107</v>
+      </c>
+      <c r="D3" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="E3" s="55" t="s">
         <v>109</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="53" t="s">
+      <c r="F3" s="55"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="57" t="s">
         <v>110</v>
       </c>
-      <c r="B2" s="53" t="s">
-[...39 lines deleted...]
-      <c r="I3" s="59"/>
+      <c r="I3" s="58"/>
       <c r="K3"/>
       <c r="L3"/>
     </row>
     <row r="4" spans="1:12" ht="73" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="124"/>
-[...1 lines deleted...]
-      <c r="C4" s="60" t="s">
+      <c r="A4" s="207"/>
+      <c r="B4" s="209"/>
+      <c r="C4" s="59" t="s">
+        <v>111</v>
+      </c>
+      <c r="D4" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="E4" s="60" t="s">
+        <v>113</v>
+      </c>
+      <c r="F4" s="60"/>
+      <c r="G4" s="60"/>
+      <c r="H4" s="61" t="s">
+        <v>110</v>
+      </c>
+      <c r="I4" s="58"/>
+    </row>
+    <row r="5" spans="1:12" ht="29.5" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="210" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" s="211" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" s="63" t="s">
+        <v>114</v>
+      </c>
+      <c r="E5" s="63" t="s">
+        <v>115</v>
+      </c>
+      <c r="F5" s="63" t="s">
+        <v>116</v>
+      </c>
+      <c r="G5" s="63" t="s">
+        <v>117</v>
+      </c>
+      <c r="H5" s="62" t="s">
+        <v>110</v>
+      </c>
+      <c r="I5" s="58"/>
+    </row>
+    <row r="6" spans="1:12" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="206"/>
+      <c r="B6" s="208"/>
+      <c r="C6" s="57" t="s">
+        <v>75</v>
+      </c>
+      <c r="D6" s="55" t="s">
+        <v>118</v>
+      </c>
+      <c r="E6" s="57" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" s="55"/>
+      <c r="G6" s="55"/>
+      <c r="H6" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I6" s="58"/>
+    </row>
+    <row r="7" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="206"/>
+      <c r="B7" s="208"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57" t="s">
+        <v>120</v>
+      </c>
+      <c r="E7" s="57" t="s">
+        <v>121</v>
+      </c>
+      <c r="F7" s="57" t="s">
         <v>122</v>
       </c>
-      <c r="D4" s="61" t="s">
+      <c r="G7" s="64" t="s">
         <v>123</v>
       </c>
-      <c r="E4" s="61" t="s">
+      <c r="H7" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I7" s="58"/>
+    </row>
+    <row r="8" spans="1:12" ht="58" x14ac:dyDescent="0.35">
+      <c r="A8" s="206"/>
+      <c r="B8" s="208"/>
+      <c r="C8" s="56"/>
+      <c r="D8" s="55" t="s">
         <v>124</v>
       </c>
-      <c r="F4" s="61"/>
-[...16 lines deleted...]
-      <c r="D5" s="64" t="s">
+      <c r="E8" s="55" t="s">
         <v>125</v>
       </c>
-      <c r="E5" s="64" t="s">
+      <c r="F8" s="55"/>
+      <c r="G8" s="64"/>
+      <c r="H8" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I8" s="58"/>
+    </row>
+    <row r="9" spans="1:12" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="206"/>
+      <c r="B9" s="208"/>
+      <c r="C9" s="57" t="s">
         <v>126</v>
       </c>
-      <c r="F5" s="64" t="s">
+      <c r="D9" s="57" t="s">
         <v>127</v>
       </c>
-      <c r="G5" s="64" t="s">
+      <c r="E9" s="65" t="s">
         <v>128</v>
       </c>
-      <c r="H5" s="63" t="s">
-[...7 lines deleted...]
-      <c r="C6" s="58" t="s">
+      <c r="F9" s="57"/>
+      <c r="G9" s="57"/>
+      <c r="H9" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I9" s="58"/>
+    </row>
+    <row r="10" spans="1:12" ht="58" x14ac:dyDescent="0.35">
+      <c r="A10" s="206"/>
+      <c r="B10" s="208"/>
+      <c r="C10" s="57" t="s">
+        <v>129</v>
+      </c>
+      <c r="D10" s="57" t="s">
+        <v>130</v>
+      </c>
+      <c r="E10" s="57" t="s">
+        <v>131</v>
+      </c>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I10" s="58"/>
+    </row>
+    <row r="11" spans="1:12" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="206"/>
+      <c r="B11" s="208"/>
+      <c r="C11" s="57" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="57" t="s">
+        <v>132</v>
+      </c>
+      <c r="E11" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="F11" s="55"/>
+      <c r="G11" s="66"/>
+      <c r="H11" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I11" s="58"/>
+    </row>
+    <row r="12" spans="1:12" ht="58" x14ac:dyDescent="0.35">
+      <c r="A12" s="202" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" s="204" t="s">
+        <v>134</v>
+      </c>
+      <c r="C12" s="67" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" s="57" t="s">
+        <v>135</v>
+      </c>
+      <c r="E12" s="55" t="s">
+        <v>136</v>
+      </c>
+      <c r="F12" s="55"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I12" s="58"/>
+    </row>
+    <row r="13" spans="1:12" ht="87" x14ac:dyDescent="0.35">
+      <c r="A13" s="202"/>
+      <c r="B13" s="204"/>
+      <c r="C13" s="68" t="s">
+        <v>137</v>
+      </c>
+      <c r="D13" s="57" t="s">
+        <v>138</v>
+      </c>
+      <c r="E13" s="57" t="s">
+        <v>139</v>
+      </c>
+      <c r="F13" s="57"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I13" s="58"/>
+    </row>
+    <row r="14" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="202"/>
+      <c r="B14" s="204"/>
+      <c r="C14" s="68"/>
+      <c r="D14" s="57" t="s">
+        <v>140</v>
+      </c>
+      <c r="E14" s="57" t="s">
+        <v>141</v>
+      </c>
+      <c r="F14" s="55" t="s">
+        <v>142</v>
+      </c>
+      <c r="G14" s="64" t="s">
+        <v>143</v>
+      </c>
+      <c r="H14" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I14" s="58"/>
+    </row>
+    <row r="15" spans="1:12" ht="58" x14ac:dyDescent="0.35">
+      <c r="A15" s="202"/>
+      <c r="B15" s="204"/>
+      <c r="C15" s="68"/>
+      <c r="D15" s="57" t="s">
+        <v>144</v>
+      </c>
+      <c r="E15" s="57" t="s">
+        <v>145</v>
+      </c>
+      <c r="F15" s="57"/>
+      <c r="G15" s="57"/>
+      <c r="H15" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I15" s="58"/>
+    </row>
+    <row r="16" spans="1:12" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="202"/>
+      <c r="B16" s="204"/>
+      <c r="C16" s="68" t="s">
         <v>78</v>
       </c>
-      <c r="D6" s="56" t="s">
-[...91 lines deleted...]
-      <c r="C11" s="58" t="s">
+      <c r="D16" s="57" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" s="65" t="s">
+        <v>146</v>
+      </c>
+      <c r="F16" s="57"/>
+      <c r="G16" s="57"/>
+      <c r="H16" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I16" s="58"/>
+    </row>
+    <row r="17" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="202"/>
+      <c r="B17" s="204"/>
+      <c r="C17" s="68" t="s">
         <v>79</v>
       </c>
-      <c r="D11" s="58" t="s">
-[...19 lines deleted...]
-      <c r="C12" s="68" t="s">
+      <c r="D17" s="55" t="s">
+        <v>147</v>
+      </c>
+      <c r="E17" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F17" s="55"/>
+      <c r="G17" s="57"/>
+      <c r="H17" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I17" s="58"/>
+    </row>
+    <row r="18" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A18" s="202"/>
+      <c r="B18" s="204"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="55" t="s">
+        <v>149</v>
+      </c>
+      <c r="E18" s="57" t="s">
+        <v>150</v>
+      </c>
+      <c r="F18" s="57"/>
+      <c r="G18" s="69"/>
+      <c r="H18" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I18" s="58"/>
+    </row>
+    <row r="19" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A19" s="202"/>
+      <c r="B19" s="205"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" s="71" t="s">
+        <v>152</v>
+      </c>
+      <c r="F19" s="70"/>
+      <c r="G19" s="72"/>
+      <c r="H19" s="70" t="s">
+        <v>110</v>
+      </c>
+      <c r="I19" s="58"/>
+    </row>
+    <row r="20" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="202" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" s="203" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" s="73" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" s="74" t="s">
+        <v>154</v>
+      </c>
+      <c r="E20" s="74" t="s">
+        <v>155</v>
+      </c>
+      <c r="F20" s="74" t="s">
+        <v>156</v>
+      </c>
+      <c r="G20" s="74" t="s">
+        <v>157</v>
+      </c>
+      <c r="H20" s="74" t="s">
+        <v>110</v>
+      </c>
+      <c r="I20" s="58"/>
+    </row>
+    <row r="21" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="202"/>
+      <c r="B21" s="204"/>
+      <c r="C21" s="68" t="s">
         <v>80</v>
       </c>
-      <c r="D12" s="58" t="s">
-[...94 lines deleted...]
-      <c r="D17" s="56" t="s">
+      <c r="D21" s="57" t="s">
         <v>158</v>
       </c>
-      <c r="E17" s="56" t="s">
+      <c r="E21" s="57" t="s">
         <v>159</v>
       </c>
-      <c r="F17" s="56"/>
-[...10 lines deleted...]
-      <c r="D18" s="56" t="s">
+      <c r="F21" s="57"/>
+      <c r="G21" s="57"/>
+      <c r="H21" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I21" s="58"/>
+    </row>
+    <row r="22" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="202"/>
+      <c r="B22" s="204"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="57" t="s">
         <v>160</v>
       </c>
-      <c r="E18" s="58" t="s">
+      <c r="E22" s="55" t="s">
         <v>161</v>
       </c>
-      <c r="F18" s="58"/>
-[...10 lines deleted...]
-      <c r="D19" s="71" t="s">
+      <c r="F22" s="55"/>
+      <c r="G22" s="55"/>
+      <c r="H22" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I22" s="58"/>
+    </row>
+    <row r="23" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="202"/>
+      <c r="B23" s="204"/>
+      <c r="C23" s="68"/>
+      <c r="D23" s="57" t="s">
         <v>162</v>
       </c>
-      <c r="E19" s="72" t="s">
+      <c r="E23" s="57" t="s">
         <v>163</v>
       </c>
-      <c r="F19" s="71"/>
-[...10 lines deleted...]
-      <c r="B20" s="117" t="s">
+      <c r="F23" s="57"/>
+      <c r="G23" s="57"/>
+      <c r="H23" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I23" s="58"/>
+    </row>
+    <row r="24" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A24" s="202"/>
+      <c r="B24" s="204"/>
+      <c r="C24" s="68"/>
+      <c r="D24" s="55" t="s">
         <v>164</v>
       </c>
-      <c r="C20" s="74" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="75" t="s">
+      <c r="E24" s="55" t="s">
         <v>165</v>
       </c>
-      <c r="E20" s="75" t="s">
+      <c r="F24" s="55" t="s">
         <v>166</v>
       </c>
-      <c r="F20" s="75" t="s">
+      <c r="G24" s="55" t="s">
         <v>167</v>
       </c>
-      <c r="G20" s="75" t="s">
+      <c r="H24" s="57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I24" s="58"/>
+    </row>
+    <row r="25" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="202"/>
+      <c r="B25" s="204"/>
+      <c r="C25" s="75"/>
+      <c r="D25" s="76" t="s">
         <v>168</v>
       </c>
-      <c r="H20" s="75" t="s">
-[...10 lines deleted...]
-      <c r="D21" s="58" t="s">
+      <c r="E25" s="77" t="s">
         <v>169</v>
       </c>
-      <c r="E21" s="58" t="s">
+      <c r="F25" s="78"/>
+      <c r="G25" s="76"/>
+      <c r="H25" s="76" t="s">
+        <v>110</v>
+      </c>
+      <c r="I25" s="58"/>
+    </row>
+    <row r="26" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="202"/>
+      <c r="B26" s="205"/>
+      <c r="C26" s="70"/>
+      <c r="D26" s="71" t="s">
         <v>170</v>
       </c>
-      <c r="F21" s="58"/>
-[...10 lines deleted...]
-      <c r="D22" s="58" t="s">
+      <c r="E26" s="79" t="s">
         <v>171</v>
       </c>
-      <c r="E22" s="56" t="s">
-[...79 lines deleted...]
-      <c r="I26" s="59"/>
+      <c r="F26" s="80"/>
+      <c r="G26" s="70"/>
+      <c r="H26" s="70" t="s">
+        <v>110</v>
+      </c>
+      <c r="I26" s="58"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="B27" s="82"/>
-[...5 lines deleted...]
-      <c r="I27" s="59"/>
+      <c r="B27" s="81"/>
+      <c r="C27" s="58"/>
+      <c r="D27" s="58"/>
+      <c r="F27" s="82"/>
+      <c r="G27" s="58"/>
+      <c r="H27" s="58"/>
+      <c r="I27" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A20:A26"/>
     <mergeCell ref="B20:B26"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="A5:A11"/>
     <mergeCell ref="B5:B11"/>
     <mergeCell ref="A12:A19"/>
     <mergeCell ref="B12:B19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="11" max="16383" man="1"/>
     <brk id="19" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="12" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD335E20-7136-4402-AE39-4B26377D7FF3}">
-  <dimension ref="A2:B64"/>
+  <dimension ref="A2:B59"/>
   <sheetViews>
-    <sheetView topLeftCell="B50" workbookViewId="0">
-      <selection activeCell="B67" sqref="B67"/>
+    <sheetView topLeftCell="B19" workbookViewId="0">
+      <selection activeCell="B47" sqref="B47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="239.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B2" s="23" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B4" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B5" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
     </row>
     <row r="6" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B6" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="8" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B8" s="23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B9" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="10" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B10" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row r="11" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B11" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B12" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B13" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
     </row>
     <row r="14" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B14" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B15" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B16" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B17" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B18" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B19" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B20" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B21" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B23" s="23" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B24" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="25" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B25" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B26" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B27" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B28" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B29" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B31" s="23" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B32" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:2" x14ac:dyDescent="0.35">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
       <c r="B33" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      <c r="B34" s="50" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B34" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B35" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B36" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B37" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B38" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B39" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B40" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="35" spans="2:2" x14ac:dyDescent="0.35">
-      <c r="B35" s="50" t="s">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B41" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="36" spans="2:2" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="B38" s="50" t="s">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B42" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="39" spans="2:2" x14ac:dyDescent="0.35">
-      <c r="B39" s="50" t="s">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B43" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="40" spans="2:2" x14ac:dyDescent="0.35">
-      <c r="B40" s="50" t="s">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B44" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="41" spans="2:2" x14ac:dyDescent="0.35">
-      <c r="B41" s="50" t="s">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="B45" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="42" spans="2:2" x14ac:dyDescent="0.35">
-[...29 lines deleted...]
-    <row r="48" spans="2:2" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:2" ht="17.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A47" s="50"/>
+      <c r="B47" s="83" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="50"/>
       <c r="B48" t="s">
-        <v>104</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A49" s="50"/>
       <c r="B49" t="s">
-        <v>105</v>
+        <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A50" s="50"/>
       <c r="B50" t="s">
-        <v>106</v>
+        <v>222</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A51" s="50"/>
       <c r="B51" t="s">
-        <v>107</v>
+        <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A52" s="50"/>
       <c r="B52" t="s">
-        <v>108</v>
-[...9 lines deleted...]
-      <c r="A55" s="51"/>
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A53" s="50"/>
+      <c r="B53" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A54" s="50"/>
+      <c r="B54" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A55" s="50"/>
       <c r="B55" t="s">
-        <v>233</v>
+        <v>268</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A56" s="51"/>
+      <c r="A56" s="50"/>
       <c r="B56" t="s">
-        <v>234</v>
+        <v>269</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A57" s="51"/>
+      <c r="A57" s="50"/>
       <c r="B57" t="s">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A58" s="51"/>
+      <c r="A58" s="50"/>
       <c r="B58" t="s">
-        <v>236</v>
+        <v>271</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A59" s="51"/>
       <c r="B59" t="s">
-        <v>237</v>
-[...28 lines deleted...]
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...75 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Gavi Excel Workbook" ma:contentTypeID="0x01010091DD660C2743444EACB0CAF7774122630082F78369875BB141859C4172270CBC82" ma:contentTypeVersion="71" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="36a8fe516fc3e71e81a0aa0dc3224362">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d0706217-df7c-4bf4-936d-b09aa3b837af" xmlns:ns3="55894003-98dc-4f3e-8669-85b90bdbcc8c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc2c9b2e81a04d230d0c41328d329322" ns2:_="" ns3:_="">
     <xsd:import namespace="d0706217-df7c-4bf4-936d-b09aa3b837af"/>
     <xsd:import namespace="55894003-98dc-4f3e-8669-85b90bdbcc8c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d0706217-df7c-4bf4-936d-b09aa3b837af" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -11847,106 +11745,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="93cb0222-e980-4273-ad97-85dba3159c09" ContentTypeId="0x01010091DD660C2743444EACB0CAF777412263" PreviousValue="false"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d0706217-df7c-4bf4-936d-b09aa3b837af" xsi:nil="true"/>
+    <_dlc_DocId xmlns="55894003-98dc-4f3e-8669-85b90bdbcc8c">GAVI-438364776-1118793</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="55894003-98dc-4f3e-8669-85b90bdbcc8c">
+      <Url>https://gavinet.sharepoint.com/teams/PAP/srp/_layouts/15/DocIdRedir.aspx?ID=GAVI-438364776-1118793</Url>
+      <Description>GAVI-438364776-1118793</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72D89FE4-18C9-4F08-9CBD-42EAD97F65E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d0706217-df7c-4bf4-936d-b09aa3b837af"/>
     <ds:schemaRef ds:uri="55894003-98dc-4f3e-8669-85b90bdbcc8c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83AE426D-711B-4CF2-8081-58143EB200EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C4DB04-B815-4819-90AA-60E6C4D29EA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D48B1B51-5541-4480-B80E-C2E1533036A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4E3CD1-CF2F-4E42-9E23-2250F1ACE249}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="d0706217-df7c-4bf4-936d-b09aa3b837af"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="55894003-98dc-4f3e-8669-85b90bdbcc8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -12037,51 +12012,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Stakeholder">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Health">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Vaccine">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="International_x0020_Development">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Depto">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="International Development">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Country">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Governance">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>b301c0ab-93b4-4547-b76c-a54abd848683</vt:lpwstr>
+    <vt:lpwstr>a683c5da-851e-4acf-ae3c-a13addf92c2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Risk">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="i15b6667c80d4f308357e591caf47090">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_x0020_Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="oaccbf0bcc574f75aa77b841ffd7bc19">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="bc1b0c83348b4f048615cacd6d83a4a9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="TaxKeywordTaxHTField">
     <vt:lpwstr/>
   </property>